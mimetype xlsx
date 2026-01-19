--- v0 (2025-10-09)
+++ v1 (2026-01-19)
@@ -1,78 +1,78 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29029"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\wmathews\Documents\AIRS\Web\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{88944CD6-5A8C-45AF-99B5-3C9E46EBD6A0}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{DB4AD4A1-A8F4-4FA4-9F7C-5870088E63A1}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="8750" yWindow="4390" windowWidth="28800" windowHeight="15460" activeTab="3" xr2:uid="{26D6E6B2-0BA6-410B-8AD7-8C3D41E9870F}"/>
+    <workbookView xWindow="9700" yWindow="3530" windowWidth="28800" windowHeight="15460" activeTab="3" xr2:uid="{26D6E6B2-0BA6-410B-8AD7-8C3D41E9870F}"/>
   </bookViews>
   <sheets>
     <sheet name="Anomalies" sheetId="1" r:id="rId1"/>
     <sheet name="ThrusterBurn" sheetId="2" r:id="rId2"/>
     <sheet name="MLC_Guard" sheetId="3" r:id="rId3"/>
     <sheet name="Other" sheetId="4" r:id="rId4"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2258" uniqueCount="1692">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2370" uniqueCount="1731">
   <si>
     <t>Start Time (UTC)</t>
   </si>
   <si>
     <t>End Time (UTC)</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>27 June 2002-15:40:30</t>
   </si>
   <si>
     <t>28 June 2002-  20:36</t>
   </si>
   <si>
     <t>Safing event. The AIRS/AMSU/HSB instrument suite did not collect data (all times are approximate to several minutes)</t>
   </si>
   <si>
     <t>29 July 2002-14:14:13</t>
   </si>
   <si>
     <t>30 August 2002-09:25:10</t>
   </si>
   <si>
@@ -5104,50 +5104,167 @@
     <t>175/22:48:00</t>
   </si>
   <si>
     <t>175/23:15:00</t>
   </si>
   <si>
     <t>2025/230</t>
   </si>
   <si>
     <t>2025/233</t>
   </si>
   <si>
     <t>2025/237</t>
   </si>
   <si>
     <t>2025/245</t>
   </si>
   <si>
     <t>2025/252</t>
   </si>
   <si>
     <t>2025/256</t>
   </si>
   <si>
     <t>2025/260</t>
+  </si>
+  <si>
+    <t>2025/308</t>
+  </si>
+  <si>
+    <t>306/22:23:00</t>
+  </si>
+  <si>
+    <t>306/22:50:00</t>
+  </si>
+  <si>
+    <t>2025/337</t>
+  </si>
+  <si>
+    <t>335/22:58:00</t>
+  </si>
+  <si>
+    <t>335/23:25:00</t>
+  </si>
+  <si>
+    <t>2025/265</t>
+  </si>
+  <si>
+    <t>2025/267</t>
+  </si>
+  <si>
+    <t>2025/271</t>
+  </si>
+  <si>
+    <t>2025/274</t>
+  </si>
+  <si>
+    <t>2025/275</t>
+  </si>
+  <si>
+    <t>2025/276</t>
+  </si>
+  <si>
+    <t>2025/285</t>
+  </si>
+  <si>
+    <t>2025/286</t>
+  </si>
+  <si>
+    <t>2025/287</t>
+  </si>
+  <si>
+    <t>2025/290</t>
+  </si>
+  <si>
+    <t>2025/291</t>
+  </si>
+  <si>
+    <t>2025/298</t>
+  </si>
+  <si>
+    <t>2025/305</t>
+  </si>
+  <si>
+    <t>2025/310</t>
+  </si>
+  <si>
+    <t>2025/317</t>
+  </si>
+  <si>
+    <t>2025/318</t>
+  </si>
+  <si>
+    <t>2025/319</t>
+  </si>
+  <si>
+    <t>2025/320</t>
+  </si>
+  <si>
+    <t>2025/323</t>
+  </si>
+  <si>
+    <t>2025/335</t>
+  </si>
+  <si>
+    <t>2025/336</t>
+  </si>
+  <si>
+    <t>2025/338</t>
+  </si>
+  <si>
+    <t>2025/339</t>
+  </si>
+  <si>
+    <t>2025/342</t>
+  </si>
+  <si>
+    <t>2025/347</t>
+  </si>
+  <si>
+    <t>2025/353</t>
+  </si>
+  <si>
+    <t>2025/349</t>
+  </si>
+  <si>
+    <t>DAM 166</t>
+  </si>
+  <si>
+    <t>2025/354</t>
+  </si>
+  <si>
+    <t>DAM 167</t>
+  </si>
+  <si>
+    <t>2025/358</t>
+  </si>
+  <si>
+    <t>11:52:42 – 13:39:35</t>
+  </si>
+  <si>
+    <t>01:13:09 – 03:00:02</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="9" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
       <color theme="1"/>
@@ -6059,9723 +6176,9797 @@
         <v>7</v>
       </c>
       <c r="C18" s="40" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="19" spans="1:3" ht="26" x14ac:dyDescent="0.35">
       <c r="A19" s="38" t="s">
         <v>3</v>
       </c>
       <c r="B19" s="39" t="s">
         <v>4</v>
       </c>
       <c r="C19" s="39" t="s">
         <v>5</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{FE51E8FE-4AC8-4007-B2AF-051584C2448D}">
-  <dimension ref="A1:E252"/>
+  <dimension ref="A1:E254"/>
   <sheetViews>
-    <sheetView workbookViewId="0">
+    <sheetView topLeftCell="A12" workbookViewId="0">
       <selection activeCell="E4" sqref="E4"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.81640625" defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
     <col min="1" max="1" width="20" customWidth="1"/>
     <col min="2" max="2" width="13" customWidth="1"/>
     <col min="4" max="4" width="16" customWidth="1"/>
     <col min="5" max="5" width="35.453125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A1" s="47" t="s">
         <v>43</v>
       </c>
       <c r="B1" s="48"/>
       <c r="C1" s="48"/>
       <c r="D1" s="48"/>
       <c r="E1" s="49"/>
     </row>
     <row r="2" spans="1:5" x14ac:dyDescent="0.35">
       <c r="A2" s="7" t="s">
         <v>44</v>
       </c>
       <c r="B2" s="50" t="s">
         <v>46</v>
       </c>
       <c r="C2" s="50" t="s">
         <v>47</v>
       </c>
       <c r="D2" s="50" t="s">
         <v>48</v>
       </c>
       <c r="E2" s="50" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="3" spans="1:5" ht="52.5" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A3" s="8" t="s">
         <v>45</v>
       </c>
       <c r="B3" s="51"/>
       <c r="C3" s="51"/>
       <c r="D3" s="51"/>
       <c r="E3" s="51"/>
     </row>
     <row r="4" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A4" s="46" t="s">
-        <v>1471</v>
+        <v>1727</v>
       </c>
       <c r="B4" s="10" t="s">
-        <v>1473</v>
+        <v>1728</v>
       </c>
       <c r="C4" s="11">
-        <v>45701</v>
+        <v>46015</v>
       </c>
       <c r="D4" s="12">
-        <v>1.892361111111111E-2</v>
+        <v>5.4270833333333331E-2</v>
       </c>
       <c r="E4" s="10" t="s">
-        <v>1475</v>
+        <v>1730</v>
       </c>
     </row>
     <row r="5" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A5" s="46" t="s">
+        <v>1725</v>
+      </c>
+      <c r="B5" s="10" t="s">
+        <v>1726</v>
+      </c>
+      <c r="C5" s="11">
+        <v>46011</v>
+      </c>
+      <c r="D5" s="12">
+        <v>0.49840277777777775</v>
+      </c>
+      <c r="E5" s="10" t="s">
+        <v>1729</v>
+      </c>
+    </row>
+    <row r="6" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A6" s="46" t="s">
+        <v>1471</v>
+      </c>
+      <c r="B6" s="10" t="s">
+        <v>1473</v>
+      </c>
+      <c r="C6" s="11">
+        <v>45701</v>
+      </c>
+      <c r="D6" s="12">
+        <v>1.892361111111111E-2</v>
+      </c>
+      <c r="E6" s="10" t="s">
+        <v>1475</v>
+      </c>
+    </row>
+    <row r="7" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A7" s="46" t="s">
         <v>1470</v>
       </c>
-      <c r="B5" s="10" t="s">
+      <c r="B7" s="10" t="s">
         <v>1472</v>
       </c>
-      <c r="C5" s="11">
+      <c r="C7" s="11">
         <v>45576</v>
       </c>
-      <c r="D5" s="12">
+      <c r="D7" s="12">
         <v>0.29261574074074076</v>
       </c>
-      <c r="E5" s="10" t="s">
+      <c r="E7" s="10" t="s">
         <v>1474</v>
-      </c>
-[...32 lines deleted...]
-        <v>1307</v>
       </c>
     </row>
     <row r="8" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A8" s="9" t="s">
-        <v>1260</v>
+        <v>1326</v>
       </c>
       <c r="B8" s="10" t="s">
-        <v>1261</v>
+        <v>1327</v>
       </c>
       <c r="C8" s="11">
-        <v>44531</v>
+        <v>44875</v>
       </c>
       <c r="D8" s="12">
-        <v>0.6426736111111111</v>
+        <v>0.25532407407407409</v>
       </c>
       <c r="E8" s="10" t="s">
-        <v>1262</v>
-[...2 lines deleted...]
-    <row r="9" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
+        <v>1328</v>
+      </c>
+    </row>
+    <row r="9" spans="1:5" ht="26.5" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A9" s="9" t="s">
-        <v>1257</v>
+        <v>1305</v>
       </c>
       <c r="B9" s="10" t="s">
-        <v>1258</v>
+        <v>1306</v>
       </c>
       <c r="C9" s="11">
-        <v>44490</v>
-[...2 lines deleted...]
-        <v>0.60651620370370374</v>
+        <v>44625</v>
+      </c>
+      <c r="D9" s="12" t="s">
+        <v>85</v>
       </c>
       <c r="E9" s="10" t="s">
-        <v>1259</v>
+        <v>1307</v>
       </c>
     </row>
     <row r="10" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A10" s="9" t="s">
-        <v>1254</v>
+        <v>1260</v>
       </c>
       <c r="B10" s="10" t="s">
-        <v>1255</v>
+        <v>1261</v>
       </c>
       <c r="C10" s="11">
-        <v>44455</v>
+        <v>44531</v>
       </c>
       <c r="D10" s="12">
-        <v>0.68094907407407401</v>
+        <v>0.6426736111111111</v>
       </c>
       <c r="E10" s="10" t="s">
-        <v>1256</v>
+        <v>1262</v>
       </c>
     </row>
     <row r="11" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A11" s="9" t="s">
-        <v>1252</v>
+        <v>1257</v>
       </c>
       <c r="B11" s="10" t="s">
-        <v>1253</v>
+        <v>1258</v>
       </c>
       <c r="C11" s="11">
-        <v>44434</v>
+        <v>44490</v>
       </c>
       <c r="D11" s="12">
-        <v>0.59983796296296299</v>
+        <v>0.60651620370370374</v>
       </c>
       <c r="E11" s="10" t="s">
-        <v>1251</v>
+        <v>1259</v>
       </c>
     </row>
     <row r="12" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A12" s="9" t="s">
-        <v>1249</v>
+        <v>1254</v>
       </c>
       <c r="B12" s="10" t="s">
-        <v>1250</v>
+        <v>1255</v>
       </c>
       <c r="C12" s="11">
-        <v>44378</v>
+        <v>44455</v>
       </c>
       <c r="D12" s="12">
-        <v>0.5998148148148148</v>
+        <v>0.68094907407407401</v>
       </c>
       <c r="E12" s="10" t="s">
-        <v>1251</v>
+        <v>1256</v>
       </c>
     </row>
     <row r="13" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A13" s="9" t="s">
-        <v>1245</v>
+        <v>1252</v>
       </c>
       <c r="B13" s="10" t="s">
-        <v>1246</v>
+        <v>1253</v>
       </c>
       <c r="C13" s="11">
-        <v>44342</v>
+        <v>44434</v>
       </c>
       <c r="D13" s="12">
-        <v>0.65045138888888887</v>
+        <v>0.59983796296296299</v>
       </c>
       <c r="E13" s="10" t="s">
-        <v>1248</v>
+        <v>1251</v>
       </c>
     </row>
     <row r="14" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A14" s="9" t="s">
-        <v>1240</v>
+        <v>1249</v>
       </c>
       <c r="B14" s="10" t="s">
-        <v>1247</v>
+        <v>1250</v>
       </c>
       <c r="C14" s="11">
-        <v>44321</v>
+        <v>44378</v>
       </c>
       <c r="D14" s="12">
-        <v>0.70724537037037039</v>
+        <v>0.5998148148148148</v>
       </c>
       <c r="E14" s="10" t="s">
-        <v>1241</v>
+        <v>1251</v>
       </c>
     </row>
     <row r="15" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A15" s="9" t="s">
-        <v>1237</v>
+        <v>1245</v>
       </c>
       <c r="B15" s="10" t="s">
-        <v>1238</v>
+        <v>1246</v>
       </c>
       <c r="C15" s="11">
-        <v>44300</v>
+        <v>44342</v>
       </c>
       <c r="D15" s="12">
-        <v>0.63813657407407409</v>
+        <v>0.65045138888888887</v>
       </c>
       <c r="E15" s="10" t="s">
-        <v>1239</v>
+        <v>1248</v>
       </c>
     </row>
     <row r="16" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A16" s="9" t="s">
-        <v>1231</v>
+        <v>1240</v>
       </c>
       <c r="B16" s="10" t="s">
-        <v>1232</v>
+        <v>1247</v>
       </c>
       <c r="C16" s="11">
-        <v>44273</v>
+        <v>44321</v>
       </c>
       <c r="D16" s="12">
-        <v>0.62409722222222219</v>
+        <v>0.70724537037037039</v>
       </c>
       <c r="E16" s="10" t="s">
-        <v>1233</v>
+        <v>1241</v>
       </c>
     </row>
     <row r="17" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A17" s="9" t="s">
-        <v>1228</v>
+        <v>1237</v>
       </c>
       <c r="B17" s="10" t="s">
-        <v>1229</v>
+        <v>1238</v>
       </c>
       <c r="C17" s="11">
-        <v>44266</v>
+        <v>44300</v>
       </c>
       <c r="D17" s="12">
-        <v>0.61922453703703706</v>
+        <v>0.63813657407407409</v>
       </c>
       <c r="E17" s="10" t="s">
-        <v>1230</v>
+        <v>1239</v>
       </c>
     </row>
     <row r="18" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A18" s="9" t="s">
-        <v>1225</v>
+        <v>1231</v>
       </c>
       <c r="B18" s="10" t="s">
-        <v>1226</v>
+        <v>1232</v>
       </c>
       <c r="C18" s="11">
-        <v>44259</v>
+        <v>44273</v>
       </c>
       <c r="D18" s="12">
-        <v>0.61436342592592597</v>
+        <v>0.62409722222222219</v>
       </c>
       <c r="E18" s="10" t="s">
-        <v>1227</v>
+        <v>1233</v>
       </c>
     </row>
     <row r="19" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A19" s="9" t="s">
-        <v>1222</v>
+        <v>1228</v>
       </c>
       <c r="B19" s="10" t="s">
-        <v>1223</v>
+        <v>1229</v>
       </c>
       <c r="C19" s="11">
-        <v>44252</v>
+        <v>44266</v>
       </c>
       <c r="D19" s="12">
-        <v>0.61361111111111111</v>
+        <v>0.61922453703703706</v>
       </c>
       <c r="E19" s="10" t="s">
-        <v>1224</v>
+        <v>1230</v>
       </c>
     </row>
     <row r="20" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A20" s="9" t="s">
-        <v>1207</v>
+        <v>1225</v>
       </c>
       <c r="B20" s="10" t="s">
-        <v>1209</v>
+        <v>1226</v>
       </c>
       <c r="C20" s="11">
-        <v>44217</v>
+        <v>44259</v>
       </c>
       <c r="D20" s="12">
-        <v>0.67218750000000005</v>
+        <v>0.61436342592592597</v>
       </c>
       <c r="E20" s="10" t="s">
-        <v>1206</v>
+        <v>1227</v>
       </c>
     </row>
     <row r="21" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A21" s="9" t="s">
-        <v>1204</v>
+        <v>1222</v>
       </c>
       <c r="B21" s="10" t="s">
-        <v>1205</v>
+        <v>1223</v>
       </c>
       <c r="C21" s="11">
-        <v>44182</v>
+        <v>44252</v>
       </c>
       <c r="D21" s="12">
-        <v>0.66415509259259264</v>
+        <v>0.61361111111111111</v>
       </c>
       <c r="E21" s="10" t="s">
-        <v>714</v>
+        <v>1224</v>
       </c>
     </row>
     <row r="22" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A22" s="9" t="s">
-        <v>1202</v>
+        <v>1207</v>
       </c>
       <c r="B22" s="10" t="s">
-        <v>1203</v>
+        <v>1209</v>
       </c>
       <c r="C22" s="11">
-        <v>44153</v>
+        <v>44217</v>
       </c>
       <c r="D22" s="12">
-        <v>0.63886574074074076</v>
+        <v>0.67218750000000005</v>
       </c>
       <c r="E22" s="10" t="s">
-        <v>472</v>
+        <v>1206</v>
       </c>
     </row>
     <row r="23" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A23" s="9" t="s">
-        <v>732</v>
+        <v>1204</v>
       </c>
       <c r="B23" s="10" t="s">
-        <v>733</v>
+        <v>1205</v>
       </c>
       <c r="C23" s="11">
-        <v>44126</v>
+        <v>44182</v>
       </c>
       <c r="D23" s="12">
-        <v>0.66312499999999996</v>
+        <v>0.66415509259259264</v>
       </c>
       <c r="E23" s="10" t="s">
-        <v>734</v>
+        <v>714</v>
       </c>
     </row>
     <row r="24" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A24" s="9" t="s">
-        <v>729</v>
+        <v>1202</v>
       </c>
       <c r="B24" s="10" t="s">
-        <v>730</v>
+        <v>1203</v>
       </c>
       <c r="C24" s="11">
-        <v>44091</v>
+        <v>44153</v>
       </c>
       <c r="D24" s="12">
-        <v>0.65019675925925924</v>
+        <v>0.63886574074074076</v>
       </c>
       <c r="E24" s="10" t="s">
-        <v>731</v>
+        <v>472</v>
       </c>
     </row>
     <row r="25" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A25" s="9" t="s">
-        <v>726</v>
+        <v>732</v>
       </c>
       <c r="B25" s="10" t="s">
-        <v>727</v>
+        <v>733</v>
       </c>
       <c r="C25" s="11">
-        <v>44084</v>
+        <v>44126</v>
       </c>
       <c r="D25" s="12">
-        <v>0.64590277777777783</v>
+        <v>0.66312499999999996</v>
       </c>
       <c r="E25" s="10" t="s">
-        <v>728</v>
+        <v>734</v>
       </c>
     </row>
     <row r="26" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A26" s="9" t="s">
-        <v>723</v>
+        <v>729</v>
       </c>
       <c r="B26" s="10" t="s">
-        <v>724</v>
+        <v>730</v>
       </c>
       <c r="C26" s="11">
-        <v>44063</v>
+        <v>44091</v>
       </c>
       <c r="D26" s="12">
-        <v>0.63304398148148155</v>
+        <v>0.65019675925925924</v>
       </c>
       <c r="E26" s="10" t="s">
-        <v>725</v>
+        <v>731</v>
       </c>
     </row>
     <row r="27" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A27" s="9" t="s">
-        <v>720</v>
+        <v>726</v>
       </c>
       <c r="B27" s="10" t="s">
-        <v>721</v>
+        <v>727</v>
       </c>
       <c r="C27" s="11">
-        <v>44049</v>
+        <v>44084</v>
       </c>
       <c r="D27" s="12">
-        <v>0.58339120370370368</v>
+        <v>0.64590277777777783</v>
       </c>
       <c r="E27" s="10" t="s">
-        <v>722</v>
+        <v>728</v>
       </c>
     </row>
     <row r="28" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A28" s="9" t="s">
-        <v>718</v>
+        <v>723</v>
       </c>
       <c r="B28" s="10" t="s">
-        <v>719</v>
+        <v>724</v>
       </c>
       <c r="C28" s="11">
-        <v>44021</v>
+        <v>44063</v>
       </c>
       <c r="D28" s="12">
-        <v>0.66805555555555562</v>
+        <v>0.63304398148148155</v>
       </c>
       <c r="E28" s="10" t="s">
-        <v>365</v>
+        <v>725</v>
       </c>
     </row>
     <row r="29" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A29" s="9" t="s">
-        <v>715</v>
+        <v>720</v>
       </c>
       <c r="B29" s="10" t="s">
-        <v>716</v>
+        <v>721</v>
       </c>
       <c r="C29" s="11">
-        <v>44013</v>
+        <v>44049</v>
       </c>
       <c r="D29" s="12">
-        <v>0.64131944444444444</v>
+        <v>0.58339120370370368</v>
       </c>
       <c r="E29" s="10" t="s">
-        <v>717</v>
+        <v>722</v>
       </c>
     </row>
     <row r="30" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A30" s="9" t="s">
-        <v>712</v>
+        <v>718</v>
       </c>
       <c r="B30" s="10" t="s">
-        <v>713</v>
+        <v>719</v>
       </c>
       <c r="C30" s="11">
-        <v>43979</v>
+        <v>44021</v>
       </c>
       <c r="D30" s="12">
-        <v>0.66431712962962963</v>
+        <v>0.66805555555555562</v>
       </c>
       <c r="E30" s="10" t="s">
-        <v>714</v>
+        <v>365</v>
       </c>
     </row>
     <row r="31" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A31" s="9" t="s">
-        <v>709</v>
+        <v>715</v>
       </c>
       <c r="B31" s="10" t="s">
-        <v>710</v>
+        <v>716</v>
       </c>
       <c r="C31" s="11">
-        <v>43965</v>
+        <v>44013</v>
       </c>
       <c r="D31" s="12">
-        <v>0.65652777777777771</v>
+        <v>0.64131944444444444</v>
       </c>
       <c r="E31" s="10" t="s">
-        <v>711</v>
+        <v>717</v>
       </c>
     </row>
     <row r="32" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A32" s="9" t="s">
-        <v>706</v>
+        <v>712</v>
       </c>
       <c r="B32" s="10" t="s">
-        <v>707</v>
+        <v>713</v>
       </c>
       <c r="C32" s="11">
-        <v>43923</v>
+        <v>43979</v>
       </c>
       <c r="D32" s="12">
-        <v>0.68471064814814808</v>
+        <v>0.66431712962962963</v>
       </c>
       <c r="E32" s="10" t="s">
-        <v>708</v>
+        <v>714</v>
       </c>
     </row>
     <row r="33" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A33" s="9" t="s">
-        <v>703</v>
+        <v>709</v>
       </c>
       <c r="B33" s="10" t="s">
-        <v>704</v>
+        <v>710</v>
       </c>
       <c r="C33" s="11">
-        <v>43916</v>
+        <v>43965</v>
       </c>
       <c r="D33" s="12">
-        <v>0.68040509259259263</v>
+        <v>0.65652777777777771</v>
       </c>
       <c r="E33" s="10" t="s">
-        <v>705</v>
+        <v>711</v>
       </c>
     </row>
     <row r="34" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A34" s="9" t="s">
-        <v>700</v>
+        <v>706</v>
       </c>
       <c r="B34" s="10" t="s">
-        <v>701</v>
+        <v>707</v>
       </c>
       <c r="C34" s="11">
-        <v>43902</v>
+        <v>43923</v>
       </c>
       <c r="D34" s="12">
-        <v>0.67094907407407411</v>
+        <v>0.68471064814814808</v>
       </c>
       <c r="E34" s="10" t="s">
-        <v>702</v>
+        <v>708</v>
       </c>
     </row>
     <row r="35" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A35" s="9" t="s">
-        <v>697</v>
+        <v>703</v>
       </c>
       <c r="B35" s="10" t="s">
-        <v>698</v>
+        <v>704</v>
       </c>
       <c r="C35" s="11">
-        <v>43895</v>
+        <v>43916</v>
       </c>
       <c r="D35" s="12">
-        <v>0.66597222222222219</v>
+        <v>0.68040509259259263</v>
       </c>
       <c r="E35" s="10" t="s">
-        <v>699</v>
+        <v>705</v>
       </c>
     </row>
     <row r="36" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A36" s="9" t="s">
-        <v>694</v>
+        <v>700</v>
       </c>
       <c r="B36" s="10" t="s">
-        <v>695</v>
+        <v>701</v>
       </c>
       <c r="C36" s="11">
-        <v>43866</v>
+        <v>43902</v>
       </c>
       <c r="D36" s="12">
-        <v>0.70243055555555556</v>
+        <v>0.67094907407407411</v>
       </c>
       <c r="E36" s="10" t="s">
-        <v>696</v>
+        <v>702</v>
       </c>
     </row>
     <row r="37" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A37" s="9" t="s">
-        <v>692</v>
+        <v>697</v>
       </c>
       <c r="B37" s="10" t="s">
-        <v>693</v>
+        <v>698</v>
       </c>
       <c r="C37" s="11">
-        <v>43838</v>
+        <v>43895</v>
       </c>
       <c r="D37" s="12">
-        <v>0.62954861111111116</v>
+        <v>0.66597222222222219</v>
       </c>
       <c r="E37" s="10" t="s">
-        <v>671</v>
+        <v>699</v>
       </c>
     </row>
     <row r="38" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A38" s="9" t="s">
-        <v>689</v>
+        <v>694</v>
       </c>
       <c r="B38" s="10" t="s">
-        <v>690</v>
+        <v>695</v>
       </c>
       <c r="C38" s="11">
-        <v>44170</v>
+        <v>43866</v>
       </c>
       <c r="D38" s="12">
-        <v>0.6604282407407408</v>
+        <v>0.70243055555555556</v>
       </c>
       <c r="E38" s="10" t="s">
-        <v>691</v>
-[...2 lines deleted...]
-    <row r="39" spans="1:5" ht="26.5" thickBot="1" x14ac:dyDescent="0.4">
+        <v>696</v>
+      </c>
+    </row>
+    <row r="39" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A39" s="9" t="s">
-        <v>686</v>
+        <v>692</v>
       </c>
       <c r="B39" s="10" t="s">
-        <v>687</v>
+        <v>693</v>
       </c>
       <c r="C39" s="11">
-        <v>44149</v>
+        <v>43838</v>
       </c>
       <c r="D39" s="12">
-        <v>0.66238425925925926</v>
+        <v>0.62954861111111116</v>
       </c>
       <c r="E39" s="10" t="s">
-        <v>688</v>
+        <v>671</v>
       </c>
     </row>
     <row r="40" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A40" s="9" t="s">
-        <v>683</v>
+        <v>689</v>
       </c>
       <c r="B40" s="10" t="s">
-        <v>684</v>
+        <v>690</v>
       </c>
       <c r="C40" s="11">
-        <v>44141</v>
+        <v>44170</v>
       </c>
       <c r="D40" s="12">
-        <v>0.69267361111111114</v>
+        <v>0.6604282407407408</v>
       </c>
       <c r="E40" s="10" t="s">
-        <v>685</v>
-[...2 lines deleted...]
-    <row r="41" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
+        <v>691</v>
+      </c>
+    </row>
+    <row r="41" spans="1:5" ht="26.5" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A41" s="9" t="s">
-        <v>680</v>
+        <v>686</v>
       </c>
       <c r="B41" s="10" t="s">
-        <v>681</v>
+        <v>687</v>
       </c>
       <c r="C41" s="11">
-        <v>44106</v>
+        <v>44149</v>
       </c>
       <c r="D41" s="12">
-        <v>0.6791666666666667</v>
+        <v>0.66238425925925926</v>
       </c>
       <c r="E41" s="10" t="s">
-        <v>682</v>
+        <v>688</v>
       </c>
     </row>
     <row r="42" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A42" s="9" t="s">
-        <v>677</v>
+        <v>683</v>
       </c>
       <c r="B42" s="10" t="s">
-        <v>678</v>
+        <v>684</v>
       </c>
       <c r="C42" s="11">
-        <v>44085</v>
+        <v>44141</v>
       </c>
       <c r="D42" s="12">
-        <v>0.58528935185185182</v>
+        <v>0.69267361111111114</v>
       </c>
       <c r="E42" s="10" t="s">
-        <v>679</v>
+        <v>685</v>
       </c>
     </row>
     <row r="43" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A43" s="9" t="s">
-        <v>674</v>
+        <v>680</v>
       </c>
       <c r="B43" s="10" t="s">
-        <v>675</v>
+        <v>681</v>
       </c>
       <c r="C43" s="11">
-        <v>44057</v>
+        <v>44106</v>
       </c>
       <c r="D43" s="12">
-        <v>0.6303009259259259</v>
+        <v>0.6791666666666667</v>
       </c>
       <c r="E43" s="10" t="s">
-        <v>676</v>
+        <v>682</v>
       </c>
     </row>
     <row r="44" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A44" s="9" t="s">
-        <v>672</v>
+        <v>677</v>
       </c>
       <c r="B44" s="10" t="s">
-        <v>673</v>
+        <v>678</v>
       </c>
       <c r="C44" s="11">
-        <v>44029</v>
+        <v>44085</v>
       </c>
       <c r="D44" s="12">
-        <v>0.62418981481481484</v>
+        <v>0.58528935185185182</v>
       </c>
       <c r="E44" s="10" t="s">
-        <v>552</v>
+        <v>679</v>
       </c>
     </row>
     <row r="45" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A45" s="9" t="s">
-        <v>669</v>
+        <v>674</v>
       </c>
       <c r="B45" s="10" t="s">
-        <v>670</v>
+        <v>675</v>
       </c>
       <c r="C45" s="11">
-        <v>44001</v>
+        <v>44057</v>
       </c>
       <c r="D45" s="12">
-        <v>0.62965277777777773</v>
+        <v>0.6303009259259259</v>
       </c>
       <c r="E45" s="10" t="s">
-        <v>671</v>
+        <v>676</v>
       </c>
     </row>
     <row r="46" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A46" s="9" t="s">
-        <v>666</v>
+        <v>672</v>
       </c>
       <c r="B46" s="10" t="s">
-        <v>667</v>
+        <v>673</v>
       </c>
       <c r="C46" s="11">
-        <v>43974</v>
+        <v>44029</v>
       </c>
       <c r="D46" s="12">
-        <v>0.58688657407407407</v>
+        <v>0.62418981481481484</v>
       </c>
       <c r="E46" s="10" t="s">
-        <v>668</v>
+        <v>552</v>
       </c>
     </row>
     <row r="47" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A47" s="9" t="s">
-        <v>663</v>
+        <v>669</v>
       </c>
       <c r="B47" s="10" t="s">
-        <v>664</v>
+        <v>670</v>
       </c>
       <c r="C47" s="11">
-        <v>43945</v>
+        <v>44001</v>
       </c>
       <c r="D47" s="12">
-        <v>0.63128472222222221</v>
+        <v>0.62965277777777773</v>
       </c>
       <c r="E47" s="10" t="s">
-        <v>665</v>
+        <v>671</v>
       </c>
     </row>
     <row r="48" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A48" s="9" t="s">
-        <v>660</v>
+        <v>666</v>
       </c>
       <c r="B48" s="10" t="s">
-        <v>661</v>
+        <v>667</v>
       </c>
       <c r="C48" s="11">
-        <v>43932</v>
+        <v>43974</v>
       </c>
       <c r="D48" s="12">
-        <v>0.60482638888888884</v>
+        <v>0.58688657407407407</v>
       </c>
       <c r="E48" s="10" t="s">
-        <v>662</v>
+        <v>668</v>
       </c>
     </row>
     <row r="49" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A49" s="9" t="s">
-        <v>657</v>
+        <v>663</v>
       </c>
       <c r="B49" s="10" t="s">
-        <v>658</v>
+        <v>664</v>
       </c>
       <c r="C49" s="11">
-        <v>43925</v>
+        <v>43945</v>
       </c>
       <c r="D49" s="12">
-        <v>0.6686805555555555</v>
+        <v>0.63128472222222221</v>
       </c>
       <c r="E49" s="10" t="s">
-        <v>659</v>
+        <v>665</v>
       </c>
     </row>
     <row r="50" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A50" s="9" t="s">
-        <v>654</v>
+        <v>660</v>
       </c>
       <c r="B50" s="10" t="s">
-        <v>655</v>
+        <v>661</v>
       </c>
       <c r="C50" s="11">
-        <v>43904</v>
+        <v>43932</v>
       </c>
       <c r="D50" s="12">
-        <v>0.65391203703703704</v>
+        <v>0.60482638888888884</v>
       </c>
       <c r="E50" s="10" t="s">
-        <v>656</v>
+        <v>662</v>
       </c>
     </row>
     <row r="51" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A51" s="9" t="s">
-        <v>651</v>
+        <v>657</v>
       </c>
       <c r="B51" s="10" t="s">
-        <v>652</v>
+        <v>658</v>
       </c>
       <c r="C51" s="11">
-        <v>43897</v>
+        <v>43925</v>
       </c>
       <c r="D51" s="12">
-        <v>0.64906249999999999</v>
+        <v>0.6686805555555555</v>
       </c>
       <c r="E51" s="10" t="s">
-        <v>653</v>
+        <v>659</v>
       </c>
     </row>
     <row r="52" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A52" s="9" t="s">
-        <v>648</v>
+        <v>654</v>
       </c>
       <c r="B52" s="10" t="s">
-        <v>649</v>
+        <v>655</v>
       </c>
       <c r="C52" s="11">
-        <v>43874</v>
+        <v>43904</v>
       </c>
       <c r="D52" s="12">
-        <v>0.62146990740740737</v>
+        <v>0.65391203703703704</v>
       </c>
       <c r="E52" s="10" t="s">
-        <v>650</v>
+        <v>656</v>
       </c>
     </row>
     <row r="53" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A53" s="9" t="s">
-        <v>645</v>
+        <v>651</v>
       </c>
       <c r="B53" s="10" t="s">
-        <v>646</v>
+        <v>652</v>
       </c>
       <c r="C53" s="11">
-        <v>43846</v>
+        <v>43897</v>
       </c>
       <c r="D53" s="12">
-        <v>0.61731481481481476</v>
+        <v>0.64906249999999999</v>
       </c>
       <c r="E53" s="10" t="s">
-        <v>647</v>
+        <v>653</v>
       </c>
     </row>
     <row r="54" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A54" s="9" t="s">
-        <v>642</v>
+        <v>648</v>
       </c>
       <c r="B54" s="10" t="s">
-        <v>643</v>
+        <v>649</v>
       </c>
       <c r="C54" s="11">
-        <v>44178</v>
+        <v>43874</v>
       </c>
       <c r="D54" s="12">
-        <v>0.64700231481481485</v>
+        <v>0.62146990740740737</v>
       </c>
       <c r="E54" s="10" t="s">
-        <v>644</v>
+        <v>650</v>
       </c>
     </row>
     <row r="55" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A55" s="9" t="s">
-        <v>639</v>
+        <v>645</v>
       </c>
       <c r="B55" s="10" t="s">
-        <v>640</v>
+        <v>646</v>
       </c>
       <c r="C55" s="11">
-        <v>44150</v>
+        <v>43846</v>
       </c>
       <c r="D55" s="12">
-        <v>0.64094907407407409</v>
+        <v>0.61731481481481476</v>
       </c>
       <c r="E55" s="10" t="s">
-        <v>641</v>
+        <v>647</v>
       </c>
     </row>
     <row r="56" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A56" s="9" t="s">
-        <v>636</v>
+        <v>642</v>
       </c>
       <c r="B56" s="10" t="s">
-        <v>637</v>
+        <v>643</v>
       </c>
       <c r="C56" s="11">
-        <v>44100</v>
+        <v>44178</v>
       </c>
       <c r="D56" s="12">
-        <v>0.6169675925925926</v>
+        <v>0.64700231481481485</v>
       </c>
       <c r="E56" s="10" t="s">
-        <v>638</v>
+        <v>644</v>
       </c>
     </row>
     <row r="57" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A57" s="9" t="s">
-        <v>633</v>
+        <v>639</v>
       </c>
       <c r="B57" s="10" t="s">
-        <v>634</v>
+        <v>640</v>
       </c>
       <c r="C57" s="11">
-        <v>44045</v>
+        <v>44150</v>
       </c>
       <c r="D57" s="12">
-        <v>0.65831018518518525</v>
+        <v>0.64094907407407409</v>
       </c>
       <c r="E57" s="10" t="s">
-        <v>635</v>
+        <v>641</v>
       </c>
     </row>
     <row r="58" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A58" s="9" t="s">
-        <v>630</v>
+        <v>636</v>
       </c>
       <c r="B58" s="10" t="s">
-        <v>631</v>
+        <v>637</v>
       </c>
       <c r="C58" s="11">
-        <v>44024</v>
+        <v>44100</v>
       </c>
       <c r="D58" s="12">
-        <v>6.5277777777777782E-2</v>
+        <v>0.6169675925925926</v>
       </c>
       <c r="E58" s="10" t="s">
-        <v>632</v>
+        <v>638</v>
       </c>
     </row>
     <row r="59" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A59" s="9" t="s">
-        <v>628</v>
+        <v>633</v>
       </c>
       <c r="B59" s="10" t="s">
-        <v>629</v>
+        <v>634</v>
       </c>
       <c r="C59" s="11">
-        <v>44002</v>
+        <v>44045</v>
       </c>
       <c r="D59" s="12">
-        <v>0.65363425925925933</v>
+        <v>0.65831018518518525</v>
       </c>
       <c r="E59" s="10" t="s">
-        <v>586</v>
+        <v>635</v>
       </c>
     </row>
     <row r="60" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A60" s="9" t="s">
-        <v>625</v>
+        <v>630</v>
       </c>
       <c r="B60" s="10" t="s">
-        <v>626</v>
+        <v>631</v>
       </c>
       <c r="C60" s="11">
-        <v>43974</v>
+        <v>44024</v>
       </c>
       <c r="D60" s="12">
-        <v>0.60223379629629636</v>
+        <v>6.5277777777777782E-2</v>
       </c>
       <c r="E60" s="10" t="s">
-        <v>627</v>
+        <v>632</v>
       </c>
     </row>
     <row r="61" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A61" s="9" t="s">
-        <v>622</v>
+        <v>628</v>
       </c>
       <c r="B61" s="10" t="s">
-        <v>623</v>
+        <v>629</v>
       </c>
       <c r="C61" s="11">
-        <v>43953</v>
+        <v>44002</v>
       </c>
       <c r="D61" s="12">
-        <v>0.62379629629629629</v>
+        <v>0.65363425925925933</v>
       </c>
       <c r="E61" s="10" t="s">
-        <v>624</v>
+        <v>586</v>
       </c>
     </row>
     <row r="62" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A62" s="9" t="s">
-        <v>619</v>
+        <v>625</v>
       </c>
       <c r="B62" s="10" t="s">
-        <v>620</v>
+        <v>626</v>
       </c>
       <c r="C62" s="11">
-        <v>43940</v>
+        <v>43974</v>
       </c>
       <c r="D62" s="12">
-        <v>0.66145833333333337</v>
+        <v>0.60223379629629636</v>
       </c>
       <c r="E62" s="10" t="s">
-        <v>621</v>
+        <v>627</v>
       </c>
     </row>
     <row r="63" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A63" s="9" t="s">
-        <v>616</v>
+        <v>622</v>
       </c>
       <c r="B63" s="10" t="s">
-        <v>617</v>
+        <v>623</v>
       </c>
       <c r="C63" s="11">
-        <v>43919</v>
+        <v>43953</v>
       </c>
       <c r="D63" s="12">
-        <v>0.64689814814814817</v>
+        <v>0.62379629629629629</v>
       </c>
       <c r="E63" s="10" t="s">
-        <v>618</v>
+        <v>624</v>
       </c>
     </row>
     <row r="64" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A64" s="9" t="s">
-        <v>613</v>
+        <v>619</v>
       </c>
       <c r="B64" s="10" t="s">
-        <v>614</v>
+        <v>620</v>
       </c>
       <c r="C64" s="11">
-        <v>43905</v>
+        <v>43940</v>
       </c>
       <c r="D64" s="12">
-        <v>0.63718750000000002</v>
+        <v>0.66145833333333337</v>
       </c>
       <c r="E64" s="10" t="s">
-        <v>615</v>
+        <v>621</v>
       </c>
     </row>
     <row r="65" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A65" s="9" t="s">
-        <v>610</v>
+        <v>616</v>
       </c>
       <c r="B65" s="10" t="s">
-        <v>611</v>
+        <v>617</v>
       </c>
       <c r="C65" s="11">
-        <v>43898</v>
+        <v>43919</v>
       </c>
       <c r="D65" s="12">
-        <v>0.63230324074074074</v>
+        <v>0.64689814814814817</v>
       </c>
       <c r="E65" s="10" t="s">
-        <v>612</v>
+        <v>618</v>
       </c>
     </row>
     <row r="66" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A66" s="9" t="s">
-        <v>607</v>
+        <v>613</v>
       </c>
       <c r="B66" s="10" t="s">
-        <v>608</v>
+        <v>614</v>
       </c>
       <c r="C66" s="11">
-        <v>43891</v>
+        <v>43905</v>
       </c>
       <c r="D66" s="12">
-        <v>0.62739583333333326</v>
+        <v>0.63718750000000002</v>
       </c>
       <c r="E66" s="10" t="s">
-        <v>609</v>
+        <v>615</v>
       </c>
     </row>
     <row r="67" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A67" s="9" t="s">
-        <v>604</v>
+        <v>610</v>
       </c>
       <c r="B67" s="10" t="s">
-        <v>605</v>
+        <v>611</v>
       </c>
       <c r="C67" s="11">
-        <v>43876</v>
+        <v>43898</v>
       </c>
       <c r="D67" s="12">
-        <v>0.63506944444444446</v>
+        <v>0.63230324074074074</v>
       </c>
       <c r="E67" s="10" t="s">
-        <v>606</v>
+        <v>612</v>
       </c>
     </row>
     <row r="68" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A68" s="9" t="s">
-        <v>602</v>
+        <v>607</v>
       </c>
       <c r="B68" s="10" t="s">
-        <v>603</v>
+        <v>608</v>
       </c>
       <c r="C68" s="11">
-        <v>43848</v>
+        <v>43891</v>
       </c>
       <c r="D68" s="12">
-        <v>0.63194444444444442</v>
+        <v>0.62739583333333326</v>
       </c>
       <c r="E68" s="10" t="s">
-        <v>362</v>
+        <v>609</v>
       </c>
     </row>
     <row r="69" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A69" s="9" t="s">
-        <v>599</v>
+        <v>604</v>
       </c>
       <c r="B69" s="10" t="s">
-        <v>600</v>
+        <v>605</v>
       </c>
       <c r="C69" s="11">
-        <v>44178</v>
+        <v>43876</v>
       </c>
       <c r="D69" s="12">
-        <v>0.68136574074074074</v>
+        <v>0.63506944444444446</v>
       </c>
       <c r="E69" s="10" t="s">
-        <v>601</v>
+        <v>606</v>
       </c>
     </row>
     <row r="70" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A70" s="9" t="s">
-        <v>596</v>
+        <v>602</v>
       </c>
       <c r="B70" s="10" t="s">
-        <v>597</v>
+        <v>603</v>
       </c>
       <c r="C70" s="11">
-        <v>44143</v>
+        <v>43848</v>
       </c>
       <c r="D70" s="12">
-        <v>0.61184027777777772</v>
+        <v>0.63194444444444442</v>
       </c>
       <c r="E70" s="10" t="s">
-        <v>598</v>
+        <v>362</v>
       </c>
     </row>
     <row r="71" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A71" s="9" t="s">
-        <v>593</v>
+        <v>599</v>
       </c>
       <c r="B71" s="10" t="s">
-        <v>594</v>
+        <v>600</v>
       </c>
       <c r="C71" s="11">
-        <v>44122</v>
+        <v>44178</v>
       </c>
       <c r="D71" s="12">
-        <v>0.60045138888888883</v>
+        <v>0.68136574074074074</v>
       </c>
       <c r="E71" s="10" t="s">
-        <v>595</v>
+        <v>601</v>
       </c>
     </row>
     <row r="72" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A72" s="9" t="s">
-        <v>590</v>
+        <v>596</v>
       </c>
       <c r="B72" s="10" t="s">
-        <v>591</v>
+        <v>597</v>
       </c>
       <c r="C72" s="11">
-        <v>44088</v>
+        <v>44143</v>
       </c>
       <c r="D72" s="12">
-        <v>0.68229166666666663</v>
+        <v>0.61184027777777772</v>
       </c>
       <c r="E72" s="10" t="s">
-        <v>592</v>
+        <v>598</v>
       </c>
     </row>
     <row r="73" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A73" s="9" t="s">
-        <v>587</v>
+        <v>593</v>
       </c>
       <c r="B73" s="10" t="s">
-        <v>588</v>
+        <v>594</v>
       </c>
       <c r="C73" s="11">
-        <v>44066</v>
+        <v>44122</v>
       </c>
       <c r="D73" s="12">
-        <v>0.60593750000000002</v>
+        <v>0.60045138888888883</v>
       </c>
       <c r="E73" s="10" t="s">
-        <v>589</v>
+        <v>595</v>
       </c>
     </row>
     <row r="74" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A74" s="9" t="s">
-        <v>584</v>
+        <v>590</v>
       </c>
       <c r="B74" s="10" t="s">
-        <v>585</v>
+        <v>591</v>
       </c>
       <c r="C74" s="11">
-        <v>44039</v>
+        <v>44088</v>
       </c>
       <c r="D74" s="12">
-        <v>0.65317129629629633</v>
+        <v>0.68229166666666663</v>
       </c>
       <c r="E74" s="10" t="s">
-        <v>586</v>
+        <v>592</v>
       </c>
     </row>
     <row r="75" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A75" s="9" t="s">
-        <v>581</v>
+        <v>587</v>
       </c>
       <c r="B75" s="10" t="s">
-        <v>582</v>
+        <v>588</v>
       </c>
       <c r="C75" s="11">
-        <v>44010</v>
+        <v>44066</v>
       </c>
       <c r="D75" s="12">
-        <v>0.64034722222222229</v>
+        <v>0.60593750000000002</v>
       </c>
       <c r="E75" s="10" t="s">
-        <v>583</v>
+        <v>589</v>
       </c>
     </row>
     <row r="76" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A76" s="9" t="s">
-        <v>578</v>
+        <v>584</v>
       </c>
       <c r="B76" s="10" t="s">
-        <v>579</v>
+        <v>585</v>
       </c>
       <c r="C76" s="11">
-        <v>43961</v>
+        <v>44039</v>
       </c>
       <c r="D76" s="12">
-        <v>0.64481481481481484</v>
+        <v>0.65317129629629633</v>
       </c>
       <c r="E76" s="10" t="s">
-        <v>580</v>
+        <v>586</v>
       </c>
     </row>
     <row r="77" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A77" s="9" t="s">
-        <v>576</v>
+        <v>581</v>
       </c>
       <c r="B77" s="10" t="s">
-        <v>577</v>
+        <v>582</v>
       </c>
       <c r="C77" s="11">
-        <v>43934</v>
+        <v>44010</v>
       </c>
       <c r="D77" s="12">
-        <v>0.62349537037037039</v>
+        <v>0.64034722222222229</v>
       </c>
       <c r="E77" s="10" t="s">
-        <v>505</v>
+        <v>583</v>
       </c>
     </row>
     <row r="78" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A78" s="9" t="s">
-        <v>573</v>
+        <v>578</v>
       </c>
       <c r="B78" s="10" t="s">
-        <v>574</v>
+        <v>579</v>
       </c>
       <c r="C78" s="11">
-        <v>43919</v>
+        <v>43961</v>
       </c>
       <c r="D78" s="12">
-        <v>0.66812499999999997</v>
+        <v>0.64481481481481484</v>
       </c>
       <c r="E78" s="10" t="s">
-        <v>575</v>
+        <v>580</v>
       </c>
     </row>
     <row r="79" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A79" s="9" t="s">
-        <v>570</v>
+        <v>576</v>
       </c>
       <c r="B79" s="10" t="s">
-        <v>571</v>
+        <v>577</v>
       </c>
       <c r="C79" s="11">
-        <v>43912</v>
+        <v>43934</v>
       </c>
       <c r="D79" s="12">
-        <v>0.66319444444444442</v>
+        <v>0.62349537037037039</v>
       </c>
       <c r="E79" s="10" t="s">
-        <v>572</v>
+        <v>505</v>
       </c>
     </row>
     <row r="80" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A80" s="9" t="s">
-        <v>567</v>
+        <v>573</v>
       </c>
       <c r="B80" s="10" t="s">
-        <v>568</v>
+        <v>574</v>
       </c>
       <c r="C80" s="11">
-        <v>43898</v>
+        <v>43919</v>
       </c>
       <c r="D80" s="12">
-        <v>0.58468750000000003</v>
+        <v>0.66812499999999997</v>
       </c>
       <c r="E80" s="10" t="s">
-        <v>569</v>
+        <v>575</v>
       </c>
     </row>
     <row r="81" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A81" s="9" t="s">
-        <v>564</v>
+        <v>570</v>
       </c>
       <c r="B81" s="10" t="s">
-        <v>565</v>
+        <v>571</v>
       </c>
       <c r="C81" s="11">
-        <v>43891</v>
+        <v>43912</v>
       </c>
       <c r="D81" s="12">
-        <v>0.57980324074074074</v>
+        <v>0.66319444444444442</v>
       </c>
       <c r="E81" s="10" t="s">
-        <v>566</v>
+        <v>572</v>
       </c>
     </row>
     <row r="82" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A82" s="9" t="s">
-        <v>562</v>
+        <v>567</v>
       </c>
       <c r="B82" s="10" t="s">
-        <v>563</v>
+        <v>568</v>
       </c>
       <c r="C82" s="11">
-        <v>43870</v>
+        <v>43898</v>
       </c>
       <c r="D82" s="12">
-        <v>0.62557870370370372</v>
+        <v>0.58468750000000003</v>
       </c>
       <c r="E82" s="10" t="s">
-        <v>523</v>
+        <v>569</v>
       </c>
     </row>
     <row r="83" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A83" s="9" t="s">
-        <v>559</v>
+        <v>564</v>
       </c>
       <c r="B83" s="10" t="s">
-        <v>560</v>
+        <v>565</v>
       </c>
       <c r="C83" s="11">
-        <v>43842</v>
+        <v>43891</v>
       </c>
       <c r="D83" s="12">
-        <v>0.62988425925925928</v>
+        <v>0.57980324074074074</v>
       </c>
       <c r="E83" s="10" t="s">
-        <v>561</v>
+        <v>566</v>
       </c>
     </row>
     <row r="84" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A84" s="9" t="s">
-        <v>556</v>
+        <v>562</v>
       </c>
       <c r="B84" s="10" t="s">
-        <v>557</v>
+        <v>563</v>
       </c>
       <c r="C84" s="11">
-        <v>44179</v>
+        <v>43870</v>
       </c>
       <c r="D84" s="12">
-        <v>0.65625</v>
+        <v>0.62557870370370372</v>
       </c>
       <c r="E84" s="10" t="s">
-        <v>558</v>
+        <v>523</v>
       </c>
     </row>
     <row r="85" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A85" s="9" t="s">
-        <v>553</v>
+        <v>559</v>
       </c>
       <c r="B85" s="10" t="s">
-        <v>554</v>
+        <v>560</v>
       </c>
       <c r="C85" s="11">
-        <v>44151</v>
+        <v>43842</v>
       </c>
       <c r="D85" s="12">
-        <v>0.60590277777777779</v>
+        <v>0.62988425925925928</v>
       </c>
       <c r="E85" s="10" t="s">
-        <v>555</v>
+        <v>561</v>
       </c>
     </row>
     <row r="86" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A86" s="9" t="s">
-        <v>550</v>
+        <v>556</v>
       </c>
       <c r="B86" s="10" t="s">
-        <v>551</v>
+        <v>557</v>
       </c>
       <c r="C86" s="11">
-        <v>44123</v>
+        <v>44179</v>
       </c>
       <c r="D86" s="12">
-        <v>0.62434027777777779</v>
+        <v>0.65625</v>
       </c>
       <c r="E86" s="10" t="s">
-        <v>552</v>
+        <v>558</v>
       </c>
     </row>
     <row r="87" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A87" s="9" t="s">
-        <v>547</v>
+        <v>553</v>
       </c>
       <c r="B87" s="10" t="s">
-        <v>548</v>
+        <v>554</v>
       </c>
       <c r="C87" s="11">
-        <v>44096</v>
+        <v>44151</v>
       </c>
       <c r="D87" s="12">
-        <v>0.67018518518518511</v>
+        <v>0.60590277777777779</v>
       </c>
       <c r="E87" s="10" t="s">
-        <v>549</v>
+        <v>555</v>
       </c>
     </row>
     <row r="88" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A88" s="9" t="s">
-        <v>544</v>
+        <v>550</v>
       </c>
       <c r="B88" s="10" t="s">
-        <v>545</v>
+        <v>551</v>
       </c>
       <c r="C88" s="11">
-        <v>44068</v>
+        <v>44123</v>
       </c>
       <c r="D88" s="12">
-        <v>0.6177083333333333</v>
+        <v>0.62434027777777779</v>
       </c>
       <c r="E88" s="10" t="s">
-        <v>546</v>
+        <v>552</v>
       </c>
     </row>
     <row r="89" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A89" s="9" t="s">
-        <v>542</v>
+        <v>547</v>
       </c>
       <c r="B89" s="10" t="s">
-        <v>543</v>
+        <v>548</v>
       </c>
       <c r="C89" s="11">
-        <v>44033</v>
+        <v>44096</v>
       </c>
       <c r="D89" s="12">
-        <v>0.63170138888888883</v>
+        <v>0.67018518518518511</v>
       </c>
       <c r="E89" s="10" t="s">
-        <v>362</v>
+        <v>549</v>
       </c>
     </row>
     <row r="90" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A90" s="9" t="s">
-        <v>539</v>
+        <v>544</v>
       </c>
       <c r="B90" s="10" t="s">
-        <v>540</v>
+        <v>545</v>
       </c>
       <c r="C90" s="11">
-        <v>44011</v>
+        <v>44068</v>
       </c>
       <c r="D90" s="12">
-        <v>0.69188657407407417</v>
+        <v>0.6177083333333333</v>
       </c>
       <c r="E90" s="10" t="s">
-        <v>541</v>
+        <v>546</v>
       </c>
     </row>
     <row r="91" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A91" s="9" t="s">
-        <v>536</v>
+        <v>542</v>
       </c>
       <c r="B91" s="10" t="s">
-        <v>537</v>
+        <v>543</v>
       </c>
       <c r="C91" s="11">
-        <v>43976</v>
+        <v>44033</v>
       </c>
       <c r="D91" s="12">
-        <v>0.70497685185185188</v>
+        <v>0.63170138888888883</v>
       </c>
       <c r="E91" s="10" t="s">
-        <v>538</v>
+        <v>362</v>
       </c>
     </row>
     <row r="92" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A92" s="9" t="s">
-        <v>533</v>
+        <v>539</v>
       </c>
       <c r="B92" s="10" t="s">
-        <v>534</v>
+        <v>540</v>
       </c>
       <c r="C92" s="11">
-        <v>43940</v>
+        <v>44011</v>
       </c>
       <c r="D92" s="12">
-        <v>0.63585648148148144</v>
+        <v>0.69188657407407417</v>
       </c>
       <c r="E92" s="10" t="s">
-        <v>535</v>
+        <v>541</v>
       </c>
     </row>
     <row r="93" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A93" s="9" t="s">
-        <v>530</v>
+        <v>536</v>
       </c>
       <c r="B93" s="10" t="s">
-        <v>531</v>
+        <v>537</v>
       </c>
       <c r="C93" s="11">
-        <v>43927</v>
+        <v>43976</v>
       </c>
       <c r="D93" s="12">
-        <v>0.65628472222222223</v>
+        <v>0.70497685185185188</v>
       </c>
       <c r="E93" s="10" t="s">
-        <v>532</v>
+        <v>538</v>
       </c>
     </row>
     <row r="94" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A94" s="9" t="s">
-        <v>527</v>
+        <v>533</v>
       </c>
       <c r="B94" s="10" t="s">
-        <v>528</v>
+        <v>534</v>
       </c>
       <c r="C94" s="11">
-        <v>43906</v>
+        <v>43940</v>
       </c>
       <c r="D94" s="12">
-        <v>0.64063657407407404</v>
+        <v>0.63585648148148144</v>
       </c>
       <c r="E94" s="10" t="s">
-        <v>529</v>
+        <v>535</v>
       </c>
     </row>
     <row r="95" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A95" s="9" t="s">
-        <v>524</v>
+        <v>530</v>
       </c>
       <c r="B95" s="10" t="s">
-        <v>525</v>
+        <v>531</v>
       </c>
       <c r="C95" s="11">
-        <v>43899</v>
+        <v>43927</v>
       </c>
       <c r="D95" s="12">
-        <v>0.63567129629629626</v>
+        <v>0.65628472222222223</v>
       </c>
       <c r="E95" s="10" t="s">
-        <v>526</v>
+        <v>532</v>
       </c>
     </row>
     <row r="96" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A96" s="9" t="s">
-        <v>521</v>
+        <v>527</v>
       </c>
       <c r="B96" s="10" t="s">
-        <v>522</v>
+        <v>528</v>
       </c>
       <c r="C96" s="11">
-        <v>43872</v>
+        <v>43906</v>
       </c>
       <c r="D96" s="12">
-        <v>0.6256828703703704</v>
+        <v>0.64063657407407404</v>
       </c>
       <c r="E96" s="10" t="s">
-        <v>523</v>
+        <v>529</v>
       </c>
     </row>
     <row r="97" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A97" s="9" t="s">
-        <v>518</v>
+        <v>524</v>
       </c>
       <c r="B97" s="10" t="s">
-        <v>519</v>
+        <v>525</v>
       </c>
       <c r="C97" s="11">
-        <v>43837</v>
+        <v>43899</v>
       </c>
       <c r="D97" s="12">
-        <v>0.69251157407407404</v>
+        <v>0.63567129629629626</v>
       </c>
       <c r="E97" s="10" t="s">
-        <v>520</v>
+        <v>526</v>
       </c>
     </row>
     <row r="98" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A98" s="9" t="s">
-        <v>515</v>
+        <v>521</v>
       </c>
       <c r="B98" s="10" t="s">
-        <v>516</v>
+        <v>522</v>
       </c>
       <c r="C98" s="11">
-        <v>44181</v>
+        <v>43872</v>
       </c>
       <c r="D98" s="12">
-        <v>0.57638888888888895</v>
+        <v>0.6256828703703704</v>
       </c>
       <c r="E98" s="10" t="s">
-        <v>517</v>
+        <v>523</v>
       </c>
     </row>
     <row r="99" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A99" s="9" t="s">
-        <v>512</v>
+        <v>518</v>
       </c>
       <c r="B99" s="10" t="s">
-        <v>513</v>
+        <v>519</v>
       </c>
       <c r="C99" s="11">
-        <v>44155</v>
+        <v>43837</v>
       </c>
       <c r="D99" s="12">
-        <v>0.6430555555555556</v>
+        <v>0.69251157407407404</v>
       </c>
       <c r="E99" s="10" t="s">
-        <v>514</v>
+        <v>520</v>
       </c>
     </row>
     <row r="100" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A100" s="9" t="s">
-        <v>509</v>
+        <v>515</v>
       </c>
       <c r="B100" s="10" t="s">
-        <v>510</v>
+        <v>516</v>
       </c>
       <c r="C100" s="11">
-        <v>44119</v>
+        <v>44181</v>
       </c>
       <c r="D100" s="12">
-        <v>0.62616898148148148</v>
+        <v>0.57638888888888895</v>
       </c>
       <c r="E100" s="10" t="s">
-        <v>511</v>
+        <v>517</v>
       </c>
     </row>
     <row r="101" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A101" s="9" t="s">
-        <v>506</v>
+        <v>512</v>
       </c>
       <c r="B101" s="10" t="s">
-        <v>507</v>
+        <v>513</v>
       </c>
       <c r="C101" s="11">
-        <v>44099</v>
+        <v>44155</v>
       </c>
       <c r="D101" s="12">
-        <v>0.66618055555555555</v>
+        <v>0.6430555555555556</v>
       </c>
       <c r="E101" s="10" t="s">
-        <v>508</v>
+        <v>514</v>
       </c>
     </row>
     <row r="102" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A102" s="9" t="s">
-        <v>503</v>
+        <v>509</v>
       </c>
       <c r="B102" s="10" t="s">
-        <v>504</v>
+        <v>510</v>
       </c>
       <c r="C102" s="11">
-        <v>44077</v>
+        <v>44119</v>
       </c>
       <c r="D102" s="12">
-        <v>0.62332175925925926</v>
+        <v>0.62616898148148148</v>
       </c>
       <c r="E102" s="10" t="s">
-        <v>505</v>
+        <v>511</v>
       </c>
     </row>
     <row r="103" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A103" s="9" t="s">
-        <v>500</v>
+        <v>506</v>
       </c>
       <c r="B103" s="10" t="s">
-        <v>501</v>
+        <v>507</v>
       </c>
       <c r="C103" s="11">
-        <v>44041</v>
+        <v>44099</v>
       </c>
       <c r="D103" s="12">
-        <v>0.64060185185185181</v>
+        <v>0.66618055555555555</v>
       </c>
       <c r="E103" s="10" t="s">
-        <v>502</v>
+        <v>508</v>
       </c>
     </row>
     <row r="104" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A104" s="9" t="s">
-        <v>497</v>
+        <v>503</v>
       </c>
       <c r="B104" s="10" t="s">
-        <v>498</v>
+        <v>504</v>
       </c>
       <c r="C104" s="11">
-        <v>44014</v>
+        <v>44077</v>
       </c>
       <c r="D104" s="12">
-        <v>0.63842592592592595</v>
+        <v>0.62332175925925926</v>
       </c>
       <c r="E104" s="10" t="s">
-        <v>499</v>
+        <v>505</v>
       </c>
     </row>
     <row r="105" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A105" s="9" t="s">
-        <v>494</v>
+        <v>500</v>
       </c>
       <c r="B105" s="10" t="s">
-        <v>495</v>
+        <v>501</v>
       </c>
       <c r="C105" s="11">
-        <v>43973</v>
+        <v>44041</v>
       </c>
       <c r="D105" s="12">
-        <v>0.68371527777777785</v>
+        <v>0.64060185185185181</v>
       </c>
       <c r="E105" s="10" t="s">
-        <v>496</v>
+        <v>502</v>
       </c>
     </row>
     <row r="106" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A106" s="9" t="s">
-        <v>491</v>
+        <v>497</v>
       </c>
       <c r="B106" s="10" t="s">
-        <v>492</v>
+        <v>498</v>
       </c>
       <c r="C106" s="11">
-        <v>43943</v>
+        <v>44014</v>
       </c>
       <c r="D106" s="12">
-        <v>0.64824074074074078</v>
+        <v>0.63842592592592595</v>
       </c>
       <c r="E106" s="10" t="s">
-        <v>493</v>
+        <v>499</v>
       </c>
     </row>
     <row r="107" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A107" s="9" t="s">
-        <v>488</v>
+        <v>494</v>
       </c>
       <c r="B107" s="10" t="s">
-        <v>489</v>
+        <v>495</v>
       </c>
       <c r="C107" s="11">
-        <v>43936</v>
+        <v>43973</v>
       </c>
       <c r="D107" s="12">
-        <v>0.64332175925925927</v>
+        <v>0.68371527777777785</v>
       </c>
       <c r="E107" s="10" t="s">
-        <v>490</v>
+        <v>496</v>
       </c>
     </row>
     <row r="108" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A108" s="9" t="s">
-        <v>485</v>
+        <v>491</v>
       </c>
       <c r="B108" s="10" t="s">
-        <v>486</v>
+        <v>492</v>
       </c>
       <c r="C108" s="11">
-        <v>43922</v>
+        <v>43943</v>
       </c>
       <c r="D108" s="12">
-        <v>0.63353009259259252</v>
+        <v>0.64824074074074078</v>
       </c>
       <c r="E108" s="10" t="s">
-        <v>487</v>
+        <v>493</v>
       </c>
     </row>
     <row r="109" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A109" s="9" t="s">
-        <v>482</v>
+        <v>488</v>
       </c>
       <c r="B109" s="10" t="s">
-        <v>483</v>
+        <v>489</v>
       </c>
       <c r="C109" s="11">
-        <v>43915</v>
+        <v>43936</v>
       </c>
       <c r="D109" s="12">
-        <v>0.69726851851851857</v>
+        <v>0.64332175925925927</v>
       </c>
       <c r="E109" s="10" t="s">
-        <v>484</v>
+        <v>490</v>
       </c>
     </row>
     <row r="110" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A110" s="9" t="s">
-        <v>479</v>
+        <v>485</v>
       </c>
       <c r="B110" s="10" t="s">
-        <v>480</v>
+        <v>486</v>
       </c>
       <c r="C110" s="11">
-        <v>43908</v>
+        <v>43922</v>
       </c>
       <c r="D110" s="12">
-        <v>0.69244212962962959</v>
+        <v>0.63353009259259252</v>
       </c>
       <c r="E110" s="10" t="s">
-        <v>481</v>
+        <v>487</v>
       </c>
     </row>
     <row r="111" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A111" s="9" t="s">
-        <v>476</v>
+        <v>482</v>
       </c>
       <c r="B111" s="10" t="s">
-        <v>477</v>
+        <v>483</v>
       </c>
       <c r="C111" s="11">
-        <v>43887</v>
+        <v>43915</v>
       </c>
       <c r="D111" s="12">
-        <v>0.64738425925925924</v>
+        <v>0.69726851851851857</v>
       </c>
       <c r="E111" s="10" t="s">
-        <v>478</v>
+        <v>484</v>
       </c>
     </row>
     <row r="112" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A112" s="9" t="s">
-        <v>473</v>
+        <v>479</v>
       </c>
       <c r="B112" s="10" t="s">
-        <v>474</v>
+        <v>480</v>
       </c>
       <c r="C112" s="11">
-        <v>43865</v>
+        <v>43908</v>
       </c>
       <c r="D112" s="12">
-        <v>0.68951388888888887</v>
+        <v>0.69244212962962959</v>
       </c>
       <c r="E112" s="10" t="s">
-        <v>475</v>
+        <v>481</v>
       </c>
     </row>
     <row r="113" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A113" s="9" t="s">
-        <v>470</v>
+        <v>476</v>
       </c>
       <c r="B113" s="10" t="s">
-        <v>471</v>
+        <v>477</v>
       </c>
       <c r="C113" s="11">
-        <v>43837</v>
+        <v>43887</v>
       </c>
       <c r="D113" s="12">
-        <v>0.63854166666666667</v>
+        <v>0.64738425925925924</v>
       </c>
       <c r="E113" s="10" t="s">
-        <v>472</v>
+        <v>478</v>
       </c>
     </row>
     <row r="114" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A114" s="9" t="s">
-        <v>467</v>
+        <v>473</v>
       </c>
       <c r="B114" s="10" t="s">
-        <v>468</v>
+        <v>474</v>
       </c>
       <c r="C114" s="11">
-        <v>44182</v>
+        <v>43865</v>
       </c>
       <c r="D114" s="12">
-        <v>0.65788194444444448</v>
+        <v>0.68951388888888887</v>
       </c>
       <c r="E114" s="10" t="s">
-        <v>469</v>
+        <v>475</v>
       </c>
     </row>
     <row r="115" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A115" s="9" t="s">
-        <v>464</v>
+        <v>470</v>
       </c>
       <c r="B115" s="10" t="s">
-        <v>465</v>
+        <v>471</v>
       </c>
       <c r="C115" s="11">
-        <v>44168</v>
+        <v>43837</v>
       </c>
       <c r="D115" s="12">
-        <v>0.68351851851851853</v>
+        <v>0.63854166666666667</v>
       </c>
       <c r="E115" s="10" t="s">
-        <v>466</v>
+        <v>472</v>
       </c>
     </row>
     <row r="116" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A116" s="9" t="s">
-        <v>461</v>
+        <v>467</v>
       </c>
       <c r="B116" s="10" t="s">
-        <v>462</v>
+        <v>468</v>
       </c>
       <c r="C116" s="11">
-        <v>44147</v>
+        <v>44182</v>
       </c>
       <c r="D116" s="12">
-        <v>0.63472222222222219</v>
+        <v>0.65788194444444448</v>
       </c>
       <c r="E116" s="10" t="s">
-        <v>463</v>
+        <v>469</v>
       </c>
     </row>
     <row r="117" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A117" s="9" t="s">
-        <v>457</v>
+        <v>464</v>
       </c>
       <c r="B117" s="10" t="s">
-        <v>458</v>
-[...2 lines deleted...]
-        <v>459</v>
+        <v>465</v>
+      </c>
+      <c r="C117" s="11">
+        <v>44168</v>
       </c>
       <c r="D117" s="12">
-        <v>7.6388888888888895E-2</v>
+        <v>0.68351851851851853</v>
       </c>
       <c r="E117" s="10" t="s">
-        <v>460</v>
+        <v>466</v>
       </c>
     </row>
     <row r="118" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A118" s="9" t="s">
-        <v>454</v>
+        <v>461</v>
       </c>
       <c r="B118" s="10" t="s">
-        <v>455</v>
+        <v>462</v>
       </c>
       <c r="C118" s="11">
-        <v>44112</v>
+        <v>44147</v>
       </c>
       <c r="D118" s="12">
-        <v>0.61460648148148145</v>
+        <v>0.63472222222222219</v>
       </c>
       <c r="E118" s="10" t="s">
-        <v>456</v>
+        <v>463</v>
       </c>
     </row>
     <row r="119" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A119" s="9" t="s">
-        <v>451</v>
+        <v>457</v>
       </c>
       <c r="B119" s="10" t="s">
-        <v>452</v>
-[...2 lines deleted...]
-        <v>44091</v>
+        <v>458</v>
+      </c>
+      <c r="C119" s="10" t="s">
+        <v>459</v>
       </c>
       <c r="D119" s="12">
-        <v>0.67083333333333339</v>
+        <v>7.6388888888888895E-2</v>
       </c>
       <c r="E119" s="10" t="s">
-        <v>453</v>
+        <v>460</v>
       </c>
     </row>
     <row r="120" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A120" s="9" t="s">
-        <v>448</v>
+        <v>454</v>
       </c>
       <c r="B120" s="10" t="s">
-        <v>449</v>
+        <v>455</v>
       </c>
       <c r="C120" s="11">
-        <v>44070</v>
+        <v>44112</v>
       </c>
       <c r="D120" s="12">
-        <v>0.6645833333333333</v>
+        <v>0.61460648148148145</v>
       </c>
       <c r="E120" s="10" t="s">
-        <v>450</v>
+        <v>456</v>
       </c>
     </row>
     <row r="121" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A121" s="9" t="s">
-        <v>445</v>
+        <v>451</v>
       </c>
       <c r="B121" s="10" t="s">
-        <v>446</v>
+        <v>452</v>
       </c>
       <c r="C121" s="11">
-        <v>44035</v>
+        <v>44091</v>
       </c>
       <c r="D121" s="12">
-        <v>0.63005787037037042</v>
+        <v>0.67083333333333339</v>
       </c>
       <c r="E121" s="10" t="s">
-        <v>447</v>
+        <v>453</v>
       </c>
     </row>
     <row r="122" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A122" s="9" t="s">
-        <v>442</v>
+        <v>448</v>
       </c>
       <c r="B122" s="10" t="s">
-        <v>443</v>
+        <v>449</v>
       </c>
       <c r="C122" s="11">
-        <v>44008</v>
+        <v>44070</v>
       </c>
       <c r="D122" s="12">
-        <v>0.64166666666666672</v>
+        <v>0.6645833333333333</v>
       </c>
       <c r="E122" s="10" t="s">
-        <v>444</v>
+        <v>450</v>
       </c>
     </row>
     <row r="123" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A123" s="9" t="s">
-        <v>439</v>
+        <v>445</v>
       </c>
       <c r="B123" s="10" t="s">
-        <v>440</v>
+        <v>446</v>
       </c>
       <c r="C123" s="11">
-        <v>43980</v>
+        <v>44035</v>
       </c>
       <c r="D123" s="12">
-        <v>0.63842592592592595</v>
+        <v>0.63005787037037042</v>
       </c>
       <c r="E123" s="10" t="s">
-        <v>441</v>
+        <v>447</v>
       </c>
     </row>
     <row r="124" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A124" s="9" t="s">
-        <v>436</v>
+        <v>442</v>
       </c>
       <c r="B124" s="10" t="s">
-        <v>437</v>
+        <v>443</v>
       </c>
       <c r="C124" s="11">
-        <v>43945</v>
+        <v>44008</v>
       </c>
       <c r="D124" s="12">
-        <v>0.68125000000000002</v>
+        <v>0.64166666666666672</v>
       </c>
       <c r="E124" s="10" t="s">
-        <v>438</v>
+        <v>444</v>
       </c>
     </row>
     <row r="125" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A125" s="9" t="s">
-        <v>433</v>
+        <v>439</v>
       </c>
       <c r="B125" s="10" t="s">
-        <v>434</v>
+        <v>440</v>
       </c>
       <c r="C125" s="11">
-        <v>43930</v>
+        <v>43980</v>
       </c>
       <c r="D125" s="12">
-        <v>0.65406249999999999</v>
+        <v>0.63842592592592595</v>
       </c>
       <c r="E125" s="10" t="s">
-        <v>435</v>
+        <v>441</v>
       </c>
     </row>
     <row r="126" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A126" s="9" t="s">
-        <v>430</v>
+        <v>436</v>
       </c>
       <c r="B126" s="10" t="s">
-        <v>431</v>
+        <v>437</v>
       </c>
       <c r="C126" s="11">
-        <v>43922</v>
+        <v>43945</v>
       </c>
       <c r="D126" s="12">
-        <v>0.65509259259259256</v>
+        <v>0.68125000000000002</v>
       </c>
       <c r="E126" s="10" t="s">
-        <v>432</v>
-[...2 lines deleted...]
-    <row r="127" spans="1:5" ht="26.5" thickBot="1" x14ac:dyDescent="0.4">
+        <v>438</v>
+      </c>
+    </row>
+    <row r="127" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A127" s="9" t="s">
-        <v>427</v>
+        <v>433</v>
       </c>
       <c r="B127" s="10" t="s">
-        <v>428</v>
+        <v>434</v>
       </c>
       <c r="C127" s="11">
-        <v>43915</v>
+        <v>43930</v>
       </c>
       <c r="D127" s="12">
-        <v>0.65019675925925924</v>
+        <v>0.65406249999999999</v>
       </c>
       <c r="E127" s="10" t="s">
-        <v>429</v>
+        <v>435</v>
       </c>
     </row>
     <row r="128" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A128" s="9" t="s">
-        <v>424</v>
+        <v>430</v>
       </c>
       <c r="B128" s="10" t="s">
-        <v>425</v>
+        <v>431</v>
       </c>
       <c r="C128" s="11">
-        <v>43908</v>
+        <v>43922</v>
       </c>
       <c r="D128" s="12">
-        <v>0.64530092592592592</v>
+        <v>0.65509259259259256</v>
       </c>
       <c r="E128" s="10" t="s">
-        <v>426</v>
-[...2 lines deleted...]
-    <row r="129" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
+        <v>432</v>
+      </c>
+    </row>
+    <row r="129" spans="1:5" ht="26.5" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A129" s="9" t="s">
-        <v>421</v>
+        <v>427</v>
       </c>
       <c r="B129" s="10" t="s">
-        <v>422</v>
+        <v>428</v>
       </c>
       <c r="C129" s="11">
-        <v>43901</v>
+        <v>43915</v>
       </c>
       <c r="D129" s="12">
-        <v>0.64037037037037037</v>
+        <v>0.65019675925925924</v>
       </c>
       <c r="E129" s="10" t="s">
-        <v>423</v>
+        <v>429</v>
       </c>
     </row>
     <row r="130" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A130" s="9" t="s">
-        <v>418</v>
+        <v>424</v>
       </c>
       <c r="B130" s="10" t="s">
-        <v>419</v>
+        <v>425</v>
       </c>
       <c r="C130" s="11">
-        <v>43897</v>
+        <v>43908</v>
       </c>
       <c r="D130" s="12">
-        <v>0.69097222222222221</v>
+        <v>0.64530092592592592</v>
       </c>
       <c r="E130" s="10" t="s">
-        <v>420</v>
+        <v>426</v>
       </c>
     </row>
     <row r="131" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A131" s="9" t="s">
-        <v>415</v>
+        <v>421</v>
       </c>
       <c r="B131" s="10" t="s">
-        <v>416</v>
+        <v>422</v>
       </c>
       <c r="C131" s="11">
-        <v>43866</v>
+        <v>43901</v>
       </c>
       <c r="D131" s="12">
-        <v>0.68880787037037028</v>
+        <v>0.64037037037037037</v>
       </c>
       <c r="E131" s="10" t="s">
-        <v>417</v>
+        <v>423</v>
       </c>
     </row>
     <row r="132" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A132" s="9" t="s">
-        <v>412</v>
+        <v>418</v>
       </c>
       <c r="B132" s="10" t="s">
-        <v>413</v>
+        <v>419</v>
       </c>
       <c r="C132" s="11">
-        <v>43844</v>
+        <v>43897</v>
       </c>
       <c r="D132" s="12">
-        <v>0.77430555555555547</v>
+        <v>0.69097222222222221</v>
       </c>
       <c r="E132" s="10" t="s">
-        <v>414</v>
+        <v>420</v>
       </c>
     </row>
     <row r="133" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A133" s="9" t="s">
-        <v>409</v>
+        <v>415</v>
       </c>
       <c r="B133" s="10" t="s">
-        <v>410</v>
+        <v>416</v>
       </c>
       <c r="C133" s="11">
-        <v>44183</v>
+        <v>43866</v>
       </c>
       <c r="D133" s="12">
-        <v>0.6333333333333333</v>
+        <v>0.68880787037037028</v>
       </c>
       <c r="E133" s="10" t="s">
-        <v>411</v>
+        <v>417</v>
       </c>
     </row>
     <row r="134" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A134" s="9" t="s">
-        <v>405</v>
+        <v>412</v>
       </c>
       <c r="B134" s="10" t="s">
-        <v>406</v>
-[...2 lines deleted...]
-        <v>407</v>
+        <v>413</v>
+      </c>
+      <c r="C134" s="11">
+        <v>43844</v>
       </c>
       <c r="D134" s="12">
-        <v>1.2499999999999999E-2</v>
+        <v>0.77430555555555547</v>
       </c>
       <c r="E134" s="10" t="s">
-        <v>408</v>
+        <v>414</v>
       </c>
     </row>
     <row r="135" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A135" s="9" t="s">
-        <v>401</v>
+        <v>409</v>
       </c>
       <c r="B135" s="10" t="s">
-        <v>402</v>
-[...2 lines deleted...]
-        <v>403</v>
+        <v>410</v>
+      </c>
+      <c r="C135" s="11">
+        <v>44183</v>
       </c>
       <c r="D135" s="12">
-        <v>8.4722222222222213E-2</v>
+        <v>0.6333333333333333</v>
       </c>
       <c r="E135" s="10" t="s">
-        <v>404</v>
+        <v>411</v>
       </c>
     </row>
     <row r="136" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A136" s="9" t="s">
-        <v>398</v>
+        <v>405</v>
       </c>
       <c r="B136" s="10" t="s">
-        <v>399</v>
-[...2 lines deleted...]
-        <v>44127</v>
+        <v>406</v>
+      </c>
+      <c r="C136" s="10" t="s">
+        <v>407</v>
       </c>
       <c r="D136" s="12">
-        <v>0.63101851851851853</v>
+        <v>1.2499999999999999E-2</v>
       </c>
       <c r="E136" s="10" t="s">
-        <v>400</v>
+        <v>408</v>
       </c>
     </row>
     <row r="137" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A137" s="9" t="s">
-        <v>395</v>
+        <v>401</v>
       </c>
       <c r="B137" s="10" t="s">
-        <v>396</v>
-[...2 lines deleted...]
-        <v>44079</v>
+        <v>402</v>
+      </c>
+      <c r="C137" s="10" t="s">
+        <v>403</v>
       </c>
       <c r="D137" s="12">
-        <v>0.65</v>
+        <v>8.4722222222222213E-2</v>
       </c>
       <c r="E137" s="10" t="s">
-        <v>397</v>
+        <v>404</v>
       </c>
     </row>
     <row r="138" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A138" s="9" t="s">
-        <v>392</v>
+        <v>398</v>
       </c>
       <c r="B138" s="10" t="s">
-        <v>393</v>
+        <v>399</v>
       </c>
       <c r="C138" s="11">
-        <v>44036</v>
+        <v>44127</v>
       </c>
       <c r="D138" s="12">
-        <v>0.66249999999999998</v>
+        <v>0.63101851851851853</v>
       </c>
       <c r="E138" s="10" t="s">
-        <v>394</v>
+        <v>400</v>
       </c>
     </row>
     <row r="139" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A139" s="9" t="s">
-        <v>389</v>
+        <v>395</v>
       </c>
       <c r="B139" s="10" t="s">
-        <v>390</v>
+        <v>396</v>
       </c>
       <c r="C139" s="11">
-        <v>44002</v>
+        <v>44079</v>
       </c>
       <c r="D139" s="12">
-        <v>0.60659722222222223</v>
+        <v>0.65</v>
       </c>
       <c r="E139" s="10" t="s">
-        <v>391</v>
+        <v>397</v>
       </c>
     </row>
     <row r="140" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A140" s="9" t="s">
-        <v>386</v>
+        <v>392</v>
       </c>
       <c r="B140" s="10" t="s">
-        <v>387</v>
+        <v>393</v>
       </c>
       <c r="C140" s="11">
-        <v>43966</v>
+        <v>44036</v>
       </c>
       <c r="D140" s="12">
-        <v>0.61449074074074073</v>
+        <v>0.66249999999999998</v>
       </c>
       <c r="E140" s="10" t="s">
-        <v>388</v>
+        <v>394</v>
       </c>
     </row>
     <row r="141" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A141" s="9" t="s">
-        <v>383</v>
+        <v>389</v>
       </c>
       <c r="B141" s="10" t="s">
-        <v>384</v>
+        <v>390</v>
       </c>
       <c r="C141" s="11">
-        <v>43958</v>
+        <v>44002</v>
       </c>
       <c r="D141" s="12">
-        <v>0.6617939814814815</v>
+        <v>0.60659722222222223</v>
       </c>
       <c r="E141" s="10" t="s">
-        <v>385</v>
+        <v>391</v>
       </c>
     </row>
     <row r="142" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A142" s="9" t="s">
-        <v>380</v>
+        <v>386</v>
       </c>
       <c r="B142" s="10" t="s">
-        <v>381</v>
+        <v>387</v>
       </c>
       <c r="C142" s="11">
-        <v>43951</v>
+        <v>43966</v>
       </c>
       <c r="D142" s="12">
-        <v>0.65726851851851853</v>
+        <v>0.61449074074074073</v>
       </c>
       <c r="E142" s="10" t="s">
-        <v>382</v>
+        <v>388</v>
       </c>
     </row>
     <row r="143" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A143" s="9" t="s">
-        <v>377</v>
+        <v>383</v>
       </c>
       <c r="B143" s="10" t="s">
-        <v>378</v>
+        <v>384</v>
       </c>
       <c r="C143" s="11">
-        <v>43937</v>
+        <v>43958</v>
       </c>
       <c r="D143" s="12">
-        <v>0.64776620370370364</v>
+        <v>0.6617939814814815</v>
       </c>
       <c r="E143" s="10" t="s">
-        <v>379</v>
+        <v>385</v>
       </c>
     </row>
     <row r="144" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A144" s="9" t="s">
-        <v>374</v>
+        <v>380</v>
       </c>
       <c r="B144" s="10" t="s">
-        <v>375</v>
+        <v>381</v>
       </c>
       <c r="C144" s="11">
-        <v>43930</v>
+        <v>43951</v>
       </c>
       <c r="D144" s="12">
-        <v>0.64292824074074073</v>
+        <v>0.65726851851851853</v>
       </c>
       <c r="E144" s="10" t="s">
-        <v>376</v>
+        <v>382</v>
       </c>
     </row>
     <row r="145" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A145" s="9" t="s">
-        <v>371</v>
+        <v>377</v>
       </c>
       <c r="B145" s="10" t="s">
-        <v>372</v>
+        <v>378</v>
       </c>
       <c r="C145" s="11">
-        <v>43913</v>
+        <v>43937</v>
       </c>
       <c r="D145" s="12">
-        <v>0.44091435185185185</v>
+        <v>0.64776620370370364</v>
       </c>
       <c r="E145" s="10" t="s">
-        <v>373</v>
+        <v>379</v>
       </c>
     </row>
     <row r="146" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A146" s="9" t="s">
-        <v>369</v>
+        <v>374</v>
       </c>
       <c r="B146" s="10" t="s">
-        <v>370</v>
+        <v>375</v>
       </c>
       <c r="C146" s="11">
-        <v>43900</v>
+        <v>43930</v>
       </c>
       <c r="D146" s="12">
-        <v>0.6880208333333333</v>
+        <v>0.64292824074074073</v>
       </c>
       <c r="E146" s="10" t="s">
-        <v>368</v>
+        <v>376</v>
       </c>
     </row>
     <row r="147" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A147" s="9" t="s">
-        <v>366</v>
+        <v>371</v>
       </c>
       <c r="B147" s="10" t="s">
-        <v>367</v>
+        <v>372</v>
       </c>
       <c r="C147" s="11">
-        <v>43875</v>
+        <v>43913</v>
       </c>
       <c r="D147" s="12">
-        <v>0.68774305555555559</v>
+        <v>0.44091435185185185</v>
       </c>
       <c r="E147" s="10" t="s">
-        <v>368</v>
+        <v>373</v>
       </c>
     </row>
     <row r="148" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A148" s="9" t="s">
-        <v>363</v>
+        <v>369</v>
       </c>
       <c r="B148" s="10" t="s">
-        <v>364</v>
+        <v>370</v>
       </c>
       <c r="C148" s="11">
-        <v>43855</v>
+        <v>43900</v>
       </c>
       <c r="D148" s="12">
-        <v>0.66805555555555562</v>
+        <v>0.6880208333333333</v>
       </c>
       <c r="E148" s="10" t="s">
-        <v>365</v>
+        <v>368</v>
       </c>
     </row>
     <row r="149" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A149" s="9" t="s">
-        <v>360</v>
+        <v>366</v>
       </c>
       <c r="B149" s="10" t="s">
-        <v>361</v>
+        <v>367</v>
       </c>
       <c r="C149" s="11">
-        <v>44184</v>
+        <v>43875</v>
       </c>
       <c r="D149" s="12">
-        <v>0.63194444444444442</v>
+        <v>0.68774305555555559</v>
       </c>
       <c r="E149" s="10" t="s">
-        <v>362</v>
+        <v>368</v>
       </c>
     </row>
     <row r="150" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A150" s="9" t="s">
-        <v>357</v>
+        <v>363</v>
       </c>
       <c r="B150" s="10" t="s">
-        <v>358</v>
+        <v>364</v>
       </c>
       <c r="C150" s="11">
-        <v>44163</v>
+        <v>43855</v>
       </c>
       <c r="D150" s="12">
-        <v>0.61701388888888886</v>
+        <v>0.66805555555555562</v>
       </c>
       <c r="E150" s="10" t="s">
-        <v>359</v>
+        <v>365</v>
       </c>
     </row>
     <row r="151" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A151" s="9" t="s">
-        <v>354</v>
+        <v>360</v>
       </c>
       <c r="B151" s="10" t="s">
-        <v>355</v>
+        <v>361</v>
       </c>
       <c r="C151" s="11">
-        <v>44143</v>
+        <v>44184</v>
       </c>
       <c r="D151" s="12">
-        <v>0.625</v>
+        <v>0.63194444444444442</v>
       </c>
       <c r="E151" s="10" t="s">
-        <v>356</v>
+        <v>362</v>
       </c>
     </row>
     <row r="152" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A152" s="9" t="s">
-        <v>351</v>
+        <v>357</v>
       </c>
       <c r="B152" s="10" t="s">
-        <v>352</v>
+        <v>358</v>
       </c>
       <c r="C152" s="11">
-        <v>44101</v>
+        <v>44163</v>
       </c>
       <c r="D152" s="12">
-        <v>0.65825231481481483</v>
+        <v>0.61701388888888886</v>
       </c>
       <c r="E152" s="10" t="s">
-        <v>353</v>
+        <v>359</v>
       </c>
     </row>
     <row r="153" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A153" s="9" t="s">
-        <v>348</v>
+        <v>354</v>
       </c>
       <c r="B153" s="10" t="s">
-        <v>349</v>
+        <v>355</v>
       </c>
       <c r="C153" s="11">
-        <v>44087</v>
+        <v>44143</v>
       </c>
       <c r="D153" s="12">
-        <v>0.65531249999999996</v>
+        <v>0.625</v>
       </c>
       <c r="E153" s="10" t="s">
-        <v>350</v>
+        <v>356</v>
       </c>
     </row>
     <row r="154" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A154" s="9" t="s">
-        <v>345</v>
+        <v>351</v>
       </c>
       <c r="B154" s="10" t="s">
-        <v>346</v>
+        <v>352</v>
       </c>
       <c r="C154" s="11">
-        <v>44052</v>
+        <v>44101</v>
       </c>
       <c r="D154" s="12">
-        <v>0.6333333333333333</v>
+        <v>0.65825231481481483</v>
       </c>
       <c r="E154" s="10" t="s">
-        <v>347</v>
+        <v>353</v>
       </c>
     </row>
     <row r="155" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A155" s="9" t="s">
-        <v>342</v>
+        <v>348</v>
       </c>
       <c r="B155" s="10" t="s">
-        <v>343</v>
+        <v>349</v>
       </c>
       <c r="C155" s="11">
-        <v>44003</v>
+        <v>44087</v>
       </c>
       <c r="D155" s="12">
-        <v>0.6980439814814815</v>
+        <v>0.65531249999999996</v>
       </c>
       <c r="E155" s="10" t="s">
-        <v>344</v>
+        <v>350</v>
       </c>
     </row>
     <row r="156" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A156" s="9" t="s">
-        <v>339</v>
+        <v>345</v>
       </c>
       <c r="B156" s="10" t="s">
-        <v>340</v>
+        <v>346</v>
       </c>
       <c r="C156" s="11">
-        <v>43975</v>
+        <v>44052</v>
       </c>
       <c r="D156" s="12">
-        <v>0.58402777777777781</v>
+        <v>0.6333333333333333</v>
       </c>
       <c r="E156" s="10" t="s">
-        <v>341</v>
+        <v>347</v>
       </c>
     </row>
     <row r="157" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A157" s="9" t="s">
-        <v>336</v>
+        <v>342</v>
       </c>
       <c r="B157" s="10" t="s">
-        <v>337</v>
+        <v>343</v>
       </c>
       <c r="C157" s="11">
-        <v>43959</v>
+        <v>44003</v>
       </c>
       <c r="D157" s="12">
-        <v>0.6444791666666666</v>
+        <v>0.6980439814814815</v>
       </c>
       <c r="E157" s="10" t="s">
-        <v>338</v>
+        <v>344</v>
       </c>
     </row>
     <row r="158" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A158" s="9" t="s">
-        <v>333</v>
+        <v>339</v>
       </c>
       <c r="B158" s="10" t="s">
-        <v>334</v>
+        <v>340</v>
       </c>
       <c r="C158" s="11">
-        <v>43952</v>
+        <v>43975</v>
       </c>
       <c r="D158" s="12">
-        <v>0.6398611111111111</v>
+        <v>0.58402777777777781</v>
       </c>
       <c r="E158" s="10" t="s">
-        <v>335</v>
+        <v>341</v>
       </c>
     </row>
     <row r="159" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A159" s="9" t="s">
-        <v>330</v>
+        <v>336</v>
       </c>
       <c r="B159" s="10" t="s">
-        <v>331</v>
+        <v>337</v>
       </c>
       <c r="C159" s="11">
-        <v>43945</v>
+        <v>43959</v>
       </c>
       <c r="D159" s="12">
-        <v>0.63516203703703711</v>
+        <v>0.6444791666666666</v>
       </c>
       <c r="E159" s="10" t="s">
-        <v>332</v>
+        <v>338</v>
       </c>
     </row>
     <row r="160" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A160" s="9" t="s">
-        <v>327</v>
+        <v>333</v>
       </c>
       <c r="B160" s="10" t="s">
-        <v>328</v>
+        <v>334</v>
       </c>
       <c r="C160" s="11">
-        <v>43938</v>
+        <v>43952</v>
       </c>
       <c r="D160" s="12">
-        <v>0.63040509259259259</v>
+        <v>0.6398611111111111</v>
       </c>
       <c r="E160" s="10" t="s">
-        <v>329</v>
+        <v>335</v>
       </c>
     </row>
     <row r="161" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A161" s="9" t="s">
-        <v>324</v>
+        <v>330</v>
       </c>
       <c r="B161" s="10" t="s">
-        <v>325</v>
+        <v>331</v>
       </c>
       <c r="C161" s="11">
-        <v>43904</v>
+        <v>43945</v>
       </c>
       <c r="D161" s="12">
-        <v>0.65151620370370367</v>
+        <v>0.63516203703703711</v>
       </c>
       <c r="E161" s="10" t="s">
-        <v>326</v>
+        <v>332</v>
       </c>
     </row>
     <row r="162" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A162" s="9" t="s">
-        <v>321</v>
+        <v>327</v>
       </c>
       <c r="B162" s="10" t="s">
-        <v>322</v>
+        <v>328</v>
       </c>
       <c r="C162" s="11">
-        <v>43855</v>
+        <v>43938</v>
       </c>
       <c r="D162" s="12">
-        <v>0.625</v>
+        <v>0.63040509259259259</v>
       </c>
       <c r="E162" s="10" t="s">
-        <v>323</v>
+        <v>329</v>
       </c>
     </row>
     <row r="163" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A163" s="9" t="s">
-        <v>318</v>
+        <v>324</v>
       </c>
       <c r="B163" s="10" t="s">
-        <v>319</v>
+        <v>325</v>
       </c>
       <c r="C163" s="11">
-        <v>44185</v>
+        <v>43904</v>
       </c>
       <c r="D163" s="12">
-        <v>0.64178240740740744</v>
+        <v>0.65151620370370367</v>
       </c>
       <c r="E163" s="10" t="s">
-        <v>320</v>
+        <v>326</v>
       </c>
     </row>
     <row r="164" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A164" s="9" t="s">
-        <v>315</v>
+        <v>321</v>
       </c>
       <c r="B164" s="10" t="s">
-        <v>316</v>
+        <v>322</v>
       </c>
       <c r="C164" s="11">
-        <v>44171</v>
+        <v>43855</v>
       </c>
       <c r="D164" s="12">
-        <v>0.63958333333333328</v>
+        <v>0.625</v>
       </c>
       <c r="E164" s="10" t="s">
-        <v>317</v>
+        <v>323</v>
       </c>
     </row>
     <row r="165" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A165" s="9" t="s">
-        <v>312</v>
+        <v>318</v>
       </c>
       <c r="B165" s="10" t="s">
-        <v>313</v>
+        <v>319</v>
       </c>
       <c r="C165" s="11">
-        <v>44152</v>
+        <v>44185</v>
       </c>
       <c r="D165" s="12">
-        <v>0.61256944444444439</v>
+        <v>0.64178240740740744</v>
       </c>
       <c r="E165" s="10" t="s">
-        <v>314</v>
+        <v>320</v>
       </c>
     </row>
     <row r="166" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A166" s="9" t="s">
-        <v>309</v>
+        <v>315</v>
       </c>
       <c r="B166" s="10" t="s">
-        <v>310</v>
+        <v>316</v>
       </c>
       <c r="C166" s="11">
-        <v>44129</v>
+        <v>44171</v>
       </c>
       <c r="D166" s="12">
-        <v>0.6020833333333333</v>
+        <v>0.63958333333333328</v>
       </c>
       <c r="E166" s="10" t="s">
-        <v>311</v>
+        <v>317</v>
       </c>
     </row>
     <row r="167" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A167" s="9" t="s">
-        <v>306</v>
+        <v>312</v>
       </c>
       <c r="B167" s="10" t="s">
-        <v>307</v>
+        <v>313</v>
       </c>
       <c r="C167" s="11">
-        <v>44103</v>
+        <v>44152</v>
       </c>
       <c r="D167" s="12">
-        <v>0.65231481481481479</v>
+        <v>0.61256944444444439</v>
       </c>
       <c r="E167" s="10" t="s">
-        <v>308</v>
+        <v>314</v>
       </c>
     </row>
     <row r="168" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A168" s="9" t="s">
-        <v>303</v>
+        <v>309</v>
       </c>
       <c r="B168" s="10" t="s">
-        <v>304</v>
+        <v>310</v>
       </c>
       <c r="C168" s="11">
-        <v>44074</v>
+        <v>44129</v>
       </c>
       <c r="D168" s="12">
-        <v>0.67291666666666661</v>
+        <v>0.6020833333333333</v>
       </c>
       <c r="E168" s="10" t="s">
-        <v>305</v>
+        <v>311</v>
       </c>
     </row>
     <row r="169" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A169" s="9" t="s">
-        <v>300</v>
+        <v>306</v>
       </c>
       <c r="B169" s="10" t="s">
-        <v>301</v>
+        <v>307</v>
       </c>
       <c r="C169" s="11">
-        <v>44004</v>
+        <v>44103</v>
       </c>
       <c r="D169" s="12">
-        <v>0.62537037037037035</v>
+        <v>0.65231481481481479</v>
       </c>
       <c r="E169" s="10" t="s">
-        <v>302</v>
+        <v>308</v>
       </c>
     </row>
     <row r="170" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A170" s="9" t="s">
-        <v>297</v>
+        <v>303</v>
       </c>
       <c r="B170" s="10" t="s">
-        <v>298</v>
+        <v>304</v>
       </c>
       <c r="C170" s="11">
-        <v>43990</v>
+        <v>44074</v>
       </c>
       <c r="D170" s="12">
-        <v>0.61710648148148151</v>
+        <v>0.67291666666666661</v>
       </c>
       <c r="E170" s="10" t="s">
-        <v>299</v>
+        <v>305</v>
       </c>
     </row>
     <row r="171" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A171" s="9" t="s">
-        <v>294</v>
+        <v>300</v>
       </c>
       <c r="B171" s="10" t="s">
-        <v>295</v>
+        <v>301</v>
       </c>
       <c r="C171" s="11">
-        <v>43941</v>
+        <v>44004</v>
       </c>
       <c r="D171" s="12">
-        <v>0.63750000000000007</v>
+        <v>0.62537037037037035</v>
       </c>
       <c r="E171" s="10" t="s">
-        <v>296</v>
+        <v>302</v>
       </c>
     </row>
     <row r="172" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A172" s="9" t="s">
-        <v>291</v>
+        <v>297</v>
       </c>
       <c r="B172" s="10" t="s">
-        <v>292</v>
+        <v>298</v>
       </c>
       <c r="C172" s="11">
-        <v>43926</v>
+        <v>43990</v>
       </c>
       <c r="D172" s="12">
-        <v>0.67221064814814813</v>
+        <v>0.61710648148148151</v>
       </c>
       <c r="E172" s="10" t="s">
-        <v>293</v>
+        <v>299</v>
       </c>
     </row>
     <row r="173" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A173" s="9" t="s">
-        <v>288</v>
+        <v>294</v>
       </c>
       <c r="B173" s="10" t="s">
-        <v>289</v>
+        <v>295</v>
       </c>
       <c r="C173" s="11">
-        <v>43919</v>
+        <v>43941</v>
       </c>
       <c r="D173" s="12">
-        <v>0.66740740740740734</v>
+        <v>0.63750000000000007</v>
       </c>
       <c r="E173" s="10" t="s">
-        <v>290</v>
+        <v>296</v>
       </c>
     </row>
     <row r="174" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A174" s="9" t="s">
-        <v>285</v>
+        <v>291</v>
       </c>
       <c r="B174" s="10" t="s">
-        <v>286</v>
+        <v>292</v>
       </c>
       <c r="C174" s="11">
-        <v>43912</v>
+        <v>43926</v>
       </c>
       <c r="D174" s="12">
-        <v>0.66263888888888889</v>
+        <v>0.67221064814814813</v>
       </c>
       <c r="E174" s="10" t="s">
-        <v>287</v>
+        <v>293</v>
       </c>
     </row>
     <row r="175" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A175" s="9" t="s">
-        <v>282</v>
+        <v>288</v>
       </c>
       <c r="B175" s="10" t="s">
-        <v>283</v>
+        <v>289</v>
       </c>
       <c r="C175" s="11">
-        <v>43891</v>
+        <v>43919</v>
       </c>
       <c r="D175" s="12">
-        <v>0.59583333333333333</v>
+        <v>0.66740740740740734</v>
       </c>
       <c r="E175" s="10" t="s">
-        <v>284</v>
+        <v>290</v>
       </c>
     </row>
     <row r="176" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A176" s="9" t="s">
-        <v>279</v>
+        <v>285</v>
       </c>
       <c r="B176" s="10" t="s">
-        <v>280</v>
+        <v>286</v>
       </c>
       <c r="C176" s="11">
-        <v>43869</v>
+        <v>43912</v>
       </c>
       <c r="D176" s="12">
-        <v>0.11458333333333333</v>
+        <v>0.66263888888888889</v>
       </c>
       <c r="E176" s="10" t="s">
-        <v>281</v>
+        <v>287</v>
       </c>
     </row>
     <row r="177" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A177" s="9" t="s">
-        <v>276</v>
+        <v>282</v>
       </c>
       <c r="B177" s="10" t="s">
-        <v>277</v>
+        <v>283</v>
       </c>
       <c r="C177" s="11">
-        <v>43832</v>
+        <v>43891</v>
       </c>
       <c r="D177" s="12">
-        <v>0.65486111111111112</v>
+        <v>0.59583333333333333</v>
       </c>
       <c r="E177" s="10" t="s">
-        <v>278</v>
+        <v>284</v>
       </c>
     </row>
     <row r="178" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A178" s="9" t="s">
-        <v>273</v>
+        <v>279</v>
       </c>
       <c r="B178" s="10" t="s">
-        <v>274</v>
+        <v>280</v>
       </c>
       <c r="C178" s="11">
-        <v>44152</v>
+        <v>43869</v>
       </c>
       <c r="D178" s="12">
-        <v>0.6971412037037038</v>
+        <v>0.11458333333333333</v>
       </c>
       <c r="E178" s="10" t="s">
-        <v>275</v>
+        <v>281</v>
       </c>
     </row>
     <row r="179" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A179" s="9" t="s">
-        <v>270</v>
+        <v>276</v>
       </c>
       <c r="B179" s="10" t="s">
-        <v>271</v>
+        <v>277</v>
       </c>
       <c r="C179" s="11">
-        <v>44103</v>
+        <v>43832</v>
       </c>
       <c r="D179" s="12">
-        <v>0.61258101851851854</v>
+        <v>0.65486111111111112</v>
       </c>
       <c r="E179" s="10" t="s">
-        <v>272</v>
+        <v>278</v>
       </c>
     </row>
     <row r="180" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A180" s="9" t="s">
-        <v>267</v>
+        <v>273</v>
       </c>
       <c r="B180" s="10" t="s">
-        <v>268</v>
+        <v>274</v>
       </c>
       <c r="C180" s="11">
-        <v>44039</v>
+        <v>44152</v>
       </c>
       <c r="D180" s="12">
-        <v>0.64837962962962969</v>
+        <v>0.6971412037037038</v>
       </c>
       <c r="E180" s="10" t="s">
-        <v>269</v>
+        <v>275</v>
       </c>
     </row>
     <row r="181" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A181" s="9" t="s">
-        <v>264</v>
+        <v>270</v>
       </c>
       <c r="B181" s="10" t="s">
-        <v>265</v>
+        <v>271</v>
       </c>
       <c r="C181" s="11">
-        <v>43936</v>
+        <v>44103</v>
       </c>
       <c r="D181" s="12">
-        <v>0.64370370370370367</v>
+        <v>0.61258101851851854</v>
       </c>
       <c r="E181" s="10" t="s">
-        <v>266</v>
+        <v>272</v>
       </c>
     </row>
     <row r="182" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A182" s="9" t="s">
-        <v>261</v>
+        <v>267</v>
       </c>
       <c r="B182" s="10" t="s">
-        <v>262</v>
+        <v>268</v>
       </c>
       <c r="C182" s="11">
-        <v>43913</v>
+        <v>44039</v>
       </c>
       <c r="D182" s="12">
-        <v>0.64659722222222216</v>
+        <v>0.64837962962962969</v>
       </c>
       <c r="E182" s="10" t="s">
-        <v>263</v>
+        <v>269</v>
       </c>
     </row>
     <row r="183" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A183" s="9" t="s">
-        <v>258</v>
+        <v>264</v>
       </c>
       <c r="B183" s="10" t="s">
-        <v>259</v>
+        <v>265</v>
       </c>
       <c r="C183" s="11">
-        <v>43906</v>
+        <v>43936</v>
       </c>
       <c r="D183" s="12">
-        <v>0.64182870370370371</v>
+        <v>0.64370370370370367</v>
       </c>
       <c r="E183" s="10" t="s">
-        <v>260</v>
+        <v>266</v>
       </c>
     </row>
     <row r="184" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A184" s="9" t="s">
-        <v>255</v>
+        <v>261</v>
       </c>
       <c r="B184" s="10" t="s">
-        <v>256</v>
+        <v>262</v>
       </c>
       <c r="C184" s="11">
-        <v>43899</v>
+        <v>43913</v>
       </c>
       <c r="D184" s="12">
-        <v>0.63702546296296292</v>
+        <v>0.64659722222222216</v>
       </c>
       <c r="E184" s="10" t="s">
-        <v>257</v>
+        <v>263</v>
       </c>
     </row>
     <row r="185" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A185" s="9" t="s">
-        <v>252</v>
+        <v>258</v>
       </c>
       <c r="B185" s="10" t="s">
-        <v>253</v>
+        <v>259</v>
       </c>
       <c r="C185" s="11">
-        <v>43858</v>
+        <v>43906</v>
       </c>
       <c r="D185" s="12">
-        <v>0.63166666666666671</v>
+        <v>0.64182870370370371</v>
       </c>
       <c r="E185" s="10" t="s">
-        <v>254</v>
+        <v>260</v>
       </c>
     </row>
     <row r="186" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A186" s="9" t="s">
-        <v>249</v>
+        <v>255</v>
       </c>
       <c r="B186" s="10" t="s">
-        <v>250</v>
+        <v>256</v>
       </c>
       <c r="C186" s="11">
-        <v>44160</v>
+        <v>43899</v>
       </c>
       <c r="D186" s="12">
-        <v>0.63064814814814818</v>
+        <v>0.63702546296296292</v>
       </c>
       <c r="E186" s="10" t="s">
-        <v>251</v>
+        <v>257</v>
       </c>
     </row>
     <row r="187" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A187" s="9" t="s">
-        <v>246</v>
+        <v>252</v>
       </c>
       <c r="B187" s="10" t="s">
-        <v>247</v>
+        <v>253</v>
       </c>
       <c r="C187" s="11">
-        <v>44153</v>
+        <v>43858</v>
       </c>
       <c r="D187" s="12">
-        <v>0.67814814814814817</v>
+        <v>0.63166666666666671</v>
       </c>
       <c r="E187" s="10" t="s">
-        <v>248</v>
+        <v>254</v>
       </c>
     </row>
     <row r="188" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A188" s="9" t="s">
-        <v>243</v>
+        <v>249</v>
       </c>
       <c r="B188" s="10" t="s">
-        <v>244</v>
+        <v>250</v>
       </c>
       <c r="C188" s="11">
-        <v>44049</v>
+        <v>44160</v>
       </c>
       <c r="D188" s="12">
-        <v>0.64583333333333337</v>
+        <v>0.63064814814814818</v>
       </c>
       <c r="E188" s="10" t="s">
-        <v>245</v>
+        <v>251</v>
       </c>
     </row>
     <row r="189" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A189" s="9" t="s">
-        <v>240</v>
+        <v>246</v>
       </c>
       <c r="B189" s="10" t="s">
-        <v>241</v>
+        <v>247</v>
       </c>
       <c r="C189" s="11">
-        <v>43950</v>
+        <v>44153</v>
       </c>
       <c r="D189" s="12">
-        <v>0.61703703703703705</v>
+        <v>0.67814814814814817</v>
       </c>
       <c r="E189" s="10" t="s">
-        <v>242</v>
+        <v>248</v>
       </c>
     </row>
     <row r="190" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A190" s="9" t="s">
-        <v>237</v>
+        <v>243</v>
       </c>
       <c r="B190" s="10" t="s">
-        <v>238</v>
+        <v>244</v>
       </c>
       <c r="C190" s="11">
-        <v>43944</v>
+        <v>44049</v>
       </c>
       <c r="D190" s="12">
-        <v>0.64246527777777784</v>
+        <v>0.64583333333333337</v>
       </c>
       <c r="E190" s="10" t="s">
-        <v>239</v>
+        <v>245</v>
       </c>
     </row>
     <row r="191" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A191" s="9" t="s">
-        <v>234</v>
+        <v>240</v>
       </c>
       <c r="B191" s="10" t="s">
-        <v>235</v>
+        <v>241</v>
       </c>
       <c r="C191" s="11">
-        <v>43942</v>
+        <v>43950</v>
       </c>
       <c r="D191" s="12">
-        <v>0.65092592592592591</v>
+        <v>0.61703703703703705</v>
       </c>
       <c r="E191" s="10" t="s">
-        <v>236</v>
+        <v>242</v>
       </c>
     </row>
     <row r="192" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A192" s="9" t="s">
-        <v>231</v>
+        <v>237</v>
       </c>
       <c r="B192" s="10" t="s">
-        <v>232</v>
+        <v>238</v>
       </c>
       <c r="C192" s="11">
-        <v>43929</v>
+        <v>43944</v>
       </c>
       <c r="D192" s="12">
-        <v>0.6715740740740741</v>
+        <v>0.64246527777777784</v>
       </c>
       <c r="E192" s="10" t="s">
-        <v>233</v>
+        <v>239</v>
       </c>
     </row>
     <row r="193" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A193" s="9" t="s">
-        <v>228</v>
+        <v>234</v>
       </c>
       <c r="B193" s="10" t="s">
-        <v>229</v>
+        <v>235</v>
       </c>
       <c r="C193" s="11">
-        <v>43923</v>
+        <v>43942</v>
       </c>
       <c r="D193" s="12">
-        <v>0.62819444444444439</v>
+        <v>0.65092592592592591</v>
       </c>
       <c r="E193" s="10" t="s">
-        <v>230</v>
+        <v>236</v>
       </c>
     </row>
     <row r="194" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A194" s="9" t="s">
-        <v>225</v>
+        <v>231</v>
       </c>
       <c r="B194" s="10" t="s">
-        <v>226</v>
+        <v>232</v>
       </c>
       <c r="C194" s="11">
-        <v>43921</v>
+        <v>43929</v>
       </c>
       <c r="D194" s="12">
-        <v>0.6366087962962963</v>
+        <v>0.6715740740740741</v>
       </c>
       <c r="E194" s="10" t="s">
-        <v>227</v>
+        <v>233</v>
       </c>
     </row>
     <row r="195" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A195" s="9" t="s">
-        <v>222</v>
+        <v>228</v>
       </c>
       <c r="B195" s="10" t="s">
-        <v>223</v>
+        <v>229</v>
       </c>
       <c r="C195" s="11">
-        <v>43908</v>
+        <v>43923</v>
       </c>
       <c r="D195" s="12">
-        <v>0.65688657407407403</v>
+        <v>0.62819444444444439</v>
       </c>
       <c r="E195" s="10" t="s">
-        <v>224</v>
+        <v>230</v>
       </c>
     </row>
     <row r="196" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A196" s="9" t="s">
-        <v>219</v>
+        <v>225</v>
       </c>
       <c r="B196" s="10" t="s">
-        <v>220</v>
+        <v>226</v>
       </c>
       <c r="C196" s="11">
-        <v>43902</v>
+        <v>43921</v>
       </c>
       <c r="D196" s="12">
-        <v>0.61342592592592593</v>
+        <v>0.6366087962962963</v>
       </c>
       <c r="E196" s="10" t="s">
-        <v>221</v>
+        <v>227</v>
       </c>
     </row>
     <row r="197" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A197" s="9" t="s">
-        <v>216</v>
+        <v>222</v>
       </c>
       <c r="B197" s="10" t="s">
-        <v>217</v>
+        <v>223</v>
       </c>
       <c r="C197" s="11">
-        <v>43900</v>
+        <v>43908</v>
       </c>
       <c r="D197" s="12">
-        <v>0.62182870370370369</v>
+        <v>0.65688657407407403</v>
       </c>
       <c r="E197" s="10" t="s">
-        <v>218</v>
+        <v>224</v>
       </c>
     </row>
     <row r="198" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A198" s="9" t="s">
-        <v>213</v>
+        <v>219</v>
       </c>
       <c r="B198" s="10" t="s">
-        <v>214</v>
+        <v>220</v>
       </c>
       <c r="C198" s="11">
-        <v>44169</v>
+        <v>43902</v>
       </c>
       <c r="D198" s="12">
-        <v>0.63194444444444442</v>
+        <v>0.61342592592592593</v>
       </c>
       <c r="E198" s="10" t="s">
-        <v>215</v>
+        <v>221</v>
       </c>
     </row>
     <row r="199" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A199" s="9" t="s">
-        <v>210</v>
+        <v>216</v>
       </c>
       <c r="B199" s="10" t="s">
-        <v>211</v>
+        <v>217</v>
       </c>
       <c r="C199" s="11">
-        <v>44119</v>
+        <v>43900</v>
       </c>
       <c r="D199" s="12">
-        <v>0.63888888888888895</v>
+        <v>0.62182870370370369</v>
       </c>
       <c r="E199" s="10" t="s">
-        <v>212</v>
+        <v>218</v>
       </c>
     </row>
     <row r="200" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A200" s="9" t="s">
-        <v>207</v>
+        <v>213</v>
       </c>
       <c r="B200" s="10" t="s">
-        <v>208</v>
+        <v>214</v>
       </c>
       <c r="C200" s="11">
-        <v>44036</v>
+        <v>44169</v>
       </c>
       <c r="D200" s="12">
-        <v>0.61805555555555558</v>
+        <v>0.63194444444444442</v>
       </c>
       <c r="E200" s="10" t="s">
-        <v>209</v>
+        <v>215</v>
       </c>
     </row>
     <row r="201" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A201" s="9" t="s">
-        <v>204</v>
+        <v>210</v>
       </c>
       <c r="B201" s="10" t="s">
-        <v>205</v>
+        <v>211</v>
       </c>
       <c r="C201" s="11">
-        <v>43944</v>
+        <v>44119</v>
       </c>
       <c r="D201" s="12">
-        <v>0.66875000000000007</v>
+        <v>0.63888888888888895</v>
       </c>
       <c r="E201" s="10" t="s">
-        <v>206</v>
+        <v>212</v>
       </c>
     </row>
     <row r="202" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A202" s="9" t="s">
-        <v>201</v>
+        <v>207</v>
       </c>
       <c r="B202" s="10" t="s">
-        <v>202</v>
+        <v>208</v>
       </c>
       <c r="C202" s="11">
-        <v>43839</v>
+        <v>44036</v>
       </c>
       <c r="D202" s="12">
-        <v>0.6665740740740741</v>
+        <v>0.61805555555555558</v>
       </c>
       <c r="E202" s="10" t="s">
-        <v>203</v>
+        <v>209</v>
       </c>
     </row>
     <row r="203" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A203" s="9" t="s">
-        <v>198</v>
+        <v>204</v>
       </c>
       <c r="B203" s="10" t="s">
-        <v>199</v>
+        <v>205</v>
       </c>
       <c r="C203" s="11">
-        <v>44144</v>
+        <v>43944</v>
       </c>
       <c r="D203" s="12">
-        <v>0.64930555555555558</v>
+        <v>0.66875000000000007</v>
       </c>
       <c r="E203" s="10" t="s">
-        <v>200</v>
+        <v>206</v>
       </c>
     </row>
     <row r="204" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A204" s="9" t="s">
-        <v>195</v>
+        <v>201</v>
       </c>
       <c r="B204" s="10" t="s">
-        <v>196</v>
+        <v>202</v>
       </c>
       <c r="C204" s="11">
-        <v>44024</v>
+        <v>43839</v>
       </c>
       <c r="D204" s="12">
-        <v>0.60788194444444443</v>
+        <v>0.6665740740740741</v>
       </c>
       <c r="E204" s="10" t="s">
-        <v>197</v>
+        <v>203</v>
       </c>
     </row>
     <row r="205" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A205" s="9" t="s">
-        <v>192</v>
+        <v>198</v>
       </c>
       <c r="B205" s="10" t="s">
-        <v>193</v>
+        <v>199</v>
       </c>
       <c r="C205" s="11">
-        <v>43959</v>
+        <v>44144</v>
       </c>
       <c r="D205" s="12">
-        <v>0.69142361111111106</v>
+        <v>0.64930555555555558</v>
       </c>
       <c r="E205" s="10" t="s">
-        <v>194</v>
+        <v>200</v>
       </c>
     </row>
     <row r="206" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A206" s="9" t="s">
-        <v>189</v>
+        <v>195</v>
       </c>
       <c r="B206" s="10" t="s">
-        <v>190</v>
+        <v>196</v>
       </c>
       <c r="C206" s="11">
-        <v>43946</v>
+        <v>44024</v>
       </c>
       <c r="D206" s="12">
-        <v>0.6434375</v>
+        <v>0.60788194444444443</v>
       </c>
       <c r="E206" s="10" t="s">
-        <v>191</v>
+        <v>197</v>
       </c>
     </row>
     <row r="207" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A207" s="9" t="s">
-        <v>186</v>
+        <v>192</v>
       </c>
       <c r="B207" s="10" t="s">
-        <v>187</v>
+        <v>193</v>
       </c>
       <c r="C207" s="11">
-        <v>43932</v>
-[...2 lines deleted...]
-        <v>0.63402777777777775</v>
+        <v>43959</v>
+      </c>
+      <c r="D207" s="12">
+        <v>0.69142361111111106</v>
       </c>
       <c r="E207" s="10" t="s">
-        <v>188</v>
+        <v>194</v>
       </c>
     </row>
     <row r="208" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A208" s="9" t="s">
-        <v>183</v>
+        <v>189</v>
       </c>
       <c r="B208" s="10" t="s">
-        <v>184</v>
+        <v>190</v>
       </c>
       <c r="C208" s="11">
-        <v>43904</v>
+        <v>43946</v>
       </c>
       <c r="D208" s="12">
-        <v>0.68327546296296304</v>
+        <v>0.6434375</v>
       </c>
       <c r="E208" s="10" t="s">
-        <v>185</v>
+        <v>191</v>
       </c>
     </row>
     <row r="209" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A209" s="9" t="s">
-        <v>180</v>
+        <v>186</v>
       </c>
       <c r="B209" s="10" t="s">
-        <v>181</v>
+        <v>187</v>
       </c>
       <c r="C209" s="11">
-        <v>43834</v>
-[...2 lines deleted...]
-        <v>0.68055555555555547</v>
+        <v>43932</v>
+      </c>
+      <c r="D209" s="13">
+        <v>0.63402777777777775</v>
       </c>
       <c r="E209" s="10" t="s">
-        <v>182</v>
+        <v>188</v>
       </c>
     </row>
     <row r="210" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A210" s="9" t="s">
-        <v>177</v>
+        <v>183</v>
       </c>
       <c r="B210" s="10" t="s">
-        <v>178</v>
+        <v>184</v>
       </c>
       <c r="C210" s="11">
-        <v>44150</v>
+        <v>43904</v>
       </c>
       <c r="D210" s="12">
-        <v>0.63839120370370372</v>
+        <v>0.68327546296296304</v>
       </c>
       <c r="E210" s="10" t="s">
-        <v>179</v>
+        <v>185</v>
       </c>
     </row>
     <row r="211" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A211" s="9" t="s">
-        <v>174</v>
+        <v>180</v>
       </c>
       <c r="B211" s="10" t="s">
-        <v>175</v>
+        <v>181</v>
       </c>
       <c r="C211" s="11">
-        <v>44086</v>
+        <v>43834</v>
       </c>
       <c r="D211" s="12">
-        <v>0.68008101851851854</v>
+        <v>0.68055555555555547</v>
       </c>
       <c r="E211" s="10" t="s">
-        <v>176</v>
+        <v>182</v>
       </c>
     </row>
     <row r="212" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A212" s="9" t="s">
-        <v>171</v>
+        <v>177</v>
       </c>
       <c r="B212" s="10" t="s">
-        <v>172</v>
+        <v>178</v>
       </c>
       <c r="C212" s="11">
-        <v>44081</v>
+        <v>44150</v>
       </c>
       <c r="D212" s="12">
-        <v>0.66753472222222221</v>
+        <v>0.63839120370370372</v>
       </c>
       <c r="E212" s="10" t="s">
-        <v>173</v>
+        <v>179</v>
       </c>
     </row>
     <row r="213" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A213" s="9" t="s">
-        <v>168</v>
+        <v>174</v>
       </c>
       <c r="B213" s="10" t="s">
-        <v>169</v>
+        <v>175</v>
       </c>
       <c r="C213" s="11">
-        <v>44072</v>
+        <v>44086</v>
       </c>
       <c r="D213" s="12">
-        <v>0.67237268518518523</v>
+        <v>0.68008101851851854</v>
       </c>
       <c r="E213" s="10" t="s">
-        <v>170</v>
+        <v>176</v>
       </c>
     </row>
     <row r="214" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A214" s="9" t="s">
-        <v>165</v>
+        <v>171</v>
       </c>
       <c r="B214" s="10" t="s">
-        <v>166</v>
+        <v>172</v>
       </c>
       <c r="C214" s="11">
-        <v>44065</v>
+        <v>44081</v>
       </c>
       <c r="D214" s="12">
-        <v>0.67244212962962957</v>
+        <v>0.66753472222222221</v>
       </c>
       <c r="E214" s="10" t="s">
-        <v>167</v>
+        <v>173</v>
       </c>
     </row>
     <row r="215" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A215" s="9" t="s">
-        <v>162</v>
+        <v>168</v>
       </c>
       <c r="B215" s="10" t="s">
-        <v>163</v>
+        <v>169</v>
       </c>
       <c r="C215" s="11">
-        <v>43996</v>
+        <v>44072</v>
       </c>
       <c r="D215" s="12">
-        <v>0.59864583333333332</v>
+        <v>0.67237268518518523</v>
       </c>
       <c r="E215" s="10" t="s">
-        <v>164</v>
-[...2 lines deleted...]
-    <row r="216" spans="1:5" ht="39.5" thickBot="1" x14ac:dyDescent="0.4">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="216" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A216" s="9" t="s">
-        <v>159</v>
+        <v>165</v>
       </c>
       <c r="B216" s="10" t="s">
-        <v>160</v>
+        <v>166</v>
       </c>
       <c r="C216" s="11">
-        <v>43981</v>
-[...2 lines deleted...]
-        <v>85</v>
+        <v>44065</v>
+      </c>
+      <c r="D216" s="12">
+        <v>0.67244212962962957</v>
       </c>
       <c r="E216" s="10" t="s">
-        <v>161</v>
+        <v>167</v>
       </c>
     </row>
     <row r="217" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A217" s="9" t="s">
-        <v>156</v>
+        <v>162</v>
       </c>
       <c r="B217" s="10" t="s">
-        <v>157</v>
+        <v>163</v>
       </c>
       <c r="C217" s="11">
-        <v>43940</v>
+        <v>43996</v>
       </c>
       <c r="D217" s="12">
-        <v>0.64803240740740742</v>
+        <v>0.59864583333333332</v>
       </c>
       <c r="E217" s="10" t="s">
-        <v>158</v>
-[...2 lines deleted...]
-    <row r="218" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
+        <v>164</v>
+      </c>
+    </row>
+    <row r="218" spans="1:5" ht="39.5" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A218" s="9" t="s">
-        <v>153</v>
+        <v>159</v>
       </c>
       <c r="B218" s="10" t="s">
-        <v>154</v>
+        <v>160</v>
       </c>
       <c r="C218" s="11">
-        <v>43862</v>
-[...2 lines deleted...]
-        <v>0.65358796296296295</v>
+        <v>43981</v>
+      </c>
+      <c r="D218" s="10" t="s">
+        <v>85</v>
       </c>
       <c r="E218" s="10" t="s">
-        <v>155</v>
+        <v>161</v>
       </c>
     </row>
     <row r="219" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A219" s="9" t="s">
-        <v>150</v>
+        <v>156</v>
       </c>
       <c r="B219" s="10" t="s">
-        <v>151</v>
+        <v>157</v>
       </c>
       <c r="C219" s="11">
-        <v>44173</v>
+        <v>43940</v>
       </c>
       <c r="D219" s="12">
-        <v>0.6430555555555556</v>
+        <v>0.64803240740740742</v>
       </c>
       <c r="E219" s="10" t="s">
-        <v>152</v>
+        <v>158</v>
       </c>
     </row>
     <row r="220" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A220" s="9" t="s">
-        <v>147</v>
+        <v>153</v>
       </c>
       <c r="B220" s="10" t="s">
-        <v>148</v>
+        <v>154</v>
       </c>
       <c r="C220" s="11">
-        <v>44166</v>
-[...2 lines deleted...]
-        <v>15</v>
+        <v>43862</v>
+      </c>
+      <c r="D220" s="12">
+        <v>0.65358796296296295</v>
       </c>
       <c r="E220" s="10" t="s">
-        <v>149</v>
+        <v>155</v>
       </c>
     </row>
     <row r="221" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A221" s="9" t="s">
-        <v>144</v>
+        <v>150</v>
       </c>
       <c r="B221" s="10" t="s">
-        <v>145</v>
+        <v>151</v>
       </c>
       <c r="C221" s="11">
-        <v>44110</v>
+        <v>44173</v>
       </c>
       <c r="D221" s="12">
-        <v>0.67013888888888884</v>
+        <v>0.6430555555555556</v>
       </c>
       <c r="E221" s="10" t="s">
-        <v>146</v>
+        <v>152</v>
       </c>
     </row>
     <row r="222" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A222" s="9" t="s">
-        <v>141</v>
+        <v>147</v>
       </c>
       <c r="B222" s="10" t="s">
-        <v>142</v>
+        <v>148</v>
       </c>
       <c r="C222" s="11">
-        <v>44046</v>
-[...2 lines deleted...]
-        <v>0.69444444444444453</v>
+        <v>44166</v>
+      </c>
+      <c r="D222" s="10" t="s">
+        <v>15</v>
       </c>
       <c r="E222" s="10" t="s">
-        <v>143</v>
+        <v>149</v>
       </c>
     </row>
     <row r="223" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A223" s="9" t="s">
-        <v>138</v>
+        <v>144</v>
       </c>
       <c r="B223" s="10" t="s">
-        <v>139</v>
+        <v>145</v>
       </c>
       <c r="C223" s="11">
-        <v>43964</v>
+        <v>44110</v>
       </c>
       <c r="D223" s="12">
-        <v>0.68055555555555547</v>
+        <v>0.67013888888888884</v>
       </c>
       <c r="E223" s="10" t="s">
-        <v>140</v>
+        <v>146</v>
       </c>
     </row>
     <row r="224" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A224" s="9" t="s">
-        <v>135</v>
+        <v>141</v>
       </c>
       <c r="B224" s="10" t="s">
-        <v>136</v>
+        <v>142</v>
       </c>
       <c r="C224" s="11">
-        <v>43962</v>
-[...2 lines deleted...]
-        <v>15</v>
+        <v>44046</v>
+      </c>
+      <c r="D224" s="12">
+        <v>0.69444444444444453</v>
       </c>
       <c r="E224" s="10" t="s">
-        <v>137</v>
+        <v>143</v>
       </c>
     </row>
     <row r="225" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A225" s="9" t="s">
-        <v>132</v>
+        <v>138</v>
       </c>
       <c r="B225" s="10" t="s">
-        <v>133</v>
+        <v>139</v>
       </c>
       <c r="C225" s="11">
-        <v>43892</v>
+        <v>43964</v>
       </c>
       <c r="D225" s="12">
-        <v>0.74097222222222225</v>
+        <v>0.68055555555555547</v>
       </c>
       <c r="E225" s="10" t="s">
-        <v>134</v>
+        <v>140</v>
       </c>
     </row>
     <row r="226" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A226" s="9" t="s">
-        <v>129</v>
+        <v>135</v>
       </c>
       <c r="B226" s="10" t="s">
-        <v>130</v>
+        <v>136</v>
       </c>
       <c r="C226" s="11">
-        <v>43842</v>
-[...2 lines deleted...]
-        <v>0.77281250000000001</v>
+        <v>43962</v>
+      </c>
+      <c r="D226" s="10" t="s">
+        <v>15</v>
       </c>
       <c r="E226" s="10" t="s">
-        <v>131</v>
+        <v>137</v>
       </c>
     </row>
     <row r="227" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A227" s="9" t="s">
-        <v>126</v>
+        <v>132</v>
       </c>
       <c r="B227" s="10" t="s">
-        <v>127</v>
+        <v>133</v>
       </c>
       <c r="C227" s="11">
-        <v>44153</v>
+        <v>43892</v>
       </c>
       <c r="D227" s="12">
-        <v>0.64724537037037033</v>
+        <v>0.74097222222222225</v>
       </c>
       <c r="E227" s="10" t="s">
-        <v>128</v>
+        <v>134</v>
       </c>
     </row>
     <row r="228" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A228" s="9" t="s">
-        <v>123</v>
+        <v>129</v>
       </c>
       <c r="B228" s="10" t="s">
-        <v>124</v>
+        <v>130</v>
       </c>
       <c r="C228" s="11">
-        <v>44116</v>
+        <v>43842</v>
       </c>
       <c r="D228" s="12">
-        <v>0.65950231481481481</v>
+        <v>0.77281250000000001</v>
       </c>
       <c r="E228" s="10" t="s">
-        <v>125</v>
+        <v>131</v>
       </c>
     </row>
     <row r="229" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A229" s="9" t="s">
-        <v>120</v>
+        <v>126</v>
       </c>
       <c r="B229" s="10" t="s">
-        <v>121</v>
+        <v>127</v>
       </c>
       <c r="C229" s="11">
-        <v>44109</v>
+        <v>44153</v>
       </c>
       <c r="D229" s="12">
-        <v>0.65575231481481489</v>
+        <v>0.64724537037037033</v>
       </c>
       <c r="E229" s="10" t="s">
-        <v>122</v>
+        <v>128</v>
       </c>
     </row>
     <row r="230" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A230" s="9" t="s">
-        <v>117</v>
+        <v>123</v>
       </c>
       <c r="B230" s="10" t="s">
-        <v>118</v>
+        <v>124</v>
       </c>
       <c r="C230" s="11">
-        <v>44102</v>
+        <v>44116</v>
       </c>
       <c r="D230" s="12">
-        <v>0.65201388888888889</v>
+        <v>0.65950231481481481</v>
       </c>
       <c r="E230" s="10" t="s">
-        <v>119</v>
+        <v>125</v>
       </c>
     </row>
     <row r="231" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A231" s="9" t="s">
-        <v>114</v>
+        <v>120</v>
       </c>
       <c r="B231" s="10" t="s">
-        <v>115</v>
+        <v>121</v>
       </c>
       <c r="C231" s="11">
-        <v>44095</v>
+        <v>44109</v>
       </c>
       <c r="D231" s="12">
-        <v>0.6482754629629629</v>
+        <v>0.65575231481481489</v>
       </c>
       <c r="E231" s="10" t="s">
-        <v>116</v>
+        <v>122</v>
       </c>
     </row>
     <row r="232" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A232" s="9" t="s">
-        <v>111</v>
+        <v>117</v>
       </c>
       <c r="B232" s="10" t="s">
-        <v>112</v>
+        <v>118</v>
       </c>
       <c r="C232" s="11">
-        <v>44088</v>
+        <v>44102</v>
       </c>
       <c r="D232" s="12">
-        <v>0.64451388888888894</v>
+        <v>0.65201388888888889</v>
       </c>
       <c r="E232" s="10" t="s">
-        <v>113</v>
+        <v>119</v>
       </c>
     </row>
     <row r="233" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A233" s="9" t="s">
-        <v>108</v>
+        <v>114</v>
       </c>
       <c r="B233" s="10" t="s">
-        <v>109</v>
+        <v>115</v>
       </c>
       <c r="C233" s="11">
-        <v>44048</v>
+        <v>44095</v>
       </c>
       <c r="D233" s="12">
-        <v>0.43872685185185184</v>
+        <v>0.6482754629629629</v>
       </c>
       <c r="E233" s="10" t="s">
-        <v>110</v>
+        <v>116</v>
       </c>
     </row>
     <row r="234" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A234" s="9" t="s">
-        <v>105</v>
+        <v>111</v>
       </c>
       <c r="B234" s="10" t="s">
-        <v>106</v>
+        <v>112</v>
       </c>
       <c r="C234" s="11">
-        <v>44004</v>
+        <v>44088</v>
       </c>
       <c r="D234" s="12">
-        <v>0.8652777777777777</v>
+        <v>0.64451388888888894</v>
       </c>
       <c r="E234" s="10" t="s">
-        <v>107</v>
+        <v>113</v>
       </c>
     </row>
     <row r="235" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A235" s="9" t="s">
-        <v>102</v>
+        <v>108</v>
       </c>
       <c r="B235" s="10" t="s">
-        <v>103</v>
+        <v>109</v>
       </c>
       <c r="C235" s="11">
-        <v>43942</v>
+        <v>44048</v>
       </c>
       <c r="D235" s="12">
-        <v>0.65902777777777777</v>
+        <v>0.43872685185185184</v>
       </c>
       <c r="E235" s="10" t="s">
-        <v>104</v>
+        <v>110</v>
       </c>
     </row>
     <row r="236" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A236" s="9" t="s">
-        <v>99</v>
+        <v>105</v>
       </c>
       <c r="B236" s="10" t="s">
-        <v>100</v>
+        <v>106</v>
       </c>
       <c r="C236" s="11">
-        <v>43921</v>
+        <v>44004</v>
       </c>
       <c r="D236" s="12">
-        <v>0.63916666666666666</v>
+        <v>0.8652777777777777</v>
       </c>
       <c r="E236" s="10" t="s">
-        <v>101</v>
+        <v>107</v>
       </c>
     </row>
     <row r="237" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A237" s="9" t="s">
-        <v>96</v>
+        <v>102</v>
       </c>
       <c r="B237" s="10" t="s">
-        <v>97</v>
+        <v>103</v>
       </c>
       <c r="C237" s="11">
-        <v>43851</v>
+        <v>43942</v>
       </c>
       <c r="D237" s="12">
-        <v>0.66666666666666663</v>
+        <v>0.65902777777777777</v>
       </c>
       <c r="E237" s="10" t="s">
-        <v>98</v>
+        <v>104</v>
       </c>
     </row>
     <row r="238" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A238" s="9" t="s">
-        <v>93</v>
+        <v>99</v>
       </c>
       <c r="B238" s="10" t="s">
-        <v>94</v>
+        <v>100</v>
       </c>
       <c r="C238" s="11">
-        <v>44182</v>
+        <v>43921</v>
       </c>
       <c r="D238" s="12">
-        <v>0.71527777777777779</v>
+        <v>0.63916666666666666</v>
       </c>
       <c r="E238" s="10" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
     </row>
     <row r="239" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A239" s="9" t="s">
-        <v>90</v>
+        <v>96</v>
       </c>
       <c r="B239" s="10" t="s">
-        <v>91</v>
+        <v>97</v>
       </c>
       <c r="C239" s="11">
-        <v>44140</v>
+        <v>43851</v>
       </c>
       <c r="D239" s="12">
-        <v>0.625</v>
+        <v>0.66666666666666663</v>
       </c>
       <c r="E239" s="10" t="s">
-        <v>92</v>
+        <v>98</v>
       </c>
     </row>
     <row r="240" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A240" s="9" t="s">
-        <v>87</v>
+        <v>93</v>
       </c>
       <c r="B240" s="10" t="s">
-        <v>88</v>
+        <v>94</v>
       </c>
       <c r="C240" s="11">
-        <v>44111</v>
+        <v>44182</v>
       </c>
       <c r="D240" s="12">
-        <v>0.6371296296296296</v>
+        <v>0.71527777777777779</v>
       </c>
       <c r="E240" s="10" t="s">
-        <v>89</v>
+        <v>95</v>
       </c>
     </row>
     <row r="241" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A241" s="9" t="s">
-        <v>83</v>
+        <v>90</v>
       </c>
       <c r="B241" s="10" t="s">
-        <v>84</v>
+        <v>91</v>
       </c>
       <c r="C241" s="11">
-        <v>44055</v>
-[...2 lines deleted...]
-        <v>85</v>
+        <v>44140</v>
+      </c>
+      <c r="D241" s="12">
+        <v>0.625</v>
       </c>
       <c r="E241" s="10" t="s">
-        <v>86</v>
+        <v>92</v>
       </c>
     </row>
     <row r="242" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A242" s="9" t="s">
-        <v>80</v>
+        <v>87</v>
       </c>
       <c r="B242" s="10" t="s">
-        <v>81</v>
+        <v>88</v>
       </c>
       <c r="C242" s="11">
-        <v>43994</v>
+        <v>44111</v>
       </c>
       <c r="D242" s="12">
-        <v>0.65798611111111105</v>
+        <v>0.6371296296296296</v>
       </c>
       <c r="E242" s="10" t="s">
-        <v>82</v>
+        <v>89</v>
       </c>
     </row>
     <row r="243" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A243" s="9" t="s">
-        <v>77</v>
+        <v>83</v>
       </c>
       <c r="B243" s="10" t="s">
-        <v>78</v>
+        <v>84</v>
       </c>
       <c r="C243" s="11">
-        <v>43945</v>
-[...2 lines deleted...]
-        <v>0.70118055555555558</v>
+        <v>44055</v>
+      </c>
+      <c r="D243" s="10" t="s">
+        <v>85</v>
       </c>
       <c r="E243" s="10" t="s">
-        <v>79</v>
+        <v>86</v>
       </c>
     </row>
     <row r="244" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A244" s="9" t="s">
-        <v>74</v>
+        <v>80</v>
       </c>
       <c r="B244" s="10" t="s">
-        <v>75</v>
+        <v>81</v>
       </c>
       <c r="C244" s="11">
-        <v>43909</v>
+        <v>43994</v>
       </c>
       <c r="D244" s="12">
-        <v>0.67708333333333337</v>
+        <v>0.65798611111111105</v>
       </c>
       <c r="E244" s="10" t="s">
-        <v>76</v>
+        <v>82</v>
       </c>
     </row>
     <row r="245" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A245" s="9" t="s">
-        <v>71</v>
+        <v>77</v>
       </c>
       <c r="B245" s="10" t="s">
-        <v>72</v>
+        <v>78</v>
       </c>
       <c r="C245" s="11">
-        <v>43860</v>
+        <v>43945</v>
       </c>
       <c r="D245" s="12">
-        <v>0.8930555555555556</v>
+        <v>0.70118055555555558</v>
       </c>
       <c r="E245" s="10" t="s">
-        <v>73</v>
+        <v>79</v>
       </c>
     </row>
     <row r="246" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A246" s="9" t="s">
-        <v>68</v>
+        <v>74</v>
       </c>
       <c r="B246" s="10" t="s">
-        <v>69</v>
+        <v>75</v>
       </c>
       <c r="C246" s="11">
-        <v>43833</v>
+        <v>43909</v>
       </c>
       <c r="D246" s="12">
-        <v>0.66319444444444442</v>
+        <v>0.67708333333333337</v>
       </c>
       <c r="E246" s="10" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
     </row>
     <row r="247" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A247" s="9" t="s">
-        <v>65</v>
+        <v>71</v>
       </c>
       <c r="B247" s="10" t="s">
-        <v>66</v>
+        <v>72</v>
       </c>
       <c r="C247" s="11">
-        <v>44177</v>
+        <v>43860</v>
       </c>
       <c r="D247" s="12">
-        <v>0.65277777777777779</v>
+        <v>0.8930555555555556</v>
       </c>
       <c r="E247" s="10" t="s">
-        <v>67</v>
+        <v>73</v>
       </c>
     </row>
     <row r="248" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A248" s="9" t="s">
-        <v>62</v>
+        <v>68</v>
       </c>
       <c r="B248" s="10" t="s">
-        <v>63</v>
+        <v>69</v>
       </c>
       <c r="C248" s="11">
-        <v>44147</v>
+        <v>43833</v>
       </c>
       <c r="D248" s="12">
-        <v>0.65312500000000007</v>
+        <v>0.66319444444444442</v>
       </c>
       <c r="E248" s="10" t="s">
-        <v>64</v>
+        <v>70</v>
       </c>
     </row>
     <row r="249" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A249" s="9" t="s">
-        <v>59</v>
+        <v>65</v>
       </c>
       <c r="B249" s="10" t="s">
-        <v>60</v>
+        <v>66</v>
       </c>
       <c r="C249" s="11">
-        <v>44121</v>
+        <v>44177</v>
       </c>
       <c r="D249" s="12">
-        <v>0.65138888888888891</v>
+        <v>0.65277777777777779</v>
       </c>
       <c r="E249" s="10" t="s">
-        <v>61</v>
+        <v>67</v>
       </c>
     </row>
     <row r="250" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A250" s="9" t="s">
-        <v>56</v>
+        <v>62</v>
       </c>
       <c r="B250" s="10" t="s">
-        <v>57</v>
+        <v>63</v>
       </c>
       <c r="C250" s="11">
-        <v>44090</v>
+        <v>44147</v>
       </c>
       <c r="D250" s="12">
-        <v>0.62361111111111112</v>
+        <v>0.65312500000000007</v>
       </c>
       <c r="E250" s="10" t="s">
-        <v>58</v>
+        <v>64</v>
       </c>
     </row>
     <row r="251" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A251" s="9" t="s">
-        <v>53</v>
+        <v>59</v>
       </c>
       <c r="B251" s="10" t="s">
-        <v>54</v>
+        <v>60</v>
       </c>
       <c r="C251" s="11">
-        <v>44065</v>
+        <v>44121</v>
       </c>
       <c r="D251" s="12">
-        <v>0.64722222222222225</v>
+        <v>0.65138888888888891</v>
       </c>
       <c r="E251" s="10" t="s">
-        <v>55</v>
+        <v>61</v>
       </c>
     </row>
     <row r="252" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A252" s="9" t="s">
+        <v>56</v>
+      </c>
+      <c r="B252" s="10" t="s">
+        <v>57</v>
+      </c>
+      <c r="C252" s="11">
+        <v>44090</v>
+      </c>
+      <c r="D252" s="12">
+        <v>0.62361111111111112</v>
+      </c>
+      <c r="E252" s="10" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="253" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A253" s="9" t="s">
+        <v>53</v>
+      </c>
+      <c r="B253" s="10" t="s">
+        <v>54</v>
+      </c>
+      <c r="C253" s="11">
+        <v>44065</v>
+      </c>
+      <c r="D253" s="12">
+        <v>0.64722222222222225</v>
+      </c>
+      <c r="E253" s="10" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="254" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A254" s="9" t="s">
         <v>50</v>
       </c>
-      <c r="B252" s="10" t="s">
+      <c r="B254" s="10" t="s">
         <v>51</v>
       </c>
-      <c r="C252" s="11">
+      <c r="C254" s="11">
         <v>44023</v>
       </c>
-      <c r="D252" s="12">
+      <c r="D254" s="12">
         <v>0.63055555555555554</v>
       </c>
-      <c r="E252" s="10" t="s">
+      <c r="E254" s="10" t="s">
         <v>52</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="5">
     <mergeCell ref="A1:E1"/>
     <mergeCell ref="B2:B3"/>
     <mergeCell ref="C2:C3"/>
     <mergeCell ref="D2:D3"/>
     <mergeCell ref="E2:E3"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{A5DEBD50-F884-4E45-B90F-B61463F55532}">
-  <dimension ref="A1:F271"/>
+  <dimension ref="A1:F273"/>
   <sheetViews>
     <sheetView workbookViewId="0">
-      <selection activeCell="E3" sqref="E3"/>
+      <selection activeCell="F3" sqref="F3"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.81640625" defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
     <col min="1" max="1" width="19.1796875" customWidth="1"/>
     <col min="2" max="2" width="11.453125" customWidth="1"/>
     <col min="3" max="3" width="12.453125" customWidth="1"/>
     <col min="4" max="4" width="12.7265625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" ht="15.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A1" s="56" t="s">
         <v>735</v>
       </c>
       <c r="B1" s="57"/>
       <c r="C1" s="57"/>
       <c r="D1" s="57"/>
       <c r="E1" s="57"/>
       <c r="F1" s="57"/>
     </row>
     <row r="2" spans="1:6" ht="30" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A2" s="26" t="s">
         <v>46</v>
       </c>
       <c r="B2" s="14" t="s">
         <v>47</v>
       </c>
       <c r="C2" s="14" t="s">
         <v>736</v>
       </c>
       <c r="D2" s="21" t="s">
         <v>737</v>
       </c>
       <c r="E2" s="26" t="s">
         <v>738</v>
       </c>
       <c r="F2" s="26" t="s">
         <v>739</v>
       </c>
     </row>
     <row r="3" spans="1:6" ht="15.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A3" s="9" t="s">
-        <v>1682</v>
+        <v>1695</v>
       </c>
       <c r="B3" s="11">
-        <v>45934</v>
+        <v>45994</v>
       </c>
       <c r="C3" s="28" t="s">
-        <v>1683</v>
+        <v>1696</v>
       </c>
       <c r="D3" s="10" t="s">
-        <v>1684</v>
+        <v>1697</v>
       </c>
       <c r="E3" s="20">
-        <v>0.71111111111111114</v>
+        <v>0.59097222222222223</v>
       </c>
       <c r="F3" s="29">
-        <v>7.6388888888888895E-2</v>
+        <v>0.60902777777777772</v>
       </c>
     </row>
     <row r="4" spans="1:6" ht="15.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A4" s="9" t="s">
-        <v>1678</v>
+        <v>1692</v>
       </c>
       <c r="B4" s="11">
-        <v>45906</v>
+        <v>45965</v>
       </c>
       <c r="C4" s="28" t="s">
-        <v>1679</v>
+        <v>1693</v>
       </c>
       <c r="D4" s="10" t="s">
-        <v>1681</v>
-[...4 lines deleted...]
-      <c r="F4" s="55"/>
+        <v>1694</v>
+      </c>
+      <c r="E4" s="20">
+        <v>0.16250000000000001</v>
+      </c>
+      <c r="F4" s="29">
+        <v>0.17916666666666667</v>
+      </c>
     </row>
     <row r="5" spans="1:6" ht="15.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A5" s="9" t="s">
-        <v>1670</v>
+        <v>1682</v>
       </c>
       <c r="B5" s="11">
-        <v>45876</v>
+        <v>45934</v>
       </c>
       <c r="C5" s="28" t="s">
-        <v>1671</v>
+        <v>1683</v>
       </c>
       <c r="D5" s="10" t="s">
-        <v>1680</v>
-[...4 lines deleted...]
-      <c r="F5" s="55"/>
+        <v>1684</v>
+      </c>
+      <c r="E5" s="20">
+        <v>0.71111111111111114</v>
+      </c>
+      <c r="F5" s="29">
+        <v>0.7270833333333333</v>
+      </c>
     </row>
     <row r="6" spans="1:6" ht="15.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A6" s="9" t="s">
-        <v>1667</v>
+        <v>1678</v>
       </c>
       <c r="B6" s="11">
-        <v>45846</v>
+        <v>45906</v>
       </c>
       <c r="C6" s="28" t="s">
-        <v>1668</v>
+        <v>1679</v>
       </c>
       <c r="D6" s="10" t="s">
-        <v>1669</v>
+        <v>1681</v>
       </c>
       <c r="E6" s="54" t="s">
         <v>885</v>
       </c>
       <c r="F6" s="55"/>
     </row>
     <row r="7" spans="1:6" ht="15.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A7" s="9" t="s">
-        <v>1652</v>
+        <v>1670</v>
       </c>
       <c r="B7" s="11">
-        <v>45816</v>
+        <v>45876</v>
       </c>
       <c r="C7" s="28" t="s">
-        <v>1653</v>
+        <v>1671</v>
       </c>
       <c r="D7" s="10" t="s">
-        <v>1654</v>
-[...6 lines deleted...]
-      </c>
+        <v>1680</v>
+      </c>
+      <c r="E7" s="54" t="s">
+        <v>885</v>
+      </c>
+      <c r="F7" s="55"/>
     </row>
     <row r="8" spans="1:6" ht="15.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A8" s="9" t="s">
+        <v>1667</v>
+      </c>
+      <c r="B8" s="11">
+        <v>45846</v>
+      </c>
+      <c r="C8" s="28" t="s">
+        <v>1668</v>
+      </c>
+      <c r="D8" s="10" t="s">
+        <v>1669</v>
+      </c>
+      <c r="E8" s="54" t="s">
+        <v>885</v>
+      </c>
+      <c r="F8" s="55"/>
+    </row>
+    <row r="9" spans="1:6" ht="15.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A9" s="9" t="s">
+        <v>1652</v>
+      </c>
+      <c r="B9" s="11">
+        <v>45816</v>
+      </c>
+      <c r="C9" s="28" t="s">
+        <v>1653</v>
+      </c>
+      <c r="D9" s="10" t="s">
+        <v>1654</v>
+      </c>
+      <c r="E9" s="20">
+        <v>5.6944444444444443E-2</v>
+      </c>
+      <c r="F9" s="29">
+        <v>7.6388888888888895E-2</v>
+      </c>
+    </row>
+    <row r="10" spans="1:6" ht="15.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A10" s="9" t="s">
         <v>1649</v>
       </c>
-      <c r="B8" s="11">
+      <c r="B10" s="11">
         <v>45786</v>
       </c>
-      <c r="C8" s="28" t="s">
+      <c r="C10" s="28" t="s">
         <v>1650</v>
       </c>
-      <c r="D8" s="10" t="s">
+      <c r="D10" s="10" t="s">
         <v>1651</v>
       </c>
-      <c r="E8" s="20">
+      <c r="E10" s="20">
         <v>0.60972222222222228</v>
       </c>
-      <c r="F8" s="29">
+      <c r="F10" s="29">
         <v>0.62638888888888888</v>
-      </c>
-[...38 lines deleted...]
-        <v>0.41111111111111115</v>
       </c>
     </row>
     <row r="11" spans="1:6" ht="15.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A11" s="9" t="s">
-        <v>1494</v>
+        <v>1500</v>
       </c>
       <c r="B11" s="11">
-        <v>45696</v>
+        <v>45756</v>
       </c>
       <c r="C11" s="28" t="s">
-        <v>1495</v>
+        <v>1501</v>
       </c>
       <c r="D11" s="10" t="s">
-        <v>1496</v>
+        <v>1502</v>
       </c>
       <c r="E11" s="20">
-        <v>0.94097222222222221</v>
+        <v>0.95138888888888884</v>
       </c>
       <c r="F11" s="29">
-        <v>0.95763888888888893</v>
+        <v>0.96736111111111101</v>
       </c>
     </row>
     <row r="12" spans="1:6" ht="15.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A12" s="9" t="s">
-        <v>1491</v>
+        <v>1497</v>
       </c>
       <c r="B12" s="11">
-        <v>45667</v>
+        <v>45726</v>
       </c>
       <c r="C12" s="28" t="s">
-        <v>1492</v>
+        <v>1498</v>
       </c>
       <c r="D12" s="10" t="s">
-        <v>1493</v>
+        <v>1499</v>
       </c>
       <c r="E12" s="20">
-        <v>0.4861111111111111</v>
+        <v>0.39652777777777781</v>
       </c>
       <c r="F12" s="29">
-        <v>0.50069444444444444</v>
+        <v>0.41111111111111115</v>
       </c>
     </row>
     <row r="13" spans="1:6" ht="15.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A13" s="9" t="s">
-        <v>1488</v>
+        <v>1494</v>
       </c>
       <c r="B13" s="11">
-        <v>45638</v>
+        <v>45696</v>
       </c>
       <c r="C13" s="28" t="s">
-        <v>1489</v>
+        <v>1495</v>
       </c>
       <c r="D13" s="10" t="s">
-        <v>1490</v>
+        <v>1496</v>
       </c>
       <c r="E13" s="20">
-        <v>0.85555555555555562</v>
+        <v>0.94097222222222221</v>
       </c>
       <c r="F13" s="29">
-        <v>0.87083333333333324</v>
+        <v>0.95763888888888893</v>
       </c>
     </row>
     <row r="14" spans="1:6" ht="15.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A14" s="9" t="s">
-        <v>1485</v>
+        <v>1491</v>
       </c>
       <c r="B14" s="11">
-        <v>45609</v>
+        <v>45667</v>
       </c>
       <c r="C14" s="28" t="s">
-        <v>1486</v>
+        <v>1492</v>
       </c>
       <c r="D14" s="10" t="s">
-        <v>1487</v>
+        <v>1493</v>
       </c>
       <c r="E14" s="20">
-        <v>0.47083333333333338</v>
+        <v>0.4861111111111111</v>
       </c>
       <c r="F14" s="29">
-        <v>0.48541666666666666</v>
+        <v>0.50069444444444444</v>
       </c>
     </row>
     <row r="15" spans="1:6" ht="15.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A15" s="9" t="s">
+        <v>1488</v>
+      </c>
+      <c r="B15" s="11">
+        <v>45638</v>
+      </c>
+      <c r="C15" s="28" t="s">
+        <v>1489</v>
+      </c>
+      <c r="D15" s="10" t="s">
+        <v>1490</v>
+      </c>
+      <c r="E15" s="20">
+        <v>0.85555555555555562</v>
+      </c>
+      <c r="F15" s="29">
+        <v>0.87083333333333324</v>
+      </c>
+    </row>
+    <row r="16" spans="1:6" ht="15.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A16" s="9" t="s">
+        <v>1485</v>
+      </c>
+      <c r="B16" s="11">
+        <v>45609</v>
+      </c>
+      <c r="C16" s="28" t="s">
+        <v>1486</v>
+      </c>
+      <c r="D16" s="10" t="s">
+        <v>1487</v>
+      </c>
+      <c r="E16" s="20">
+        <v>0.47083333333333338</v>
+      </c>
+      <c r="F16" s="29">
+        <v>0.48541666666666666</v>
+      </c>
+    </row>
+    <row r="17" spans="1:6" ht="15.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A17" s="9" t="s">
         <v>1482</v>
       </c>
-      <c r="B15" s="11">
+      <c r="B17" s="11">
         <v>45579</v>
       </c>
-      <c r="C15" s="28" t="s">
+      <c r="C17" s="28" t="s">
         <v>1483</v>
       </c>
-      <c r="D15" s="10" t="s">
+      <c r="D17" s="10" t="s">
         <v>1484</v>
       </c>
-      <c r="E15" s="20">
+      <c r="E17" s="20">
         <v>0.6020833333333333</v>
       </c>
-      <c r="F15" s="29">
+      <c r="F17" s="29">
         <v>0.61944444444444446</v>
       </c>
     </row>
-    <row r="16" spans="1:6" ht="15.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
-      <c r="A16" s="28" t="s">
+    <row r="18" spans="1:6" ht="15.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A18" s="28" t="s">
         <v>1479</v>
       </c>
-      <c r="B16" s="45">
+      <c r="B18" s="45">
         <v>45549</v>
       </c>
-      <c r="C16" s="28" t="s">
+      <c r="C18" s="28" t="s">
         <v>1480</v>
       </c>
-      <c r="D16" s="35" t="s">
+      <c r="D18" s="35" t="s">
         <v>1481</v>
-      </c>
-[...34 lines deleted...]
-        <v>1415</v>
       </c>
       <c r="E18" s="54" t="s">
         <v>885</v>
       </c>
       <c r="F18" s="55"/>
     </row>
-    <row r="19" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
-[...4 lines deleted...]
-        <v>45461</v>
+    <row r="19" spans="1:6" ht="15.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A19" s="28" t="s">
+        <v>1476</v>
+      </c>
+      <c r="B19" s="45">
+        <v>45519</v>
       </c>
       <c r="C19" s="28" t="s">
-        <v>1411</v>
-[...9 lines deleted...]
-      </c>
+        <v>1477</v>
+      </c>
+      <c r="D19" s="35" t="s">
+        <v>1478</v>
+      </c>
+      <c r="E19" s="54" t="s">
+        <v>885</v>
+      </c>
+      <c r="F19" s="55"/>
     </row>
     <row r="20" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
-      <c r="A20" s="9" t="s">
-[...3 lines deleted...]
-        <v>45431</v>
+      <c r="A20" s="28" t="s">
+        <v>1413</v>
+      </c>
+      <c r="B20" s="45">
+        <v>45490</v>
       </c>
       <c r="C20" s="28" t="s">
-        <v>1408</v>
-[...9 lines deleted...]
-      </c>
+        <v>1414</v>
+      </c>
+      <c r="D20" s="35" t="s">
+        <v>1415</v>
+      </c>
+      <c r="E20" s="54" t="s">
+        <v>885</v>
+      </c>
+      <c r="F20" s="55"/>
     </row>
     <row r="21" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A21" s="9" t="s">
-        <v>1404</v>
+        <v>1410</v>
       </c>
       <c r="B21" s="11">
-        <v>45401</v>
+        <v>45461</v>
       </c>
       <c r="C21" s="28" t="s">
-        <v>1405</v>
+        <v>1411</v>
       </c>
       <c r="D21" s="10" t="s">
-        <v>1406</v>
+        <v>1412</v>
       </c>
       <c r="E21" s="20">
-        <v>0.96805555555555556</v>
+        <v>0.35833333333333334</v>
       </c>
       <c r="F21" s="29">
-        <v>0.98263888888888884</v>
+        <v>0.37777777777777777</v>
       </c>
     </row>
     <row r="22" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A22" s="9" t="s">
-        <v>1401</v>
+        <v>1407</v>
       </c>
       <c r="B22" s="11">
-        <v>45371</v>
+        <v>45431</v>
       </c>
       <c r="C22" s="28" t="s">
-        <v>1402</v>
+        <v>1408</v>
       </c>
       <c r="D22" s="10" t="s">
-        <v>1403</v>
+        <v>1409</v>
       </c>
       <c r="E22" s="20">
-        <v>0.64652777777777781</v>
+        <v>0.73611111111111116</v>
       </c>
       <c r="F22" s="29">
-        <v>0.66249999999999998</v>
+        <v>0.75208333333333333</v>
       </c>
     </row>
     <row r="23" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A23" s="9" t="s">
-        <v>1398</v>
+        <v>1404</v>
       </c>
       <c r="B23" s="11">
-        <v>45342</v>
+        <v>45401</v>
       </c>
       <c r="C23" s="28" t="s">
-        <v>1399</v>
+        <v>1405</v>
       </c>
       <c r="D23" s="10" t="s">
-        <v>1400</v>
+        <v>1406</v>
       </c>
       <c r="E23" s="20">
-        <v>1.5277777777777777E-2</v>
+        <v>0.96805555555555556</v>
       </c>
       <c r="F23" s="29">
-        <v>3.2638888888888891E-2</v>
+        <v>0.98263888888888884</v>
       </c>
     </row>
     <row r="24" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A24" s="9" t="s">
-        <v>1392</v>
+        <v>1401</v>
       </c>
       <c r="B24" s="11">
-        <v>45312</v>
+        <v>45371</v>
       </c>
       <c r="C24" s="28" t="s">
-        <v>1393</v>
+        <v>1402</v>
       </c>
       <c r="D24" s="10" t="s">
-        <v>1394</v>
+        <v>1403</v>
       </c>
       <c r="E24" s="20">
-        <v>0.38472222222222219</v>
+        <v>0.64652777777777781</v>
       </c>
       <c r="F24" s="29">
-        <v>0.39999999999999997</v>
+        <v>0.66249999999999998</v>
       </c>
     </row>
     <row r="25" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A25" s="9" t="s">
-        <v>1389</v>
+        <v>1398</v>
       </c>
       <c r="B25" s="11">
-        <v>45283</v>
+        <v>45342</v>
       </c>
       <c r="C25" s="28" t="s">
-        <v>1390</v>
+        <v>1399</v>
       </c>
       <c r="D25" s="10" t="s">
-        <v>1391</v>
+        <v>1400</v>
       </c>
       <c r="E25" s="20">
-        <v>0.3756944444444445</v>
+        <v>1.5277777777777777E-2</v>
       </c>
       <c r="F25" s="29">
-        <v>0.38958333333333334</v>
+        <v>3.2638888888888891E-2</v>
       </c>
     </row>
     <row r="26" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A26" s="9" t="s">
-        <v>1386</v>
+        <v>1392</v>
       </c>
       <c r="B26" s="11">
-        <v>45254</v>
+        <v>45312</v>
       </c>
       <c r="C26" s="28" t="s">
-        <v>1387</v>
+        <v>1393</v>
       </c>
       <c r="D26" s="10" t="s">
-        <v>1388</v>
+        <v>1394</v>
       </c>
       <c r="E26" s="20">
-        <v>0.70624999999999993</v>
+        <v>0.38472222222222219</v>
       </c>
       <c r="F26" s="29">
-        <v>0.72361111111111109</v>
+        <v>0.39999999999999997</v>
       </c>
     </row>
     <row r="27" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A27" s="9" t="s">
+        <v>1389</v>
+      </c>
+      <c r="B27" s="11">
+        <v>45283</v>
+      </c>
+      <c r="C27" s="28" t="s">
+        <v>1390</v>
+      </c>
+      <c r="D27" s="10" t="s">
+        <v>1391</v>
+      </c>
+      <c r="E27" s="20">
+        <v>0.3756944444444445</v>
+      </c>
+      <c r="F27" s="29">
+        <v>0.38958333333333334</v>
+      </c>
+    </row>
+    <row r="28" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A28" s="9" t="s">
+        <v>1386</v>
+      </c>
+      <c r="B28" s="11">
+        <v>45254</v>
+      </c>
+      <c r="C28" s="28" t="s">
+        <v>1387</v>
+      </c>
+      <c r="D28" s="10" t="s">
+        <v>1388</v>
+      </c>
+      <c r="E28" s="20">
+        <v>0.70624999999999993</v>
+      </c>
+      <c r="F28" s="29">
+        <v>0.72361111111111109</v>
+      </c>
+    </row>
+    <row r="29" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A29" s="9" t="s">
         <v>1383</v>
       </c>
-      <c r="B27" s="11">
+      <c r="B29" s="11">
         <v>45224</v>
       </c>
-      <c r="C27" s="28" t="s">
+      <c r="C29" s="28" t="s">
         <v>1384</v>
       </c>
-      <c r="D27" s="10" t="s">
+      <c r="D29" s="10" t="s">
         <v>1385</v>
       </c>
-      <c r="E27" s="20">
+      <c r="E29" s="20">
         <v>0.46319444444444446</v>
       </c>
-      <c r="F27" s="29">
+      <c r="F29" s="29">
         <v>0.48055555555555557</v>
       </c>
-    </row>
-[...34 lines deleted...]
-      <c r="F29" s="55"/>
     </row>
     <row r="30" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A30" s="28" t="s">
-        <v>1374</v>
+        <v>1380</v>
       </c>
       <c r="B30" s="45">
-        <v>45135</v>
+        <v>45196</v>
       </c>
       <c r="C30" s="28" t="s">
-        <v>1375</v>
+        <v>1381</v>
       </c>
       <c r="D30" s="35" t="s">
-        <v>1376</v>
+        <v>1382</v>
       </c>
       <c r="E30" s="54" t="s">
         <v>885</v>
       </c>
       <c r="F30" s="55"/>
     </row>
     <row r="31" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
-      <c r="A31" s="9" t="s">
-[...3 lines deleted...]
-        <v>45106</v>
+      <c r="A31" s="28" t="s">
+        <v>1377</v>
+      </c>
+      <c r="B31" s="45">
+        <v>45165</v>
       </c>
       <c r="C31" s="28" t="s">
-        <v>1372</v>
-[...9 lines deleted...]
-      </c>
+        <v>1378</v>
+      </c>
+      <c r="D31" s="35" t="s">
+        <v>1379</v>
+      </c>
+      <c r="E31" s="54" t="s">
+        <v>885</v>
+      </c>
+      <c r="F31" s="55"/>
     </row>
     <row r="32" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
-      <c r="A32" s="9" t="s">
-[...3 lines deleted...]
-        <v>45077</v>
+      <c r="A32" s="28" t="s">
+        <v>1374</v>
+      </c>
+      <c r="B32" s="45">
+        <v>45135</v>
       </c>
       <c r="C32" s="28" t="s">
-        <v>1369</v>
-[...9 lines deleted...]
-      </c>
+        <v>1375</v>
+      </c>
+      <c r="D32" s="35" t="s">
+        <v>1376</v>
+      </c>
+      <c r="E32" s="54" t="s">
+        <v>885</v>
+      </c>
+      <c r="F32" s="55"/>
     </row>
     <row r="33" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A33" s="9" t="s">
-        <v>1365</v>
+        <v>1371</v>
       </c>
       <c r="B33" s="11">
-        <v>45047</v>
+        <v>45106</v>
       </c>
       <c r="C33" s="28" t="s">
-        <v>1366</v>
+        <v>1372</v>
       </c>
       <c r="D33" s="10" t="s">
-        <v>1367</v>
+        <v>1373</v>
       </c>
       <c r="E33" s="20">
-        <v>0.55972222222222223</v>
+        <v>0.72430555555555554</v>
       </c>
       <c r="F33" s="29">
-        <v>0.57430555555555551</v>
+        <v>0.74375000000000002</v>
       </c>
     </row>
     <row r="34" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A34" s="9" t="s">
-        <v>1362</v>
+        <v>1368</v>
       </c>
       <c r="B34" s="11">
-        <v>45017</v>
+        <v>45077</v>
       </c>
       <c r="C34" s="28" t="s">
-        <v>1363</v>
+        <v>1369</v>
       </c>
       <c r="D34" s="10" t="s">
-        <v>1364</v>
+        <v>1370</v>
       </c>
       <c r="E34" s="20">
-        <v>0.76666666666666661</v>
+        <v>0.21388888888888891</v>
       </c>
       <c r="F34" s="29">
-        <v>0.78333333333333333</v>
+        <v>0.2298611111111111</v>
       </c>
     </row>
     <row r="35" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A35" s="9" t="s">
-        <v>1359</v>
+        <v>1365</v>
       </c>
       <c r="B35" s="11">
-        <v>44987</v>
+        <v>45047</v>
       </c>
       <c r="C35" s="28" t="s">
-        <v>1360</v>
+        <v>1366</v>
       </c>
       <c r="D35" s="10" t="s">
-        <v>1361</v>
+        <v>1367</v>
       </c>
       <c r="E35" s="20">
-        <v>0.97499999999999998</v>
+        <v>0.55972222222222223</v>
       </c>
       <c r="F35" s="29">
-        <v>0.99305555555555547</v>
+        <v>0.57430555555555551</v>
       </c>
     </row>
     <row r="36" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A36" s="9" t="s">
-        <v>1356</v>
+        <v>1362</v>
       </c>
       <c r="B36" s="11">
-        <v>44958</v>
+        <v>45017</v>
       </c>
       <c r="C36" s="28" t="s">
-        <v>1357</v>
+        <v>1363</v>
       </c>
       <c r="D36" s="10" t="s">
-        <v>1358</v>
+        <v>1364</v>
       </c>
       <c r="E36" s="20">
-        <v>0.18333333333333335</v>
+        <v>0.76666666666666661</v>
       </c>
       <c r="F36" s="29">
-        <v>0.20069444444444443</v>
+        <v>0.78333333333333333</v>
       </c>
     </row>
     <row r="37" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A37" s="9" t="s">
-        <v>1353</v>
+        <v>1359</v>
       </c>
       <c r="B37" s="11">
-        <v>44927</v>
+        <v>44987</v>
       </c>
       <c r="C37" s="28" t="s">
-        <v>1354</v>
+        <v>1360</v>
       </c>
       <c r="D37" s="10" t="s">
-        <v>1355</v>
+        <v>1361</v>
       </c>
       <c r="E37" s="20">
-        <v>0.98333333333333339</v>
+        <v>0.97499999999999998</v>
       </c>
       <c r="F37" s="29">
-        <v>0.9916666666666667</v>
+        <v>0.99305555555555547</v>
       </c>
     </row>
     <row r="38" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A38" s="9" t="s">
-        <v>1350</v>
+        <v>1356</v>
       </c>
       <c r="B38" s="11">
-        <v>44898</v>
+        <v>44958</v>
       </c>
       <c r="C38" s="28" t="s">
-        <v>1351</v>
+        <v>1357</v>
       </c>
       <c r="D38" s="10" t="s">
-        <v>1352</v>
+        <v>1358</v>
       </c>
       <c r="E38" s="20">
-        <v>0.88541666666666663</v>
+        <v>0.18333333333333335</v>
       </c>
       <c r="F38" s="29">
-        <v>0.8965277777777777</v>
+        <v>0.20069444444444443</v>
       </c>
     </row>
     <row r="39" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A39" s="9" t="s">
+        <v>1353</v>
+      </c>
+      <c r="B39" s="11">
+        <v>44927</v>
+      </c>
+      <c r="C39" s="28" t="s">
+        <v>1354</v>
+      </c>
+      <c r="D39" s="10" t="s">
+        <v>1355</v>
+      </c>
+      <c r="E39" s="20">
+        <v>0.98333333333333339</v>
+      </c>
+      <c r="F39" s="29">
+        <v>0.9916666666666667</v>
+      </c>
+    </row>
+    <row r="40" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A40" s="9" t="s">
+        <v>1350</v>
+      </c>
+      <c r="B40" s="11">
+        <v>44898</v>
+      </c>
+      <c r="C40" s="28" t="s">
+        <v>1351</v>
+      </c>
+      <c r="D40" s="10" t="s">
+        <v>1352</v>
+      </c>
+      <c r="E40" s="20">
+        <v>0.88541666666666663</v>
+      </c>
+      <c r="F40" s="29">
+        <v>0.8965277777777777</v>
+      </c>
+    </row>
+    <row r="41" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A41" s="9" t="s">
         <v>1347</v>
       </c>
-      <c r="B39" s="11">
+      <c r="B41" s="11">
         <v>44869</v>
       </c>
-      <c r="C39" s="28" t="s">
+      <c r="C41" s="28" t="s">
         <v>1348</v>
       </c>
-      <c r="D39" s="10" t="s">
+      <c r="D41" s="10" t="s">
         <v>1349</v>
       </c>
-      <c r="E39" s="20">
+      <c r="E41" s="20">
         <v>0.37013888888888885</v>
       </c>
-      <c r="F39" s="29">
+      <c r="F41" s="29">
         <v>0.38680555555555557</v>
       </c>
-    </row>
-[...34 lines deleted...]
-      <c r="F41" s="55"/>
     </row>
     <row r="42" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A42" s="28" t="s">
-        <v>1338</v>
+        <v>1344</v>
       </c>
       <c r="B42" s="45">
-        <v>44781</v>
+        <v>44840</v>
       </c>
       <c r="C42" s="28" t="s">
-        <v>1339</v>
+        <v>1345</v>
       </c>
       <c r="D42" s="35" t="s">
-        <v>1340</v>
+        <v>1346</v>
       </c>
       <c r="E42" s="54" t="s">
         <v>885</v>
       </c>
       <c r="F42" s="55"/>
     </row>
     <row r="43" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
-      <c r="A43" s="9" t="s">
-[...3 lines deleted...]
-        <v>44751</v>
+      <c r="A43" s="28" t="s">
+        <v>1341</v>
+      </c>
+      <c r="B43" s="45">
+        <v>44810</v>
       </c>
       <c r="C43" s="28" t="s">
-        <v>1336</v>
-[...9 lines deleted...]
-      </c>
+        <v>1342</v>
+      </c>
+      <c r="D43" s="35" t="s">
+        <v>1343</v>
+      </c>
+      <c r="E43" s="54" t="s">
+        <v>885</v>
+      </c>
+      <c r="F43" s="55"/>
     </row>
     <row r="44" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
-      <c r="A44" s="9" t="s">
-[...3 lines deleted...]
-        <v>44722</v>
+      <c r="A44" s="28" t="s">
+        <v>1338</v>
+      </c>
+      <c r="B44" s="45">
+        <v>44781</v>
       </c>
       <c r="C44" s="28" t="s">
-        <v>1333</v>
-[...9 lines deleted...]
-      </c>
+        <v>1339</v>
+      </c>
+      <c r="D44" s="35" t="s">
+        <v>1340</v>
+      </c>
+      <c r="E44" s="54" t="s">
+        <v>885</v>
+      </c>
+      <c r="F44" s="55"/>
     </row>
     <row r="45" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A45" s="9" t="s">
-        <v>1329</v>
+        <v>1335</v>
       </c>
       <c r="B45" s="11">
-        <v>44693</v>
+        <v>44751</v>
       </c>
       <c r="C45" s="28" t="s">
-        <v>1330</v>
+        <v>1336</v>
       </c>
       <c r="D45" s="10" t="s">
-        <v>1331</v>
+        <v>1337</v>
       </c>
       <c r="E45" s="20">
-        <v>5.1388888888888894E-2</v>
+        <v>0.76597222222222217</v>
       </c>
       <c r="F45" s="29">
-        <v>6.458333333333334E-2</v>
+        <v>0.78472222222222221</v>
       </c>
     </row>
     <row r="46" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
-      <c r="A46" s="28" t="s">
-[...3 lines deleted...]
-        <v>44663</v>
+      <c r="A46" s="9" t="s">
+        <v>1332</v>
+      </c>
+      <c r="B46" s="11">
+        <v>44722</v>
       </c>
       <c r="C46" s="28" t="s">
-        <v>1321</v>
-[...7 lines deleted...]
-      <c r="F46" s="55"/>
+        <v>1333</v>
+      </c>
+      <c r="D46" s="10" t="s">
+        <v>1334</v>
+      </c>
+      <c r="E46" s="20">
+        <v>0.51458333333333328</v>
+      </c>
+      <c r="F46" s="29">
+        <v>0.52986111111111112</v>
+      </c>
     </row>
     <row r="47" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A47" s="9" t="s">
-        <v>1317</v>
+        <v>1329</v>
       </c>
       <c r="B47" s="11">
-        <v>44633</v>
+        <v>44693</v>
       </c>
       <c r="C47" s="28" t="s">
-        <v>1318</v>
+        <v>1330</v>
       </c>
       <c r="D47" s="10" t="s">
-        <v>1319</v>
+        <v>1331</v>
       </c>
       <c r="E47" s="20">
-        <v>0.64236111111111105</v>
+        <v>5.1388888888888894E-2</v>
       </c>
       <c r="F47" s="29">
-        <v>0.65972222222222221</v>
+        <v>6.458333333333334E-2</v>
       </c>
     </row>
     <row r="48" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
-      <c r="A48" s="9" t="s">
-[...3 lines deleted...]
-        <v>44603</v>
+      <c r="A48" s="28" t="s">
+        <v>1320</v>
+      </c>
+      <c r="B48" s="45">
+        <v>44663</v>
       </c>
       <c r="C48" s="28" t="s">
-        <v>1315</v>
-[...9 lines deleted...]
-      </c>
+        <v>1321</v>
+      </c>
+      <c r="D48" s="35" t="s">
+        <v>1322</v>
+      </c>
+      <c r="E48" s="54" t="s">
+        <v>885</v>
+      </c>
+      <c r="F48" s="55"/>
     </row>
     <row r="49" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A49" s="9" t="s">
-        <v>1311</v>
+        <v>1317</v>
       </c>
       <c r="B49" s="11">
-        <v>44573</v>
+        <v>44633</v>
       </c>
       <c r="C49" s="28" t="s">
-        <v>1312</v>
+        <v>1318</v>
       </c>
       <c r="D49" s="10" t="s">
-        <v>1313</v>
+        <v>1319</v>
       </c>
       <c r="E49" s="20">
-        <v>0.97222222222222221</v>
+        <v>0.64236111111111105</v>
       </c>
       <c r="F49" s="29">
-        <v>0.98402777777777783</v>
+        <v>0.65972222222222221</v>
       </c>
     </row>
     <row r="50" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A50" s="9" t="s">
-        <v>1308</v>
+        <v>1314</v>
       </c>
       <c r="B50" s="11">
-        <v>44545</v>
+        <v>44603</v>
       </c>
       <c r="C50" s="28" t="s">
-        <v>1309</v>
+        <v>1315</v>
       </c>
       <c r="D50" s="10" t="s">
-        <v>1310</v>
-[...4 lines deleted...]
-      <c r="F50" s="55"/>
+        <v>1316</v>
+      </c>
+      <c r="E50" s="20">
+        <v>0.77083333333333337</v>
+      </c>
+      <c r="F50" s="29">
+        <v>0.78680555555555554</v>
+      </c>
     </row>
     <row r="51" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A51" s="9" t="s">
-        <v>1281</v>
+        <v>1311</v>
       </c>
       <c r="B51" s="11">
-        <v>44514</v>
+        <v>44573</v>
       </c>
       <c r="C51" s="28" t="s">
-        <v>1282</v>
+        <v>1312</v>
       </c>
       <c r="D51" s="10" t="s">
-        <v>1283</v>
+        <v>1313</v>
       </c>
       <c r="E51" s="20">
-        <v>0.58958333333333335</v>
+        <v>0.97222222222222221</v>
       </c>
       <c r="F51" s="29">
-        <v>0.60416666666666663</v>
+        <v>0.98402777777777783</v>
       </c>
     </row>
     <row r="52" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A52" s="9" t="s">
-        <v>1278</v>
+        <v>1308</v>
       </c>
       <c r="B52" s="11">
-        <v>44485</v>
+        <v>44545</v>
       </c>
       <c r="C52" s="28" t="s">
-        <v>1279</v>
+        <v>1309</v>
       </c>
       <c r="D52" s="10" t="s">
-        <v>1280</v>
-[...6 lines deleted...]
-      </c>
+        <v>1310</v>
+      </c>
+      <c r="E52" s="54" t="s">
+        <v>885</v>
+      </c>
+      <c r="F52" s="55"/>
     </row>
     <row r="53" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A53" s="9" t="s">
-        <v>1275</v>
+        <v>1281</v>
       </c>
       <c r="B53" s="11">
-        <v>44457</v>
+        <v>44514</v>
       </c>
       <c r="C53" s="28" t="s">
-        <v>1276</v>
+        <v>1282</v>
       </c>
       <c r="D53" s="10" t="s">
-        <v>1277</v>
-[...4 lines deleted...]
-      <c r="F53" s="53"/>
+        <v>1283</v>
+      </c>
+      <c r="E53" s="20">
+        <v>0.58958333333333335</v>
+      </c>
+      <c r="F53" s="29">
+        <v>0.60416666666666663</v>
+      </c>
     </row>
     <row r="54" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A54" s="9" t="s">
-        <v>1272</v>
+        <v>1278</v>
       </c>
       <c r="B54" s="11">
-        <v>44426</v>
+        <v>44485</v>
       </c>
       <c r="C54" s="28" t="s">
-        <v>1273</v>
+        <v>1279</v>
       </c>
       <c r="D54" s="10" t="s">
-        <v>1274</v>
-[...4 lines deleted...]
-      <c r="F54" s="53"/>
+        <v>1280</v>
+      </c>
+      <c r="E54" s="20">
+        <v>0.26666666666666666</v>
+      </c>
+      <c r="F54" s="29">
+        <v>0.28680555555555554</v>
+      </c>
     </row>
     <row r="55" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A55" s="9" t="s">
-        <v>1269</v>
+        <v>1275</v>
       </c>
       <c r="B55" s="11">
-        <v>44396</v>
+        <v>44457</v>
       </c>
       <c r="C55" s="28" t="s">
-        <v>1270</v>
+        <v>1276</v>
       </c>
       <c r="D55" s="10" t="s">
-        <v>1271</v>
-[...6 lines deleted...]
-      </c>
+        <v>1277</v>
+      </c>
+      <c r="E55" s="52" t="s">
+        <v>885</v>
+      </c>
+      <c r="F55" s="53"/>
     </row>
     <row r="56" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A56" s="9" t="s">
-        <v>1266</v>
+        <v>1272</v>
       </c>
       <c r="B56" s="11">
-        <v>44367</v>
+        <v>44426</v>
       </c>
       <c r="C56" s="28" t="s">
-        <v>1267</v>
+        <v>1273</v>
       </c>
       <c r="D56" s="10" t="s">
-        <v>1268</v>
-[...6 lines deleted...]
-      </c>
+        <v>1274</v>
+      </c>
+      <c r="E56" s="52" t="s">
+        <v>885</v>
+      </c>
+      <c r="F56" s="53"/>
     </row>
     <row r="57" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A57" s="9" t="s">
-        <v>1263</v>
+        <v>1269</v>
       </c>
       <c r="B57" s="11">
-        <v>44338</v>
+        <v>44396</v>
       </c>
       <c r="C57" s="28" t="s">
-        <v>1264</v>
+        <v>1270</v>
       </c>
       <c r="D57" s="10" t="s">
-        <v>1265</v>
-[...2 lines deleted...]
-        <v>0.58611111111111114</v>
+        <v>1271</v>
+      </c>
+      <c r="E57" s="20">
+        <v>0.62083333333333335</v>
       </c>
       <c r="F57" s="29">
-        <v>0.59930555555555554</v>
+        <v>0.63888888888888895</v>
       </c>
     </row>
     <row r="58" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A58" s="9" t="s">
-        <v>1242</v>
+        <v>1266</v>
       </c>
       <c r="B58" s="11">
-        <v>44309</v>
+        <v>44367</v>
       </c>
       <c r="C58" s="28" t="s">
-        <v>1243</v>
+        <v>1267</v>
       </c>
       <c r="D58" s="10" t="s">
-        <v>1244</v>
+        <v>1268</v>
       </c>
       <c r="E58" s="20">
-        <v>0.18680555555555556</v>
+        <v>0.84444444444444444</v>
       </c>
       <c r="F58" s="29">
-        <v>0.20138888888888887</v>
+        <v>0.86041666666666661</v>
       </c>
     </row>
     <row r="59" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A59" s="9" t="s">
-        <v>1234</v>
+        <v>1263</v>
       </c>
       <c r="B59" s="11">
-        <v>44279</v>
+        <v>44338</v>
       </c>
       <c r="C59" s="28" t="s">
-        <v>1235</v>
+        <v>1264</v>
       </c>
       <c r="D59" s="10" t="s">
-        <v>1236</v>
-[...2 lines deleted...]
-        <v>0.58472222222222225</v>
+        <v>1265</v>
+      </c>
+      <c r="E59" s="25">
+        <v>0.58611111111111114</v>
       </c>
       <c r="F59" s="29">
-        <v>0.60069444444444442</v>
+        <v>0.59930555555555554</v>
       </c>
     </row>
     <row r="60" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A60" s="9" t="s">
-        <v>1219</v>
+        <v>1242</v>
       </c>
       <c r="B60" s="11">
-        <v>44249</v>
+        <v>44309</v>
       </c>
       <c r="C60" s="28" t="s">
-        <v>1220</v>
+        <v>1243</v>
       </c>
       <c r="D60" s="10" t="s">
-        <v>1221</v>
+        <v>1244</v>
       </c>
       <c r="E60" s="20">
-        <v>0.91736111111111107</v>
+        <v>0.18680555555555556</v>
       </c>
       <c r="F60" s="29">
-        <v>0.93402777777777779</v>
+        <v>0.20138888888888887</v>
       </c>
     </row>
     <row r="61" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A61" s="9" t="s">
-        <v>1208</v>
+        <v>1234</v>
       </c>
       <c r="B61" s="11">
-        <v>44220</v>
+        <v>44279</v>
       </c>
       <c r="C61" s="28" t="s">
-        <v>1217</v>
+        <v>1235</v>
       </c>
       <c r="D61" s="10" t="s">
-        <v>1218</v>
+        <v>1236</v>
       </c>
       <c r="E61" s="20">
-        <v>0.11666666666666665</v>
+        <v>0.58472222222222225</v>
       </c>
       <c r="F61" s="29">
-        <v>0.12986111111111112</v>
+        <v>0.60069444444444442</v>
       </c>
     </row>
     <row r="62" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A62" s="9" t="s">
-        <v>1214</v>
+        <v>1219</v>
       </c>
       <c r="B62" s="11">
-        <v>44187</v>
+        <v>44249</v>
       </c>
       <c r="C62" s="28" t="s">
-        <v>1215</v>
+        <v>1220</v>
       </c>
       <c r="D62" s="10" t="s">
-        <v>1216</v>
+        <v>1221</v>
       </c>
       <c r="E62" s="20">
-        <v>0.84305555555555556</v>
+        <v>0.91736111111111107</v>
       </c>
       <c r="F62" s="29">
-        <v>0.86249999999999993</v>
+        <v>0.93402777777777779</v>
       </c>
     </row>
     <row r="63" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A63" s="9" t="s">
-        <v>1213</v>
+        <v>1208</v>
       </c>
       <c r="B63" s="11">
-        <v>44160</v>
-[...2 lines deleted...]
-      <c r="D63" s="10"/>
+        <v>44220</v>
+      </c>
+      <c r="C63" s="28" t="s">
+        <v>1217</v>
+      </c>
+      <c r="D63" s="10" t="s">
+        <v>1218</v>
+      </c>
       <c r="E63" s="20">
-        <v>0.32361111111111113</v>
+        <v>0.11666666666666665</v>
       </c>
       <c r="F63" s="29">
-        <v>0.33611111111111108</v>
+        <v>0.12986111111111112</v>
       </c>
     </row>
     <row r="64" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A64" s="9" t="s">
-        <v>1210</v>
+        <v>1214</v>
       </c>
       <c r="B64" s="11">
-        <v>44158</v>
+        <v>44187</v>
       </c>
       <c r="C64" s="28" t="s">
-        <v>1211</v>
+        <v>1215</v>
       </c>
       <c r="D64" s="10" t="s">
-        <v>1212</v>
+        <v>1216</v>
       </c>
       <c r="E64" s="20">
-        <v>0.24166666666666667</v>
+        <v>0.84305555555555556</v>
       </c>
       <c r="F64" s="29">
-        <v>0.25833333333333336</v>
+        <v>0.86249999999999993</v>
       </c>
     </row>
     <row r="65" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A65" s="9" t="s">
-        <v>1092</v>
+        <v>1213</v>
       </c>
       <c r="B65" s="11">
-        <v>44131</v>
-[...6 lines deleted...]
-      </c>
+        <v>44160</v>
+      </c>
+      <c r="C65" s="28"/>
+      <c r="D65" s="10"/>
       <c r="E65" s="20">
-        <v>2.3148148148148146E-4</v>
+        <v>0.32361111111111113</v>
       </c>
       <c r="F65" s="29">
-        <v>1.8749999999999999E-2</v>
+        <v>0.33611111111111108</v>
       </c>
     </row>
     <row r="66" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A66" s="9" t="s">
-        <v>1089</v>
+        <v>1210</v>
       </c>
       <c r="B66" s="11">
-        <v>44100</v>
+        <v>44158</v>
       </c>
       <c r="C66" s="28" t="s">
-        <v>1090</v>
+        <v>1211</v>
       </c>
       <c r="D66" s="10" t="s">
-        <v>1091</v>
-[...4 lines deleted...]
-      <c r="F66" s="53"/>
+        <v>1212</v>
+      </c>
+      <c r="E66" s="20">
+        <v>0.24166666666666667</v>
+      </c>
+      <c r="F66" s="29">
+        <v>0.25833333333333336</v>
+      </c>
     </row>
     <row r="67" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A67" s="9" t="s">
-        <v>1086</v>
+        <v>1092</v>
       </c>
       <c r="B67" s="11">
-        <v>44042</v>
+        <v>44131</v>
       </c>
       <c r="C67" s="28" t="s">
-        <v>1087</v>
+        <v>1093</v>
       </c>
       <c r="D67" s="10" t="s">
-        <v>1088</v>
-[...4 lines deleted...]
-      <c r="F67" s="53"/>
+        <v>1094</v>
+      </c>
+      <c r="E67" s="20">
+        <v>2.3148148148148146E-4</v>
+      </c>
+      <c r="F67" s="29">
+        <v>1.8749999999999999E-2</v>
+      </c>
     </row>
     <row r="68" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A68" s="9" t="s">
-        <v>1085</v>
+        <v>1089</v>
       </c>
       <c r="B68" s="11">
-        <v>44012</v>
-[...8 lines deleted...]
-      </c>
+        <v>44100</v>
+      </c>
+      <c r="C68" s="28" t="s">
+        <v>1090</v>
+      </c>
+      <c r="D68" s="10" t="s">
+        <v>1091</v>
+      </c>
+      <c r="E68" s="52" t="s">
+        <v>885</v>
+      </c>
+      <c r="F68" s="53"/>
     </row>
     <row r="69" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A69" s="9" t="s">
-        <v>1082</v>
+        <v>1086</v>
       </c>
       <c r="B69" s="11">
-        <v>44010</v>
+        <v>44042</v>
       </c>
       <c r="C69" s="28" t="s">
-        <v>1083</v>
+        <v>1087</v>
       </c>
       <c r="D69" s="10" t="s">
-        <v>1084</v>
-[...6 lines deleted...]
-      </c>
+        <v>1088</v>
+      </c>
+      <c r="E69" s="52" t="s">
+        <v>885</v>
+      </c>
+      <c r="F69" s="53"/>
     </row>
     <row r="70" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A70" s="9" t="s">
-        <v>1079</v>
+        <v>1085</v>
       </c>
       <c r="B70" s="11">
-        <v>43983</v>
-[...6 lines deleted...]
-      </c>
+        <v>44012</v>
+      </c>
+      <c r="C70" s="28"/>
+      <c r="D70" s="10"/>
       <c r="E70" s="25">
-        <v>0.77361111111111114</v>
+        <v>0.96111111111111114</v>
       </c>
       <c r="F70" s="29">
-        <v>0.78680555555555554</v>
+        <v>0.9784722222222223</v>
       </c>
     </row>
     <row r="71" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A71" s="9" t="s">
-        <v>1076</v>
+        <v>1082</v>
       </c>
       <c r="B71" s="11">
-        <v>43954</v>
+        <v>44010</v>
       </c>
       <c r="C71" s="28" t="s">
-        <v>1077</v>
+        <v>1083</v>
       </c>
       <c r="D71" s="10" t="s">
-        <v>1078</v>
+        <v>1084</v>
       </c>
       <c r="E71" s="25">
-        <v>0.58124999999999993</v>
+        <v>0.88194444444444453</v>
       </c>
       <c r="F71" s="29">
-        <v>0.59444444444444444</v>
+        <v>0.90069444444444446</v>
       </c>
     </row>
     <row r="72" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A72" s="9" t="s">
-        <v>1075</v>
+        <v>1079</v>
       </c>
       <c r="B72" s="11">
-        <v>43925</v>
-[...2 lines deleted...]
-      <c r="D72" s="10"/>
+        <v>43983</v>
+      </c>
+      <c r="C72" s="28" t="s">
+        <v>1080</v>
+      </c>
+      <c r="D72" s="10" t="s">
+        <v>1081</v>
+      </c>
       <c r="E72" s="25">
-        <v>0.18402777777777779</v>
+        <v>0.77361111111111114</v>
       </c>
       <c r="F72" s="29">
-        <v>0.19930555555555554</v>
+        <v>0.78680555555555554</v>
       </c>
     </row>
     <row r="73" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A73" s="9" t="s">
-        <v>707</v>
+        <v>1076</v>
       </c>
       <c r="B73" s="11">
-        <v>43923</v>
+        <v>43954</v>
       </c>
       <c r="C73" s="28" t="s">
-        <v>1073</v>
+        <v>1077</v>
       </c>
       <c r="D73" s="10" t="s">
-        <v>1074</v>
-[...2 lines deleted...]
-        <v>0.34583333333333338</v>
+        <v>1078</v>
+      </c>
+      <c r="E73" s="25">
+        <v>0.58124999999999993</v>
       </c>
       <c r="F73" s="29">
-        <v>0.36527777777777781</v>
+        <v>0.59444444444444444</v>
       </c>
     </row>
     <row r="74" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A74" s="9" t="s">
-        <v>698</v>
+        <v>1075</v>
       </c>
       <c r="B74" s="11">
-        <v>43895</v>
-[...6 lines deleted...]
-      </c>
+        <v>43925</v>
+      </c>
+      <c r="C74" s="28"/>
+      <c r="D74" s="10"/>
       <c r="E74" s="25">
-        <v>0.85902777777777783</v>
+        <v>0.18402777777777779</v>
       </c>
       <c r="F74" s="29">
-        <v>0.87569444444444444</v>
+        <v>0.19930555555555554</v>
       </c>
     </row>
     <row r="75" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A75" s="9" t="s">
-        <v>695</v>
+        <v>707</v>
       </c>
       <c r="B75" s="11">
-        <v>43866</v>
+        <v>43923</v>
       </c>
       <c r="C75" s="28" t="s">
-        <v>1069</v>
+        <v>1073</v>
       </c>
       <c r="D75" s="10" t="s">
-        <v>1070</v>
-[...2 lines deleted...]
-        <v>0.125</v>
+        <v>1074</v>
+      </c>
+      <c r="E75" s="29">
+        <v>0.34583333333333338</v>
       </c>
       <c r="F75" s="29">
-        <v>0.13958333333333334</v>
+        <v>0.36527777777777781</v>
       </c>
     </row>
     <row r="76" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A76" s="9" t="s">
-        <v>1066</v>
+        <v>698</v>
       </c>
       <c r="B76" s="11">
-        <v>43836</v>
+        <v>43895</v>
       </c>
       <c r="C76" s="28" t="s">
-        <v>1067</v>
+        <v>1071</v>
       </c>
       <c r="D76" s="10" t="s">
-        <v>1068</v>
+        <v>1072</v>
       </c>
       <c r="E76" s="25">
-        <v>0.39652777777777781</v>
+        <v>0.85902777777777783</v>
       </c>
       <c r="F76" s="29">
-        <v>0.4069444444444445</v>
+        <v>0.87569444444444444</v>
       </c>
     </row>
     <row r="77" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A77" s="9" t="s">
-        <v>1063</v>
+        <v>695</v>
       </c>
       <c r="B77" s="11">
-        <v>43806</v>
+        <v>43866</v>
       </c>
       <c r="C77" s="28" t="s">
-        <v>1064</v>
+        <v>1069</v>
       </c>
       <c r="D77" s="10" t="s">
-        <v>1065</v>
+        <v>1070</v>
       </c>
       <c r="E77" s="25">
-        <v>0.53611111111111109</v>
+        <v>0.125</v>
       </c>
       <c r="F77" s="29">
-        <v>0.54583333333333328</v>
+        <v>0.13958333333333334</v>
       </c>
     </row>
     <row r="78" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A78" s="9" t="s">
-        <v>1060</v>
+        <v>1066</v>
       </c>
       <c r="B78" s="11">
-        <v>43776</v>
+        <v>43836</v>
       </c>
       <c r="C78" s="28" t="s">
-        <v>1061</v>
+        <v>1067</v>
       </c>
       <c r="D78" s="10" t="s">
-        <v>1062</v>
+        <v>1068</v>
       </c>
       <c r="E78" s="25">
-        <v>0.94027777777777777</v>
+        <v>0.39652777777777781</v>
       </c>
       <c r="F78" s="29">
-        <v>0.95694444444444438</v>
+        <v>0.4069444444444445</v>
       </c>
     </row>
     <row r="79" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A79" s="9" t="s">
-        <v>1057</v>
+        <v>1063</v>
       </c>
       <c r="B79" s="11">
-        <v>43747</v>
+        <v>43806</v>
       </c>
       <c r="C79" s="28" t="s">
-        <v>1058</v>
+        <v>1064</v>
       </c>
       <c r="D79" s="10" t="s">
-        <v>1059</v>
+        <v>1065</v>
       </c>
       <c r="E79" s="25">
-        <v>0.27569444444444446</v>
+        <v>0.53611111111111109</v>
       </c>
       <c r="F79" s="29">
-        <v>0.2951388888888889</v>
+        <v>0.54583333333333328</v>
       </c>
     </row>
     <row r="80" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A80" s="9" t="s">
-        <v>1054</v>
+        <v>1060</v>
       </c>
       <c r="B80" s="11">
-        <v>43718</v>
+        <v>43776</v>
       </c>
       <c r="C80" s="28" t="s">
-        <v>1055</v>
+        <v>1061</v>
       </c>
       <c r="D80" s="10" t="s">
-        <v>1056</v>
-[...4 lines deleted...]
-      <c r="F80" s="53"/>
+        <v>1062</v>
+      </c>
+      <c r="E80" s="25">
+        <v>0.94027777777777777</v>
+      </c>
+      <c r="F80" s="29">
+        <v>0.95694444444444438</v>
+      </c>
     </row>
     <row r="81" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A81" s="9" t="s">
-        <v>1051</v>
+        <v>1057</v>
       </c>
       <c r="B81" s="11">
-        <v>43687</v>
+        <v>43747</v>
       </c>
       <c r="C81" s="28" t="s">
-        <v>1052</v>
+        <v>1058</v>
       </c>
       <c r="D81" s="10" t="s">
-        <v>1053</v>
-[...4 lines deleted...]
-      <c r="F81" s="53"/>
+        <v>1059</v>
+      </c>
+      <c r="E81" s="25">
+        <v>0.27569444444444446</v>
+      </c>
+      <c r="F81" s="29">
+        <v>0.2951388888888889</v>
+      </c>
     </row>
     <row r="82" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A82" s="9" t="s">
-        <v>1048</v>
+        <v>1054</v>
       </c>
       <c r="B82" s="11">
-        <v>43658</v>
+        <v>43718</v>
       </c>
       <c r="C82" s="28" t="s">
-        <v>1049</v>
+        <v>1055</v>
       </c>
       <c r="D82" s="10" t="s">
-        <v>1050</v>
-[...6 lines deleted...]
-      </c>
+        <v>1056</v>
+      </c>
+      <c r="E82" s="52" t="s">
+        <v>885</v>
+      </c>
+      <c r="F82" s="53"/>
     </row>
     <row r="83" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A83" s="9" t="s">
-        <v>1045</v>
+        <v>1051</v>
       </c>
       <c r="B83" s="11">
-        <v>43628</v>
+        <v>43687</v>
       </c>
       <c r="C83" s="28" t="s">
-        <v>1046</v>
+        <v>1052</v>
       </c>
       <c r="D83" s="10" t="s">
-        <v>1047</v>
-[...6 lines deleted...]
-      </c>
+        <v>1053</v>
+      </c>
+      <c r="E83" s="52" t="s">
+        <v>885</v>
+      </c>
+      <c r="F83" s="53"/>
     </row>
     <row r="84" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A84" s="9" t="s">
-        <v>1042</v>
+        <v>1048</v>
       </c>
       <c r="B84" s="11">
-        <v>43599</v>
+        <v>43658</v>
       </c>
       <c r="C84" s="28" t="s">
-        <v>1043</v>
+        <v>1049</v>
       </c>
       <c r="D84" s="10" t="s">
-        <v>1044</v>
-[...2 lines deleted...]
-        <v>0.70000000000000007</v>
+        <v>1050</v>
+      </c>
+      <c r="E84" s="29">
+        <v>0.21458333333333335</v>
       </c>
       <c r="F84" s="29">
-        <v>0.71319444444444446</v>
+        <v>0.23263888888888887</v>
       </c>
     </row>
     <row r="85" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A85" s="9" t="s">
-        <v>1039</v>
+        <v>1045</v>
       </c>
       <c r="B85" s="11">
-        <v>43570</v>
+        <v>43628</v>
       </c>
       <c r="C85" s="28" t="s">
-        <v>1040</v>
+        <v>1046</v>
       </c>
       <c r="D85" s="10" t="s">
-        <v>1041</v>
+        <v>1047</v>
       </c>
       <c r="E85" s="25">
-        <v>0.43958333333333338</v>
+        <v>0.9590277777777777</v>
       </c>
       <c r="F85" s="29">
-        <v>0.45347222222222222</v>
+        <v>0.97430555555555554</v>
       </c>
     </row>
     <row r="86" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A86" s="9" t="s">
-        <v>1036</v>
+        <v>1042</v>
       </c>
       <c r="B86" s="11">
-        <v>43541</v>
+        <v>43599</v>
       </c>
       <c r="C86" s="28" t="s">
-        <v>1037</v>
+        <v>1043</v>
       </c>
       <c r="D86" s="10" t="s">
-        <v>1038</v>
+        <v>1044</v>
       </c>
       <c r="E86" s="25">
-        <v>0.11388888888888889</v>
+        <v>0.70000000000000007</v>
       </c>
       <c r="F86" s="29">
-        <v>0.12916666666666668</v>
+        <v>0.71319444444444446</v>
       </c>
     </row>
     <row r="87" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A87" s="9" t="s">
-        <v>1033</v>
+        <v>1039</v>
       </c>
       <c r="B87" s="11">
-        <v>43511</v>
+        <v>43570</v>
       </c>
       <c r="C87" s="28" t="s">
-        <v>1034</v>
+        <v>1040</v>
       </c>
       <c r="D87" s="10" t="s">
-        <v>1035</v>
+        <v>1041</v>
       </c>
       <c r="E87" s="25">
-        <v>0.72222222222222221</v>
+        <v>0.43958333333333338</v>
       </c>
       <c r="F87" s="29">
-        <v>0.7368055555555556</v>
+        <v>0.45347222222222222</v>
       </c>
     </row>
     <row r="88" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A88" s="9" t="s">
-        <v>1030</v>
+        <v>1036</v>
       </c>
       <c r="B88" s="11">
-        <v>43482</v>
+        <v>43541</v>
       </c>
       <c r="C88" s="28" t="s">
-        <v>1031</v>
+        <v>1037</v>
       </c>
       <c r="D88" s="10" t="s">
-        <v>1032</v>
+        <v>1038</v>
       </c>
       <c r="E88" s="25">
-        <v>0.19722222222222222</v>
+        <v>0.11388888888888889</v>
       </c>
       <c r="F88" s="29">
-        <v>0.20902777777777778</v>
+        <v>0.12916666666666668</v>
       </c>
     </row>
     <row r="89" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A89" s="9" t="s">
-        <v>1027</v>
+        <v>1033</v>
       </c>
       <c r="B89" s="11">
-        <v>43454</v>
+        <v>43511</v>
       </c>
       <c r="C89" s="28" t="s">
-        <v>1028</v>
+        <v>1034</v>
       </c>
       <c r="D89" s="10" t="s">
-        <v>1029</v>
+        <v>1035</v>
       </c>
       <c r="E89" s="25">
-        <v>4.3750000000000004E-2</v>
+        <v>0.72222222222222221</v>
       </c>
       <c r="F89" s="29">
-        <v>6.3194444444444442E-2</v>
+        <v>0.7368055555555556</v>
       </c>
     </row>
     <row r="90" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A90" s="9" t="s">
-        <v>1024</v>
+        <v>1030</v>
       </c>
       <c r="B90" s="11">
-        <v>43423</v>
+        <v>43482</v>
       </c>
       <c r="C90" s="28" t="s">
-        <v>1025</v>
+        <v>1031</v>
       </c>
       <c r="D90" s="10" t="s">
-        <v>1026</v>
+        <v>1032</v>
       </c>
       <c r="E90" s="25">
-        <v>8.5416666666666655E-2</v>
+        <v>0.19722222222222222</v>
       </c>
       <c r="F90" s="29">
-        <v>9.9999999999999992E-2</v>
+        <v>0.20902777777777778</v>
       </c>
     </row>
     <row r="91" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A91" s="9" t="s">
-        <v>1021</v>
+        <v>1027</v>
       </c>
       <c r="B91" s="11">
-        <v>43393</v>
+        <v>43454</v>
       </c>
       <c r="C91" s="28" t="s">
-        <v>1022</v>
+        <v>1028</v>
       </c>
       <c r="D91" s="10" t="s">
-        <v>1023</v>
+        <v>1029</v>
       </c>
       <c r="E91" s="25">
-        <v>0.42083333333333334</v>
+        <v>4.3750000000000004E-2</v>
       </c>
       <c r="F91" s="29">
-        <v>0.43958333333333338</v>
+        <v>6.3194444444444442E-2</v>
       </c>
     </row>
     <row r="92" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A92" s="9" t="s">
-        <v>1018</v>
+        <v>1024</v>
       </c>
       <c r="B92" s="11">
-        <v>43363</v>
+        <v>43423</v>
       </c>
       <c r="C92" s="28" t="s">
-        <v>1019</v>
+        <v>1025</v>
       </c>
       <c r="D92" s="10" t="s">
-        <v>1020</v>
+        <v>1026</v>
       </c>
       <c r="E92" s="25">
-        <v>0.34583333333333338</v>
+        <v>8.5416666666666655E-2</v>
       </c>
       <c r="F92" s="29">
-        <v>0.3659722222222222</v>
+        <v>9.9999999999999992E-2</v>
       </c>
     </row>
     <row r="93" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A93" s="9" t="s">
-        <v>1015</v>
+        <v>1021</v>
       </c>
       <c r="B93" s="11">
-        <v>43333</v>
+        <v>43393</v>
       </c>
       <c r="C93" s="28" t="s">
-        <v>1016</v>
+        <v>1022</v>
       </c>
       <c r="D93" s="10" t="s">
-        <v>1017</v>
+        <v>1023</v>
       </c>
       <c r="E93" s="25">
-        <v>0.13472222222222222</v>
+        <v>0.42083333333333334</v>
       </c>
       <c r="F93" s="29">
-        <v>0.15416666666666667</v>
+        <v>0.43958333333333338</v>
       </c>
     </row>
     <row r="94" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A94" s="9" t="s">
-        <v>1012</v>
+        <v>1018</v>
       </c>
       <c r="B94" s="11">
-        <v>43303</v>
+        <v>43363</v>
       </c>
       <c r="C94" s="28" t="s">
-        <v>1013</v>
+        <v>1019</v>
       </c>
       <c r="D94" s="10" t="s">
-        <v>1014</v>
+        <v>1020</v>
       </c>
       <c r="E94" s="25">
-        <v>0.81111111111111101</v>
+        <v>0.34583333333333338</v>
       </c>
       <c r="F94" s="29">
-        <v>0.82986111111111116</v>
+        <v>0.3659722222222222</v>
       </c>
     </row>
     <row r="95" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A95" s="9" t="s">
-        <v>1009</v>
+        <v>1015</v>
       </c>
       <c r="B95" s="11">
-        <v>43274</v>
+        <v>43333</v>
       </c>
       <c r="C95" s="28" t="s">
-        <v>1010</v>
+        <v>1016</v>
       </c>
       <c r="D95" s="10" t="s">
-        <v>1011</v>
+        <v>1017</v>
       </c>
       <c r="E95" s="25">
-        <v>0.35138888888888892</v>
+        <v>0.13472222222222222</v>
       </c>
       <c r="F95" s="29">
-        <v>0.3666666666666667</v>
+        <v>0.15416666666666667</v>
       </c>
     </row>
     <row r="96" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A96" s="9" t="s">
-        <v>1006</v>
+        <v>1012</v>
       </c>
       <c r="B96" s="11">
-        <v>43244</v>
+        <v>43303</v>
       </c>
       <c r="C96" s="28" t="s">
-        <v>1007</v>
+        <v>1013</v>
       </c>
       <c r="D96" s="10" t="s">
-        <v>1008</v>
+        <v>1014</v>
       </c>
       <c r="E96" s="25">
-        <v>0.95694444444444438</v>
+        <v>0.81111111111111101</v>
       </c>
       <c r="F96" s="29">
-        <v>0.96944444444444444</v>
+        <v>0.82986111111111116</v>
       </c>
     </row>
     <row r="97" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A97" s="9" t="s">
-        <v>1003</v>
+        <v>1009</v>
       </c>
       <c r="B97" s="11">
-        <v>43215</v>
+        <v>43274</v>
       </c>
       <c r="C97" s="28" t="s">
-        <v>1004</v>
+        <v>1010</v>
       </c>
       <c r="D97" s="10" t="s">
-        <v>1005</v>
+        <v>1011</v>
       </c>
       <c r="E97" s="25">
-        <v>0.62847222222222221</v>
+        <v>0.35138888888888892</v>
       </c>
       <c r="F97" s="29">
-        <v>0.64097222222222217</v>
+        <v>0.3666666666666667</v>
       </c>
     </row>
     <row r="98" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A98" s="9" t="s">
-        <v>1000</v>
+        <v>1006</v>
       </c>
       <c r="B98" s="11">
-        <v>43186</v>
+        <v>43244</v>
       </c>
       <c r="C98" s="28" t="s">
-        <v>1001</v>
+        <v>1007</v>
       </c>
       <c r="D98" s="10" t="s">
-        <v>1002</v>
+        <v>1008</v>
       </c>
       <c r="E98" s="25">
-        <v>0.30069444444444443</v>
+        <v>0.95694444444444438</v>
       </c>
       <c r="F98" s="29">
-        <v>0.31458333333333333</v>
+        <v>0.96944444444444444</v>
       </c>
     </row>
     <row r="99" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A99" s="9" t="s">
-        <v>997</v>
+        <v>1003</v>
       </c>
       <c r="B99" s="11">
-        <v>43156</v>
+        <v>43215</v>
       </c>
       <c r="C99" s="28" t="s">
-        <v>998</v>
+        <v>1004</v>
       </c>
       <c r="D99" s="10" t="s">
-        <v>999</v>
+        <v>1005</v>
       </c>
       <c r="E99" s="25">
-        <v>0.97638888888888886</v>
+        <v>0.62847222222222221</v>
       </c>
       <c r="F99" s="29">
-        <v>0.99097222222222225</v>
+        <v>0.64097222222222217</v>
       </c>
     </row>
     <row r="100" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A100" s="9" t="s">
-        <v>994</v>
+        <v>1000</v>
       </c>
       <c r="B100" s="11">
-        <v>43127</v>
+        <v>43186</v>
       </c>
       <c r="C100" s="28" t="s">
-        <v>995</v>
+        <v>1001</v>
       </c>
       <c r="D100" s="10" t="s">
-        <v>996</v>
+        <v>1002</v>
       </c>
       <c r="E100" s="25">
-        <v>0.65625</v>
+        <v>0.30069444444444443</v>
       </c>
       <c r="F100" s="29">
-        <v>0.66875000000000007</v>
+        <v>0.31458333333333333</v>
       </c>
     </row>
     <row r="101" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A101" s="9" t="s">
-        <v>991</v>
+        <v>997</v>
       </c>
       <c r="B101" s="11">
-        <v>43098</v>
+        <v>43156</v>
       </c>
       <c r="C101" s="28" t="s">
-        <v>992</v>
+        <v>998</v>
       </c>
       <c r="D101" s="10" t="s">
-        <v>993</v>
+        <v>999</v>
       </c>
       <c r="E101" s="25">
-        <v>0.20277777777777781</v>
+        <v>0.97638888888888886</v>
       </c>
       <c r="F101" s="29">
-        <v>0.21319444444444444</v>
+        <v>0.99097222222222225</v>
       </c>
     </row>
     <row r="102" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A102" s="9" t="s">
-        <v>988</v>
+        <v>994</v>
       </c>
       <c r="B102" s="11">
-        <v>43068</v>
+        <v>43127</v>
       </c>
       <c r="C102" s="28" t="s">
-        <v>989</v>
+        <v>995</v>
       </c>
       <c r="D102" s="10" t="s">
-        <v>990</v>
+        <v>996</v>
       </c>
       <c r="E102" s="25">
-        <v>0.61388888888888882</v>
+        <v>0.65625</v>
       </c>
       <c r="F102" s="29">
-        <v>0.62638888888888888</v>
+        <v>0.66875000000000007</v>
       </c>
     </row>
     <row r="103" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A103" s="9" t="s">
-        <v>985</v>
+        <v>991</v>
       </c>
       <c r="B103" s="11">
-        <v>43039</v>
+        <v>43098</v>
       </c>
       <c r="C103" s="28" t="s">
-        <v>986</v>
+        <v>992</v>
       </c>
       <c r="D103" s="10" t="s">
-        <v>987</v>
+        <v>993</v>
       </c>
       <c r="E103" s="25">
-        <v>0.22291666666666665</v>
+        <v>0.20277777777777781</v>
       </c>
       <c r="F103" s="29">
-        <v>0.24166666666666667</v>
+        <v>0.21319444444444444</v>
       </c>
     </row>
     <row r="104" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A104" s="9" t="s">
-        <v>982</v>
+        <v>988</v>
       </c>
       <c r="B104" s="11">
-        <v>43009</v>
+        <v>43068</v>
       </c>
       <c r="C104" s="28" t="s">
-        <v>983</v>
+        <v>989</v>
       </c>
       <c r="D104" s="10" t="s">
-        <v>984</v>
+        <v>990</v>
       </c>
       <c r="E104" s="25">
-        <v>0.19513888888888889</v>
+        <v>0.61388888888888882</v>
       </c>
       <c r="F104" s="29">
-        <v>0.71666666666666667</v>
+        <v>0.62638888888888888</v>
       </c>
     </row>
     <row r="105" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A105" s="9" t="s">
-        <v>979</v>
+        <v>985</v>
       </c>
       <c r="B105" s="11">
-        <v>42979</v>
+        <v>43039</v>
       </c>
       <c r="C105" s="28" t="s">
-        <v>980</v>
+        <v>986</v>
       </c>
       <c r="D105" s="10" t="s">
-        <v>981</v>
+        <v>987</v>
       </c>
       <c r="E105" s="25">
-        <v>0.48333333333333334</v>
+        <v>0.22291666666666665</v>
       </c>
       <c r="F105" s="29">
-        <v>0.50486111111111109</v>
+        <v>0.24166666666666667</v>
       </c>
     </row>
     <row r="106" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A106" s="9" t="s">
-        <v>976</v>
+        <v>982</v>
       </c>
       <c r="B106" s="11">
-        <v>42949</v>
+        <v>43009</v>
       </c>
       <c r="C106" s="28" t="s">
-        <v>977</v>
+        <v>983</v>
       </c>
       <c r="D106" s="10" t="s">
-        <v>978</v>
+        <v>984</v>
       </c>
       <c r="E106" s="25">
-        <v>0.81805555555555554</v>
+        <v>0.19513888888888889</v>
       </c>
       <c r="F106" s="29">
-        <v>0.83958333333333324</v>
+        <v>0.71666666666666667</v>
       </c>
     </row>
     <row r="107" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A107" s="9" t="s">
-        <v>973</v>
+        <v>979</v>
       </c>
       <c r="B107" s="11">
-        <v>42920</v>
+        <v>42979</v>
       </c>
       <c r="C107" s="28" t="s">
-        <v>974</v>
+        <v>980</v>
       </c>
       <c r="D107" s="10" t="s">
-        <v>975</v>
+        <v>981</v>
       </c>
       <c r="E107" s="25">
-        <v>0.15277777777777776</v>
+        <v>0.48333333333333334</v>
       </c>
       <c r="F107" s="29">
-        <v>0.17222222222222225</v>
+        <v>0.50486111111111109</v>
       </c>
     </row>
     <row r="108" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A108" s="9" t="s">
-        <v>970</v>
+        <v>976</v>
       </c>
       <c r="B108" s="11">
-        <v>42890</v>
+        <v>42949</v>
       </c>
       <c r="C108" s="28" t="s">
-        <v>971</v>
+        <v>977</v>
       </c>
       <c r="D108" s="10" t="s">
-        <v>972</v>
+        <v>978</v>
       </c>
       <c r="E108" s="25">
-        <v>0.5541666666666667</v>
+        <v>0.81805555555555554</v>
       </c>
       <c r="F108" s="29">
-        <v>0.57013888888888886</v>
+        <v>0.83958333333333324</v>
       </c>
     </row>
     <row r="109" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A109" s="9" t="s">
-        <v>967</v>
+        <v>973</v>
       </c>
       <c r="B109" s="11">
-        <v>42861</v>
+        <v>42920</v>
       </c>
       <c r="C109" s="28" t="s">
-        <v>968</v>
+        <v>974</v>
       </c>
       <c r="D109" s="10" t="s">
-        <v>969</v>
+        <v>975</v>
       </c>
       <c r="E109" s="25">
-        <v>2.0833333333333332E-2</v>
+        <v>0.15277777777777776</v>
       </c>
       <c r="F109" s="29">
-        <v>3.5416666666666666E-2</v>
+        <v>0.17222222222222225</v>
       </c>
     </row>
     <row r="110" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A110" s="9" t="s">
-        <v>964</v>
+        <v>970</v>
       </c>
       <c r="B110" s="11">
-        <v>42831</v>
+        <v>42890</v>
       </c>
       <c r="C110" s="28" t="s">
-        <v>965</v>
+        <v>971</v>
       </c>
       <c r="D110" s="10" t="s">
-        <v>966</v>
+        <v>972</v>
       </c>
       <c r="E110" s="25">
-        <v>0.55555555555555558</v>
+        <v>0.5541666666666667</v>
       </c>
       <c r="F110" s="29">
-        <v>0.5708333333333333</v>
+        <v>0.57013888888888886</v>
       </c>
     </row>
     <row r="111" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A111" s="9" t="s">
-        <v>568</v>
+        <v>967</v>
       </c>
       <c r="B111" s="11">
-        <v>42802</v>
+        <v>42861</v>
       </c>
       <c r="C111" s="28" t="s">
-        <v>962</v>
+        <v>968</v>
       </c>
       <c r="D111" s="10" t="s">
-        <v>963</v>
+        <v>969</v>
       </c>
       <c r="E111" s="25">
-        <v>0.16111111111111112</v>
+        <v>2.0833333333333332E-2</v>
       </c>
       <c r="F111" s="29">
-        <v>0.17708333333333334</v>
+        <v>3.5416666666666666E-2</v>
       </c>
     </row>
     <row r="112" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A112" s="9" t="s">
-        <v>959</v>
+        <v>964</v>
       </c>
       <c r="B112" s="11">
-        <v>42772</v>
+        <v>42831</v>
       </c>
       <c r="C112" s="28" t="s">
-        <v>960</v>
+        <v>965</v>
       </c>
       <c r="D112" s="10" t="s">
-        <v>961</v>
+        <v>966</v>
       </c>
       <c r="E112" s="25">
-        <v>0.83888888888888891</v>
+        <v>0.55555555555555558</v>
       </c>
       <c r="F112" s="29">
-        <v>0.85416666666666663</v>
+        <v>0.5708333333333333</v>
       </c>
     </row>
     <row r="113" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A113" s="9" t="s">
-        <v>956</v>
+        <v>568</v>
       </c>
       <c r="B113" s="11">
-        <v>42743</v>
+        <v>42802</v>
       </c>
       <c r="C113" s="28" t="s">
-        <v>957</v>
+        <v>962</v>
       </c>
       <c r="D113" s="10" t="s">
-        <v>958</v>
+        <v>963</v>
       </c>
       <c r="E113" s="25">
-        <v>0.52083333333333337</v>
+        <v>0.16111111111111112</v>
       </c>
       <c r="F113" s="29">
-        <v>0.53263888888888888</v>
+        <v>0.17708333333333334</v>
       </c>
     </row>
     <row r="114" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A114" s="9" t="s">
-        <v>953</v>
+        <v>959</v>
       </c>
       <c r="B114" s="11">
-        <v>42714</v>
+        <v>42772</v>
       </c>
       <c r="C114" s="28" t="s">
-        <v>954</v>
+        <v>960</v>
       </c>
       <c r="D114" s="10" t="s">
-        <v>955</v>
+        <v>961</v>
       </c>
       <c r="E114" s="25">
-        <v>7.0833333333333331E-2</v>
+        <v>0.83888888888888891</v>
       </c>
       <c r="F114" s="29">
-        <v>8.0555555555555561E-2</v>
+        <v>0.85416666666666663</v>
       </c>
     </row>
     <row r="115" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A115" s="9" t="s">
-        <v>950</v>
+        <v>956</v>
       </c>
       <c r="B115" s="11">
-        <v>42684</v>
+        <v>42743</v>
       </c>
       <c r="C115" s="28" t="s">
-        <v>951</v>
+        <v>957</v>
       </c>
       <c r="D115" s="10" t="s">
-        <v>952</v>
+        <v>958</v>
       </c>
       <c r="E115" s="25">
-        <v>0.75138888888888899</v>
+        <v>0.52083333333333337</v>
       </c>
       <c r="F115" s="29">
-        <v>0.76666666666666661</v>
+        <v>0.53263888888888888</v>
       </c>
     </row>
     <row r="116" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A116" s="9" t="s">
-        <v>947</v>
+        <v>953</v>
       </c>
       <c r="B116" s="11">
-        <v>42655</v>
+        <v>42714</v>
       </c>
       <c r="C116" s="28" t="s">
-        <v>948</v>
+        <v>954</v>
       </c>
       <c r="D116" s="10" t="s">
-        <v>949</v>
+        <v>955</v>
       </c>
       <c r="E116" s="25">
-        <v>0.4291666666666667</v>
+        <v>7.0833333333333331E-2</v>
       </c>
       <c r="F116" s="29">
-        <v>0.44861111111111113</v>
+        <v>8.0555555555555561E-2</v>
       </c>
     </row>
     <row r="117" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A117" s="9" t="s">
-        <v>944</v>
+        <v>950</v>
       </c>
       <c r="B117" s="11">
-        <v>42625</v>
+        <v>42684</v>
       </c>
       <c r="C117" s="28" t="s">
-        <v>945</v>
+        <v>951</v>
       </c>
       <c r="D117" s="10" t="s">
-        <v>946</v>
+        <v>952</v>
       </c>
       <c r="E117" s="25">
-        <v>0.4916666666666667</v>
+        <v>0.75138888888888899</v>
       </c>
       <c r="F117" s="29">
-        <v>0.51250000000000007</v>
+        <v>0.76666666666666661</v>
       </c>
     </row>
     <row r="118" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A118" s="9" t="s">
-        <v>941</v>
+        <v>947</v>
       </c>
       <c r="B118" s="11">
-        <v>42595</v>
+        <v>42655</v>
       </c>
       <c r="C118" s="28" t="s">
-        <v>942</v>
+        <v>948</v>
       </c>
       <c r="D118" s="10" t="s">
-        <v>943</v>
+        <v>949</v>
       </c>
       <c r="E118" s="25">
-        <v>0.89513888888888893</v>
+        <v>0.4291666666666667</v>
       </c>
       <c r="F118" s="29">
-        <v>0.91666666666666663</v>
+        <v>0.44861111111111113</v>
       </c>
     </row>
     <row r="119" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A119" s="9" t="s">
-        <v>938</v>
+        <v>944</v>
       </c>
       <c r="B119" s="11">
-        <v>42566</v>
+        <v>42625</v>
       </c>
       <c r="C119" s="28" t="s">
-        <v>939</v>
+        <v>945</v>
       </c>
       <c r="D119" s="10" t="s">
-        <v>940</v>
+        <v>946</v>
       </c>
       <c r="E119" s="25">
-        <v>0.23055555555555554</v>
+        <v>0.4916666666666667</v>
       </c>
       <c r="F119" s="29">
-        <v>0.25069444444444444</v>
+        <v>0.51250000000000007</v>
       </c>
     </row>
     <row r="120" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A120" s="9" t="s">
-        <v>935</v>
+        <v>941</v>
       </c>
       <c r="B120" s="11">
-        <v>42536</v>
+        <v>42595</v>
       </c>
       <c r="C120" s="28" t="s">
-        <v>936</v>
+        <v>942</v>
       </c>
       <c r="D120" s="10" t="s">
-        <v>937</v>
+        <v>943</v>
       </c>
       <c r="E120" s="25">
-        <v>0.56458333333333333</v>
+        <v>0.89513888888888893</v>
       </c>
       <c r="F120" s="29">
-        <v>0.58194444444444449</v>
+        <v>0.91666666666666663</v>
       </c>
     </row>
     <row r="121" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A121" s="9" t="s">
-        <v>932</v>
+        <v>938</v>
       </c>
       <c r="B121" s="11">
-        <v>42506</v>
+        <v>42566</v>
       </c>
       <c r="C121" s="28" t="s">
-        <v>933</v>
+        <v>939</v>
       </c>
       <c r="D121" s="10" t="s">
-        <v>934</v>
+        <v>940</v>
       </c>
       <c r="E121" s="25">
-        <v>0.89583333333333337</v>
+        <v>0.23055555555555554</v>
       </c>
       <c r="F121" s="29">
-        <v>0.91111111111111109</v>
+        <v>0.25069444444444444</v>
       </c>
     </row>
     <row r="122" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A122" s="9" t="s">
-        <v>929</v>
+        <v>935</v>
       </c>
       <c r="B122" s="11">
-        <v>42477</v>
+        <v>42536</v>
       </c>
       <c r="C122" s="28" t="s">
-        <v>930</v>
+        <v>936</v>
       </c>
       <c r="D122" s="10" t="s">
-        <v>931</v>
+        <v>937</v>
       </c>
       <c r="E122" s="25">
-        <v>0.22500000000000001</v>
+        <v>0.56458333333333333</v>
       </c>
       <c r="F122" s="29">
-        <v>0.23958333333333334</v>
+        <v>0.58194444444444449</v>
       </c>
     </row>
     <row r="123" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A123" s="9" t="s">
-        <v>926</v>
+        <v>932</v>
       </c>
       <c r="B123" s="11">
-        <v>42447</v>
+        <v>42506</v>
       </c>
       <c r="C123" s="28" t="s">
-        <v>927</v>
+        <v>933</v>
       </c>
       <c r="D123" s="10" t="s">
-        <v>928</v>
+        <v>934</v>
       </c>
       <c r="E123" s="25">
-        <v>0.62291666666666667</v>
+        <v>0.89583333333333337</v>
       </c>
       <c r="F123" s="29">
-        <v>0.6381944444444444</v>
+        <v>0.91111111111111109</v>
       </c>
     </row>
     <row r="124" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A124" s="9" t="s">
-        <v>923</v>
+        <v>929</v>
       </c>
       <c r="B124" s="11">
-        <v>42418</v>
+        <v>42477</v>
       </c>
       <c r="C124" s="28" t="s">
-        <v>924</v>
+        <v>930</v>
       </c>
       <c r="D124" s="10" t="s">
-        <v>925</v>
+        <v>931</v>
       </c>
       <c r="E124" s="25">
-        <v>9.2361111111111116E-2</v>
+        <v>0.22500000000000001</v>
       </c>
       <c r="F124" s="29">
-        <v>0.1076388888888889</v>
+        <v>0.23958333333333334</v>
       </c>
     </row>
     <row r="125" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A125" s="9" t="s">
-        <v>920</v>
+        <v>926</v>
       </c>
       <c r="B125" s="11">
-        <v>42388</v>
+        <v>42447</v>
       </c>
       <c r="C125" s="28" t="s">
-        <v>921</v>
+        <v>927</v>
       </c>
       <c r="D125" s="10" t="s">
-        <v>922</v>
+        <v>928</v>
       </c>
       <c r="E125" s="25">
-        <v>0.70347222222222217</v>
+        <v>0.62291666666666667</v>
       </c>
       <c r="F125" s="29">
-        <v>0.71666666666666667</v>
+        <v>0.6381944444444444</v>
       </c>
     </row>
     <row r="126" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A126" s="9" t="s">
-        <v>917</v>
+        <v>923</v>
       </c>
       <c r="B126" s="11">
-        <v>42359</v>
+        <v>42418</v>
       </c>
       <c r="C126" s="28" t="s">
-        <v>918</v>
+        <v>924</v>
       </c>
       <c r="D126" s="10" t="s">
-        <v>919</v>
-[...4 lines deleted...]
-      <c r="F126" s="53"/>
+        <v>925</v>
+      </c>
+      <c r="E126" s="25">
+        <v>9.2361111111111116E-2</v>
+      </c>
+      <c r="F126" s="29">
+        <v>0.1076388888888889</v>
+      </c>
     </row>
     <row r="127" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A127" s="9" t="s">
-        <v>914</v>
+        <v>920</v>
       </c>
       <c r="B127" s="11">
-        <v>42329</v>
+        <v>42388</v>
       </c>
       <c r="C127" s="28" t="s">
-        <v>915</v>
+        <v>921</v>
       </c>
       <c r="D127" s="10" t="s">
-        <v>916</v>
-[...2 lines deleted...]
-        <v>0.93611111111111101</v>
+        <v>922</v>
+      </c>
+      <c r="E127" s="25">
+        <v>0.70347222222222217</v>
       </c>
       <c r="F127" s="29">
-        <v>0.94861111111111107</v>
+        <v>0.71666666666666667</v>
       </c>
     </row>
     <row r="128" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A128" s="9" t="s">
-        <v>911</v>
+        <v>917</v>
       </c>
       <c r="B128" s="11">
-        <v>42300</v>
+        <v>42359</v>
       </c>
       <c r="C128" s="28" t="s">
-        <v>912</v>
+        <v>918</v>
       </c>
       <c r="D128" s="10" t="s">
-        <v>913</v>
-[...6 lines deleted...]
-      </c>
+        <v>919</v>
+      </c>
+      <c r="E128" s="52" t="s">
+        <v>885</v>
+      </c>
+      <c r="F128" s="53"/>
     </row>
     <row r="129" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A129" s="9" t="s">
-        <v>908</v>
+        <v>914</v>
       </c>
       <c r="B129" s="11">
-        <v>42271</v>
+        <v>42329</v>
       </c>
       <c r="C129" s="28" t="s">
-        <v>909</v>
+        <v>915</v>
       </c>
       <c r="D129" s="10" t="s">
-        <v>910</v>
-[...2 lines deleted...]
-        <v>0.22568287037037038</v>
+        <v>916</v>
+      </c>
+      <c r="E129" s="29">
+        <v>0.93611111111111101</v>
       </c>
       <c r="F129" s="29">
-        <v>0.24517361111111111</v>
+        <v>0.94861111111111107</v>
       </c>
     </row>
     <row r="130" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A130" s="9" t="s">
-        <v>905</v>
+        <v>911</v>
       </c>
       <c r="B130" s="11">
-        <v>42241</v>
+        <v>42300</v>
       </c>
       <c r="C130" s="28" t="s">
-        <v>906</v>
+        <v>912</v>
       </c>
       <c r="D130" s="10" t="s">
-        <v>907</v>
+        <v>913</v>
       </c>
       <c r="E130" s="25">
-        <v>0.69861111111111107</v>
+        <v>0.68402777777777779</v>
       </c>
       <c r="F130" s="29">
-        <v>0.71944444444444444</v>
+        <v>0.70138888888888884</v>
       </c>
     </row>
     <row r="131" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A131" s="9" t="s">
-        <v>902</v>
+        <v>908</v>
       </c>
       <c r="B131" s="11">
-        <v>42212</v>
+        <v>42271</v>
       </c>
       <c r="C131" s="28" t="s">
-        <v>903</v>
+        <v>909</v>
       </c>
       <c r="D131" s="10" t="s">
-        <v>904</v>
+        <v>910</v>
       </c>
       <c r="E131" s="25">
-        <v>0.17083333333333331</v>
+        <v>0.22568287037037038</v>
       </c>
       <c r="F131" s="29">
-        <v>0.19166666666666665</v>
+        <v>0.24517361111111111</v>
       </c>
     </row>
     <row r="132" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A132" s="9" t="s">
-        <v>899</v>
+        <v>905</v>
       </c>
       <c r="B132" s="11">
-        <v>42182</v>
+        <v>42241</v>
       </c>
       <c r="C132" s="28" t="s">
-        <v>900</v>
+        <v>906</v>
       </c>
       <c r="D132" s="10" t="s">
-        <v>901</v>
+        <v>907</v>
       </c>
       <c r="E132" s="25">
-        <v>0.6430555555555556</v>
+        <v>0.69861111111111107</v>
       </c>
       <c r="F132" s="29">
-        <v>0.66180555555555554</v>
+        <v>0.71944444444444444</v>
       </c>
     </row>
     <row r="133" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A133" s="9" t="s">
-        <v>896</v>
+        <v>902</v>
       </c>
       <c r="B133" s="11">
-        <v>42152</v>
+        <v>42212</v>
       </c>
       <c r="C133" s="28" t="s">
-        <v>897</v>
+        <v>903</v>
       </c>
       <c r="D133" s="10" t="s">
-        <v>898</v>
+        <v>904</v>
       </c>
       <c r="E133" s="25">
-        <v>0.97569444444444453</v>
+        <v>0.17083333333333331</v>
       </c>
       <c r="F133" s="29">
-        <v>0.99236111111111114</v>
+        <v>0.19166666666666665</v>
       </c>
     </row>
     <row r="134" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A134" s="9" t="s">
-        <v>893</v>
+        <v>899</v>
       </c>
       <c r="B134" s="11">
-        <v>42121</v>
+        <v>42182</v>
       </c>
       <c r="C134" s="28" t="s">
-        <v>894</v>
+        <v>900</v>
       </c>
       <c r="D134" s="10" t="s">
-        <v>895</v>
-[...4 lines deleted...]
-      <c r="F134" s="53"/>
+        <v>901</v>
+      </c>
+      <c r="E134" s="25">
+        <v>0.6430555555555556</v>
+      </c>
+      <c r="F134" s="29">
+        <v>0.66180555555555554</v>
+      </c>
     </row>
     <row r="135" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A135" s="9" t="s">
-        <v>890</v>
+        <v>896</v>
       </c>
       <c r="B135" s="11">
-        <v>42093</v>
+        <v>42152</v>
       </c>
       <c r="C135" s="28" t="s">
-        <v>891</v>
+        <v>897</v>
       </c>
       <c r="D135" s="10" t="s">
-        <v>892</v>
+        <v>898</v>
       </c>
       <c r="E135" s="25">
-        <v>0.49652777777777773</v>
+        <v>0.97569444444444453</v>
       </c>
       <c r="F135" s="29">
-        <v>0.51111111111111118</v>
+        <v>0.99236111111111114</v>
       </c>
     </row>
     <row r="136" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A136" s="9" t="s">
-        <v>889</v>
+        <v>893</v>
       </c>
       <c r="B136" s="11">
-        <v>42063</v>
-[...12 lines deleted...]
-      </c>
+        <v>42121</v>
+      </c>
+      <c r="C136" s="28" t="s">
+        <v>894</v>
+      </c>
+      <c r="D136" s="10" t="s">
+        <v>895</v>
+      </c>
+      <c r="E136" s="52" t="s">
+        <v>1096</v>
+      </c>
+      <c r="F136" s="53"/>
     </row>
     <row r="137" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A137" s="9" t="s">
-        <v>887</v>
-[...11 lines deleted...]
-        <v>9.2361111111111116E-2</v>
+        <v>890</v>
+      </c>
+      <c r="B137" s="11">
+        <v>42093</v>
+      </c>
+      <c r="C137" s="28" t="s">
+        <v>891</v>
+      </c>
+      <c r="D137" s="10" t="s">
+        <v>892</v>
+      </c>
+      <c r="E137" s="25">
+        <v>0.49652777777777773</v>
       </c>
       <c r="F137" s="29">
-        <v>0.10694444444444444</v>
+        <v>0.51111111111111118</v>
       </c>
     </row>
     <row r="138" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A138" s="9" t="s">
-        <v>886</v>
+        <v>889</v>
       </c>
       <c r="B138" s="11">
-        <v>42004</v>
+        <v>42063</v>
       </c>
       <c r="C138" s="29">
-        <v>0.84652777777777777</v>
+        <v>0.42222222222222222</v>
       </c>
       <c r="D138" s="12">
-        <v>0.8652777777777777</v>
-[...4 lines deleted...]
-      <c r="F138" s="53"/>
+        <v>0.44097222222222227</v>
+      </c>
+      <c r="E138" s="25">
+        <v>0.75902777777777775</v>
+      </c>
+      <c r="F138" s="29">
+        <v>0.77430555555555547</v>
+      </c>
     </row>
     <row r="139" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A139" s="9" t="s">
+        <v>887</v>
+      </c>
+      <c r="B139" s="10" t="s">
+        <v>888</v>
+      </c>
+      <c r="C139" s="29">
+        <v>0.96319444444444446</v>
+      </c>
+      <c r="D139" s="12">
+        <v>0.9819444444444444</v>
+      </c>
+      <c r="E139" s="29">
+        <v>9.2361111111111116E-2</v>
+      </c>
+      <c r="F139" s="29">
+        <v>0.10694444444444444</v>
+      </c>
+    </row>
+    <row r="140" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A140" s="9" t="s">
+        <v>886</v>
+      </c>
+      <c r="B140" s="11">
+        <v>42004</v>
+      </c>
+      <c r="C140" s="29">
+        <v>0.84652777777777777</v>
+      </c>
+      <c r="D140" s="12">
+        <v>0.8652777777777777</v>
+      </c>
+      <c r="E140" s="52" t="s">
+        <v>885</v>
+      </c>
+      <c r="F140" s="53"/>
+    </row>
+    <row r="141" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A141" s="9" t="s">
         <v>884</v>
       </c>
-      <c r="B139" s="11">
+      <c r="B141" s="11">
         <v>41975</v>
       </c>
-      <c r="C139" s="29">
+      <c r="C141" s="29">
         <v>0.86805555555555547</v>
       </c>
-      <c r="D139" s="12">
+      <c r="D141" s="12">
         <v>0.88680555555555562</v>
       </c>
-      <c r="E139" s="52" t="s">
+      <c r="E141" s="52" t="s">
         <v>885</v>
       </c>
-      <c r="F139" s="53"/>
-[...39 lines deleted...]
-      </c>
+      <c r="F141" s="53"/>
     </row>
     <row r="142" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A142" s="28" t="s">
-        <v>880</v>
-[...2 lines deleted...]
-        <v>881</v>
+        <v>883</v>
+      </c>
+      <c r="B142" s="11">
+        <v>41945</v>
       </c>
       <c r="C142" s="12">
-        <v>0.94097222222222221</v>
+        <v>0.44722222222222219</v>
       </c>
       <c r="D142" s="20">
-        <v>0.95972222222222225</v>
+        <v>0.46597222222222223</v>
       </c>
       <c r="E142" s="20">
-        <v>0.15763888888888888</v>
+        <v>0.80069444444444438</v>
       </c>
       <c r="F142" s="31">
-        <v>0.17812500000000001</v>
+        <v>0.81527777777777777</v>
       </c>
     </row>
     <row r="143" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A143" s="28" t="s">
-        <v>879</v>
+        <v>882</v>
       </c>
       <c r="B143" s="11">
-        <v>41857</v>
+        <v>41916</v>
       </c>
       <c r="C143" s="12">
-        <v>0.75624999999999998</v>
+        <v>0.46875</v>
       </c>
       <c r="D143" s="20">
-        <v>0.77500000000000002</v>
+        <v>0.48749999999999999</v>
       </c>
       <c r="E143" s="20">
-        <v>0.83611111111111114</v>
+        <v>0.54722222222222217</v>
       </c>
       <c r="F143" s="31">
-        <v>0.8569444444444444</v>
+        <v>0.56597222222222221</v>
       </c>
     </row>
     <row r="144" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A144" s="28" t="s">
-        <v>878</v>
-[...2 lines deleted...]
-        <v>41828</v>
+        <v>880</v>
+      </c>
+      <c r="B144" s="10" t="s">
+        <v>881</v>
       </c>
       <c r="C144" s="12">
-        <v>0.29722222222222222</v>
+        <v>0.94097222222222221</v>
       </c>
       <c r="D144" s="20">
-        <v>0.31597222222222221</v>
+        <v>0.95972222222222225</v>
       </c>
       <c r="E144" s="20">
-        <v>0.37708333333333338</v>
+        <v>0.15763888888888888</v>
       </c>
       <c r="F144" s="31">
-        <v>0.3972222222222222</v>
+        <v>0.17812500000000001</v>
       </c>
     </row>
     <row r="145" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A145" s="28" t="s">
-        <v>877</v>
+        <v>879</v>
       </c>
       <c r="B145" s="11">
-        <v>41798</v>
+        <v>41857</v>
       </c>
       <c r="C145" s="12">
-        <v>0.83819444444444446</v>
+        <v>0.75624999999999998</v>
       </c>
       <c r="D145" s="20">
+        <v>0.77500000000000002</v>
+      </c>
+      <c r="E145" s="20">
+        <v>0.83611111111111114</v>
+      </c>
+      <c r="F145" s="31">
         <v>0.8569444444444444</v>
-      </c>
-[...4 lines deleted...]
-        <v>0.93472222222222223</v>
       </c>
     </row>
     <row r="146" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A146" s="28" t="s">
-        <v>875</v>
-[...2 lines deleted...]
-        <v>876</v>
+        <v>878</v>
+      </c>
+      <c r="B146" s="11">
+        <v>41828</v>
       </c>
       <c r="C146" s="12">
-        <v>0.96736111111111101</v>
+        <v>0.29722222222222222</v>
       </c>
       <c r="D146" s="20">
-        <v>0.98472222222222217</v>
+        <v>0.31597222222222221</v>
       </c>
       <c r="E146" s="20">
-        <v>0.31782407407407409</v>
+        <v>0.37708333333333338</v>
       </c>
       <c r="F146" s="31">
-        <v>0.33211805555555557</v>
+        <v>0.3972222222222222</v>
       </c>
     </row>
     <row r="147" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A147" s="28" t="s">
-        <v>874</v>
+        <v>877</v>
       </c>
       <c r="B147" s="11">
-        <v>41739</v>
+        <v>41798</v>
       </c>
       <c r="C147" s="12">
-        <v>0.43958333333333338</v>
+        <v>0.83819444444444446</v>
       </c>
       <c r="D147" s="20">
-        <v>0.45833333333333331</v>
+        <v>0.8569444444444444</v>
       </c>
       <c r="E147" s="20">
-        <v>0.55907407407407406</v>
+        <v>0.91736111111111107</v>
       </c>
       <c r="F147" s="31">
-        <v>0.60069444444444442</v>
+        <v>0.93472222222222223</v>
       </c>
     </row>
     <row r="148" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A148" s="28" t="s">
-        <v>422</v>
-[...2 lines deleted...]
-        <v>41709</v>
+        <v>875</v>
+      </c>
+      <c r="B148" s="10" t="s">
+        <v>876</v>
       </c>
       <c r="C148" s="12">
-        <v>0.91111111111111109</v>
+        <v>0.96736111111111101</v>
       </c>
       <c r="D148" s="20">
-        <v>0.92986111111111114</v>
+        <v>0.98472222222222217</v>
       </c>
       <c r="E148" s="20">
-        <v>0.97499999999999998</v>
+        <v>0.31782407407407409</v>
       </c>
       <c r="F148" s="31">
-        <v>0.99097222222222225</v>
+        <v>0.33211805555555557</v>
       </c>
     </row>
     <row r="149" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A149" s="28" t="s">
-        <v>873</v>
+        <v>874</v>
       </c>
       <c r="B149" s="11">
-        <v>41679</v>
+        <v>41739</v>
       </c>
       <c r="C149" s="12">
-        <v>0.90277777777777779</v>
+        <v>0.43958333333333338</v>
       </c>
       <c r="D149" s="20">
-        <v>0.92152777777777783</v>
+        <v>0.45833333333333331</v>
       </c>
       <c r="E149" s="20">
-        <v>0.96319444444444446</v>
+        <v>0.55907407407407406</v>
       </c>
       <c r="F149" s="31">
-        <v>0.9784722222222223</v>
+        <v>0.60069444444444442</v>
       </c>
     </row>
     <row r="150" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A150" s="28" t="s">
-        <v>871</v>
-[...2 lines deleted...]
-        <v>872</v>
+        <v>422</v>
+      </c>
+      <c r="B150" s="11">
+        <v>41709</v>
       </c>
       <c r="C150" s="12">
-        <v>0.96250000000000002</v>
+        <v>0.91111111111111109</v>
       </c>
       <c r="D150" s="20">
-        <v>0.98125000000000007</v>
+        <v>0.92986111111111114</v>
       </c>
       <c r="E150" s="20">
-        <v>0.16111111111111112</v>
+        <v>0.97499999999999998</v>
       </c>
       <c r="F150" s="31">
-        <v>0.17430555555555557</v>
+        <v>0.99097222222222225</v>
       </c>
     </row>
     <row r="151" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A151" s="28" t="s">
-        <v>870</v>
+        <v>873</v>
       </c>
       <c r="B151" s="11">
-        <v>41620</v>
+        <v>41679</v>
       </c>
       <c r="C151" s="12">
-        <v>0.43472222222222223</v>
+        <v>0.90277777777777779</v>
       </c>
       <c r="D151" s="20">
-        <v>0.45347222222222222</v>
+        <v>0.92152777777777783</v>
       </c>
       <c r="E151" s="20">
-        <v>0.64027777777777783</v>
+        <v>0.96319444444444446</v>
       </c>
       <c r="F151" s="31">
-        <v>0.64930555555555558</v>
+        <v>0.9784722222222223</v>
       </c>
     </row>
     <row r="152" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A152" s="28" t="s">
-        <v>869</v>
-[...2 lines deleted...]
-        <v>41590</v>
+        <v>871</v>
+      </c>
+      <c r="B152" s="10" t="s">
+        <v>872</v>
       </c>
       <c r="C152" s="12">
-        <v>0.90694444444444444</v>
+        <v>0.96250000000000002</v>
       </c>
       <c r="D152" s="20">
-        <v>0.92569444444444438</v>
+        <v>0.98125000000000007</v>
       </c>
       <c r="E152" s="20">
-        <v>0.98541666666666661</v>
+        <v>0.16111111111111112</v>
       </c>
       <c r="F152" s="31">
-        <v>0.99594907407407407</v>
+        <v>0.17430555555555557</v>
       </c>
     </row>
     <row r="153" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A153" s="28" t="s">
-        <v>868</v>
+        <v>870</v>
       </c>
       <c r="B153" s="11">
-        <v>41561</v>
+        <v>41620</v>
       </c>
       <c r="C153" s="12">
-        <v>0.44722222222222219</v>
+        <v>0.43472222222222223</v>
       </c>
       <c r="D153" s="20">
-        <v>0.46597222222222223</v>
+        <v>0.45347222222222222</v>
       </c>
       <c r="E153" s="20">
-        <v>0.73125000000000007</v>
+        <v>0.64027777777777783</v>
       </c>
       <c r="F153" s="31">
-        <v>0.74930555555555556</v>
+        <v>0.64930555555555558</v>
       </c>
     </row>
     <row r="154" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A154" s="28" t="s">
-        <v>867</v>
+        <v>869</v>
       </c>
       <c r="B154" s="11">
-        <v>41532</v>
+        <v>41590</v>
       </c>
       <c r="C154" s="12">
-        <v>0.26250000000000001</v>
+        <v>0.90694444444444444</v>
       </c>
       <c r="D154" s="20">
-        <v>0.28125</v>
+        <v>0.92569444444444438</v>
       </c>
       <c r="E154" s="20">
-        <v>0.34212962962962962</v>
+        <v>0.98541666666666661</v>
       </c>
       <c r="F154" s="31">
-        <v>0.36203703703703699</v>
+        <v>0.99594907407407407</v>
       </c>
     </row>
     <row r="155" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A155" s="28" t="s">
-        <v>865</v>
-[...2 lines deleted...]
-        <v>866</v>
+        <v>868</v>
+      </c>
+      <c r="B155" s="11">
+        <v>41561</v>
       </c>
       <c r="C155" s="12">
-        <v>0.94097222222222221</v>
+        <v>0.44722222222222219</v>
       </c>
       <c r="D155" s="20">
-        <v>0.95972222222222225</v>
+        <v>0.46597222222222223</v>
       </c>
       <c r="E155" s="20">
-        <v>2.0833333333333332E-2</v>
+        <v>0.73125000000000007</v>
       </c>
       <c r="F155" s="31">
-        <v>4.2361111111111106E-2</v>
+        <v>0.74930555555555556</v>
       </c>
     </row>
     <row r="156" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A156" s="28" t="s">
-        <v>864</v>
+        <v>867</v>
       </c>
       <c r="B156" s="11">
-        <v>41473</v>
+        <v>41532</v>
       </c>
       <c r="C156" s="12">
-        <v>0.41319444444444442</v>
+        <v>0.26250000000000001</v>
       </c>
       <c r="D156" s="20">
-        <v>0.43194444444444446</v>
+        <v>0.28125</v>
       </c>
       <c r="E156" s="20">
-        <v>0.83611111111111114</v>
+        <v>0.34212962962962962</v>
       </c>
       <c r="F156" s="31">
-        <v>0.85763888888888884</v>
+        <v>0.36203703703703699</v>
       </c>
     </row>
     <row r="157" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A157" s="28" t="s">
-        <v>863</v>
-[...2 lines deleted...]
-        <v>41444</v>
+        <v>865</v>
+      </c>
+      <c r="B157" s="10" t="s">
+        <v>866</v>
       </c>
       <c r="C157" s="12">
-        <v>0.43472222222222223</v>
+        <v>0.94097222222222221</v>
       </c>
       <c r="D157" s="20">
-        <v>0.45347222222222222</v>
+        <v>0.95972222222222225</v>
       </c>
       <c r="E157" s="20">
-        <v>0.51388888888888895</v>
+        <v>2.0833333333333332E-2</v>
       </c>
       <c r="F157" s="31">
-        <v>0.53402777777777777</v>
+        <v>4.2361111111111106E-2</v>
       </c>
     </row>
     <row r="158" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A158" s="28" t="s">
-        <v>861</v>
-[...2 lines deleted...]
-        <v>862</v>
+        <v>864</v>
+      </c>
+      <c r="B158" s="11">
+        <v>41473</v>
       </c>
       <c r="C158" s="12">
-        <v>0.90694444444444444</v>
+        <v>0.41319444444444442</v>
       </c>
       <c r="D158" s="20">
-        <v>0.92569444444444438</v>
+        <v>0.43194444444444446</v>
       </c>
       <c r="E158" s="20">
-        <v>0.12083333333333333</v>
+        <v>0.83611111111111114</v>
       </c>
       <c r="F158" s="31">
-        <v>0.1388888888888889</v>
+        <v>0.85763888888888884</v>
       </c>
     </row>
     <row r="159" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A159" s="28" t="s">
-        <v>860</v>
+        <v>863</v>
       </c>
       <c r="B159" s="11">
-        <v>41385</v>
+        <v>41444</v>
       </c>
       <c r="C159" s="12">
-        <v>0.44791666666666669</v>
+        <v>0.43472222222222223</v>
       </c>
       <c r="D159" s="20">
-        <v>0.46666666666666662</v>
+        <v>0.45347222222222222</v>
       </c>
       <c r="E159" s="20">
-        <v>0.58750000000000002</v>
+        <v>0.51388888888888895</v>
       </c>
       <c r="F159" s="31">
-        <v>0.60347222222222219</v>
+        <v>0.53402777777777777</v>
       </c>
     </row>
     <row r="160" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A160" s="28" t="s">
-        <v>859</v>
-[...2 lines deleted...]
-        <v>41355</v>
+        <v>861</v>
+      </c>
+      <c r="B160" s="10" t="s">
+        <v>862</v>
       </c>
       <c r="C160" s="12">
-        <v>0.85138888888888886</v>
+        <v>0.90694444444444444</v>
       </c>
       <c r="D160" s="20">
-        <v>0.87013888888888891</v>
+        <v>0.92569444444444438</v>
       </c>
       <c r="E160" s="20">
-        <v>0.91388888888888886</v>
+        <v>0.12083333333333333</v>
       </c>
       <c r="F160" s="31">
-        <v>0.93125000000000002</v>
+        <v>0.1388888888888889</v>
       </c>
     </row>
     <row r="161" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A161" s="28" t="s">
+        <v>860</v>
+      </c>
+      <c r="B161" s="11">
+        <v>41385</v>
+      </c>
+      <c r="C161" s="12">
+        <v>0.44791666666666669</v>
+      </c>
+      <c r="D161" s="20">
+        <v>0.46666666666666662</v>
+      </c>
+      <c r="E161" s="20">
+        <v>0.58750000000000002</v>
+      </c>
+      <c r="F161" s="31">
+        <v>0.60347222222222219</v>
+      </c>
+    </row>
+    <row r="162" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A162" s="28" t="s">
+        <v>859</v>
+      </c>
+      <c r="B162" s="11">
+        <v>41355</v>
+      </c>
+      <c r="C162" s="12">
+        <v>0.85138888888888886</v>
+      </c>
+      <c r="D162" s="20">
+        <v>0.87013888888888891</v>
+      </c>
+      <c r="E162" s="20">
+        <v>0.91388888888888886</v>
+      </c>
+      <c r="F162" s="31">
+        <v>0.93125000000000002</v>
+      </c>
+    </row>
+    <row r="163" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A163" s="28" t="s">
         <v>857</v>
       </c>
-      <c r="B161" s="10" t="s">
+      <c r="B163" s="10" t="s">
         <v>858</v>
       </c>
-      <c r="C161" s="12">
+      <c r="C163" s="12">
         <v>0.97986111111111107</v>
       </c>
-      <c r="D161" s="20">
+      <c r="D163" s="20">
         <v>0.99861111111111101</v>
       </c>
-      <c r="E161" s="20">
+      <c r="E163" s="20">
         <v>0.10694444444444444</v>
       </c>
-      <c r="F161" s="31">
+      <c r="F163" s="31">
         <v>0.125</v>
       </c>
     </row>
-    <row r="162" spans="1:6" ht="24.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
-      <c r="A162" s="28" t="s">
+    <row r="164" spans="1:6" ht="24.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A164" s="28" t="s">
         <v>856</v>
       </c>
-      <c r="B162" s="11">
+      <c r="B164" s="11">
         <v>41297</v>
       </c>
-      <c r="C162" s="12">
+      <c r="C164" s="12">
         <v>0.82500000000000007</v>
       </c>
-      <c r="D162" s="20">
+      <c r="D164" s="20">
         <v>0.84375</v>
       </c>
-      <c r="E162" s="54" t="s">
+      <c r="E164" s="54" t="s">
         <v>1095</v>
       </c>
-      <c r="F162" s="55"/>
-[...2 lines deleted...]
-      <c r="A163" s="28" t="s">
+      <c r="F164" s="55"/>
+    </row>
+    <row r="165" spans="1:6" ht="26.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A165" s="28" t="s">
         <v>855</v>
       </c>
-      <c r="B163" s="11">
+      <c r="B165" s="11">
         <v>41266</v>
       </c>
-      <c r="C163" s="12">
+      <c r="C165" s="12">
         <v>0.85486111111111107</v>
       </c>
-      <c r="D163" s="20">
+      <c r="D165" s="20">
         <v>0.87361111111111101</v>
       </c>
-      <c r="E163" s="54" t="s">
+      <c r="E165" s="54" t="s">
         <v>1095</v>
       </c>
-      <c r="F163" s="55"/>
-[...39 lines deleted...]
-      </c>
+      <c r="F165" s="55"/>
     </row>
     <row r="166" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A166" s="28" t="s">
-        <v>851</v>
+        <v>854</v>
       </c>
       <c r="B166" s="11">
-        <v>41177</v>
+        <v>41236</v>
       </c>
       <c r="C166" s="12">
-        <v>0.44722222222222219</v>
+        <v>0.43402777777777773</v>
       </c>
       <c r="D166" s="20">
-        <v>0.46597222222222223</v>
+        <v>0.45277777777777778</v>
       </c>
       <c r="E166" s="20">
-        <v>0.59444444444444444</v>
+        <v>0.78194444444444444</v>
       </c>
       <c r="F166" s="31">
-        <v>0.61458333333333337</v>
+        <v>0.79166666666666663</v>
       </c>
     </row>
     <row r="167" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A167" s="28" t="s">
-        <v>850</v>
-[...2 lines deleted...]
-        <v>41089</v>
+        <v>852</v>
+      </c>
+      <c r="B167" s="10" t="s">
+        <v>853</v>
       </c>
       <c r="C167" s="12">
-        <v>0.41319444444444442</v>
+        <v>0.97499999999999998</v>
       </c>
       <c r="D167" s="20">
-        <v>0.43194444444444446</v>
+        <v>0.99375000000000002</v>
       </c>
       <c r="E167" s="20">
-        <v>0.74949074074074085</v>
+        <v>5.347222222222222E-2</v>
       </c>
       <c r="F167" s="31">
-        <v>0.79791666666666661</v>
+        <v>6.8749999999999992E-2</v>
       </c>
     </row>
     <row r="168" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A168" s="28" t="s">
-        <v>849</v>
+        <v>851</v>
       </c>
       <c r="B168" s="11">
-        <v>41060</v>
+        <v>41177</v>
       </c>
       <c r="C168" s="12">
-        <v>0.43472222222222223</v>
+        <v>0.44722222222222219</v>
       </c>
       <c r="D168" s="20">
-        <v>0.45347222222222222</v>
+        <v>0.46597222222222223</v>
       </c>
       <c r="E168" s="20">
-        <v>0.51458333333333328</v>
+        <v>0.59444444444444444</v>
       </c>
       <c r="F168" s="31">
-        <v>0.53194444444444444</v>
+        <v>0.61458333333333337</v>
       </c>
     </row>
     <row r="169" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A169" s="28" t="s">
-        <v>847</v>
-[...2 lines deleted...]
-        <v>848</v>
+        <v>850</v>
+      </c>
+      <c r="B169" s="11">
+        <v>41089</v>
       </c>
       <c r="C169" s="12">
-        <v>0.97638888888888886</v>
+        <v>0.41319444444444442</v>
       </c>
       <c r="D169" s="20">
-        <v>0.99513888888888891</v>
+        <v>0.43194444444444446</v>
       </c>
       <c r="E169" s="20">
-        <v>0.25694444444444448</v>
+        <v>0.74949074074074085</v>
       </c>
       <c r="F169" s="31">
-        <v>0.2722222222222222</v>
+        <v>0.79791666666666661</v>
       </c>
     </row>
     <row r="170" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A170" s="28" t="s">
-        <v>846</v>
+        <v>849</v>
       </c>
       <c r="B170" s="11">
-        <v>41001</v>
+        <v>41060</v>
       </c>
       <c r="C170" s="12">
-        <v>0.44791666666666669</v>
+        <v>0.43472222222222223</v>
       </c>
       <c r="D170" s="20">
-        <v>0.46666666666666662</v>
+        <v>0.45347222222222222</v>
       </c>
       <c r="E170" s="20">
-        <v>0.78888888888888886</v>
+        <v>0.51458333333333328</v>
       </c>
       <c r="F170" s="31">
-        <v>0.8041666666666667</v>
+        <v>0.53194444444444444</v>
       </c>
     </row>
     <row r="171" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A171" s="28" t="s">
-        <v>844</v>
+        <v>847</v>
       </c>
       <c r="B171" s="10" t="s">
-        <v>845</v>
+        <v>848</v>
       </c>
       <c r="C171" s="12">
-        <v>0.9194444444444444</v>
+        <v>0.97638888888888886</v>
       </c>
       <c r="D171" s="20">
-        <v>0.93819444444444444</v>
+        <v>0.99513888888888891</v>
       </c>
       <c r="E171" s="20">
-        <v>0.1173611111111111</v>
+        <v>0.25694444444444448</v>
       </c>
       <c r="F171" s="31">
-        <v>0.13402777777777777</v>
+        <v>0.2722222222222222</v>
       </c>
     </row>
     <row r="172" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A172" s="28" t="s">
-        <v>843</v>
+        <v>846</v>
       </c>
       <c r="B172" s="11">
-        <v>40942</v>
+        <v>41001</v>
       </c>
       <c r="C172" s="12">
-        <v>0.32222222222222224</v>
+        <v>0.44791666666666669</v>
       </c>
       <c r="D172" s="20">
-        <v>0.34097222222222223</v>
+        <v>0.46666666666666662</v>
       </c>
       <c r="E172" s="20">
-        <v>0.38055555555555554</v>
+        <v>0.78888888888888886</v>
       </c>
       <c r="F172" s="31">
-        <v>0.3979166666666667</v>
+        <v>0.8041666666666667</v>
       </c>
     </row>
     <row r="173" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A173" s="28" t="s">
-        <v>842</v>
-[...2 lines deleted...]
-        <v>40912</v>
+        <v>844</v>
+      </c>
+      <c r="B173" s="10" t="s">
+        <v>845</v>
       </c>
       <c r="C173" s="12">
-        <v>0.45</v>
+        <v>0.9194444444444444</v>
       </c>
       <c r="D173" s="20">
-        <v>0.46875</v>
+        <v>0.93819444444444444</v>
       </c>
       <c r="E173" s="20">
-        <v>0.51041666666666663</v>
+        <v>0.1173611111111111</v>
       </c>
       <c r="F173" s="31">
-        <v>0.52500000000000002</v>
+        <v>0.13402777777777777</v>
       </c>
     </row>
     <row r="174" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A174" s="28" t="s">
-        <v>841</v>
+        <v>843</v>
       </c>
       <c r="B174" s="11">
-        <v>40882</v>
+        <v>40942</v>
       </c>
       <c r="C174" s="12">
-        <v>0.44236111111111115</v>
+        <v>0.32222222222222224</v>
       </c>
       <c r="D174" s="20">
-        <v>0.46111111111111108</v>
+        <v>0.34097222222222223</v>
       </c>
       <c r="E174" s="20">
-        <v>0.78472222222222221</v>
+        <v>0.38055555555555554</v>
       </c>
       <c r="F174" s="31">
-        <v>0.7944444444444444</v>
+        <v>0.3979166666666667</v>
       </c>
     </row>
     <row r="175" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A175" s="28" t="s">
-        <v>840</v>
+        <v>842</v>
       </c>
       <c r="B175" s="11">
-        <v>40852</v>
+        <v>40912</v>
       </c>
       <c r="C175" s="12">
-        <v>0.43124999999999997</v>
+        <v>0.45</v>
       </c>
       <c r="D175" s="20">
-        <v>0.45</v>
+        <v>0.46875</v>
       </c>
       <c r="E175" s="20">
-        <v>0.78749999999999998</v>
+        <v>0.51041666666666663</v>
       </c>
       <c r="F175" s="31">
-        <v>0.79999999999999993</v>
+        <v>0.52500000000000002</v>
       </c>
     </row>
     <row r="176" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A176" s="28" t="s">
-        <v>839</v>
+        <v>841</v>
       </c>
       <c r="B176" s="11">
-        <v>40823</v>
+        <v>40882</v>
       </c>
       <c r="C176" s="12">
-        <v>0.38680555555555557</v>
+        <v>0.44236111111111115</v>
       </c>
       <c r="D176" s="20">
-        <v>0.4055555555555555</v>
+        <v>0.46111111111111108</v>
       </c>
       <c r="E176" s="20">
-        <v>0.46319444444444446</v>
+        <v>0.78472222222222221</v>
       </c>
       <c r="F176" s="31">
-        <v>0.48333333333333334</v>
+        <v>0.7944444444444444</v>
       </c>
     </row>
     <row r="177" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A177" s="28" t="s">
-        <v>838</v>
+        <v>840</v>
       </c>
       <c r="B177" s="11">
-        <v>40734</v>
+        <v>40852</v>
       </c>
       <c r="C177" s="12">
-        <v>0.80347222222222225</v>
+        <v>0.43124999999999997</v>
       </c>
       <c r="D177" s="20">
-        <v>0.8222222222222223</v>
+        <v>0.45</v>
       </c>
       <c r="E177" s="20">
-        <v>0.8652777777777777</v>
+        <v>0.78749999999999998</v>
       </c>
       <c r="F177" s="31">
-        <v>0.9145833333333333</v>
+        <v>0.79999999999999993</v>
       </c>
     </row>
     <row r="178" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A178" s="28" t="s">
-        <v>837</v>
+        <v>839</v>
       </c>
       <c r="B178" s="11">
-        <v>40705</v>
+        <v>40823</v>
       </c>
       <c r="C178" s="12">
-        <v>0.41250000000000003</v>
+        <v>0.38680555555555557</v>
       </c>
       <c r="D178" s="20">
-        <v>0.43124999999999997</v>
+        <v>0.4055555555555555</v>
       </c>
       <c r="E178" s="20">
-        <v>0.67893518518518514</v>
+        <v>0.46319444444444446</v>
       </c>
       <c r="F178" s="31">
-        <v>0.73958333333333337</v>
+        <v>0.48333333333333334</v>
       </c>
     </row>
     <row r="179" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A179" s="28" t="s">
-        <v>836</v>
+        <v>838</v>
       </c>
       <c r="B179" s="11">
-        <v>40676</v>
+        <v>40734</v>
       </c>
       <c r="C179" s="12">
-        <v>0.77777777777777779</v>
+        <v>0.80347222222222225</v>
       </c>
       <c r="D179" s="20">
-        <v>0.79652777777777783</v>
+        <v>0.8222222222222223</v>
       </c>
       <c r="E179" s="20">
-        <v>0.51180555555555551</v>
+        <v>0.8652777777777777</v>
       </c>
       <c r="F179" s="31">
-        <v>0.52847222222222223</v>
+        <v>0.9145833333333333</v>
       </c>
     </row>
     <row r="180" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A180" s="28" t="s">
-        <v>835</v>
+        <v>837</v>
       </c>
       <c r="B180" s="11">
-        <v>40647</v>
+        <v>40705</v>
       </c>
       <c r="C180" s="12">
-        <v>0.31875000000000003</v>
+        <v>0.41250000000000003</v>
       </c>
       <c r="D180" s="20">
-        <v>0.33749999999999997</v>
+        <v>0.43124999999999997</v>
       </c>
       <c r="E180" s="20">
-        <v>0.25138888888888888</v>
+        <v>0.67893518518518514</v>
       </c>
       <c r="F180" s="31">
-        <v>0.26597222222222222</v>
+        <v>0.73958333333333337</v>
       </c>
     </row>
     <row r="181" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A181" s="28" t="s">
-        <v>834</v>
+        <v>836</v>
       </c>
       <c r="B181" s="11">
-        <v>40617</v>
+        <v>40676</v>
       </c>
       <c r="C181" s="12">
-        <v>0.85972222222222217</v>
+        <v>0.77777777777777779</v>
       </c>
       <c r="D181" s="20">
-        <v>0.87847222222222221</v>
+        <v>0.79652777777777783</v>
       </c>
       <c r="E181" s="20">
-        <v>0.7895833333333333</v>
+        <v>0.51180555555555551</v>
       </c>
       <c r="F181" s="31">
-        <v>0.80069444444444438</v>
+        <v>0.52847222222222223</v>
       </c>
     </row>
     <row r="182" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A182" s="28" t="s">
-        <v>833</v>
+        <v>835</v>
       </c>
       <c r="B182" s="11">
-        <v>40588</v>
+        <v>40647</v>
       </c>
       <c r="C182" s="12">
-        <v>0.88055555555555554</v>
+        <v>0.31875000000000003</v>
       </c>
       <c r="D182" s="20">
-        <v>0.89930555555555547</v>
+        <v>0.33749999999999997</v>
       </c>
       <c r="E182" s="20">
-        <v>0.25208333333333333</v>
+        <v>0.25138888888888888</v>
       </c>
       <c r="F182" s="31">
-        <v>0.27013888888888887</v>
+        <v>0.26597222222222222</v>
       </c>
     </row>
     <row r="183" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A183" s="28" t="s">
-        <v>832</v>
+        <v>834</v>
       </c>
       <c r="B183" s="11">
-        <v>40558</v>
+        <v>40617</v>
       </c>
       <c r="C183" s="12">
-        <v>0.80347222222222225</v>
+        <v>0.85972222222222217</v>
       </c>
       <c r="D183" s="20">
-        <v>0.8222222222222223</v>
+        <v>0.87847222222222221</v>
       </c>
       <c r="E183" s="20">
-        <v>0.5854166666666667</v>
+        <v>0.7895833333333333</v>
       </c>
       <c r="F183" s="31">
-        <v>0.60277777777777775</v>
+        <v>0.80069444444444438</v>
       </c>
     </row>
     <row r="184" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A184" s="28" t="s">
-        <v>831</v>
+        <v>833</v>
       </c>
       <c r="B184" s="11">
-        <v>40528</v>
+        <v>40588</v>
       </c>
       <c r="C184" s="12">
-        <v>0.86319444444444438</v>
+        <v>0.88055555555555554</v>
       </c>
       <c r="D184" s="20">
-        <v>0.88194444444444453</v>
+        <v>0.89930555555555547</v>
       </c>
       <c r="E184" s="20">
-        <v>0.78819444444444453</v>
+        <v>0.25208333333333333</v>
       </c>
       <c r="F184" s="31">
-        <v>0.7993055555555556</v>
+        <v>0.27013888888888887</v>
       </c>
     </row>
     <row r="185" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A185" s="28" t="s">
-        <v>274</v>
+        <v>832</v>
       </c>
       <c r="B185" s="11">
-        <v>40499</v>
+        <v>40558</v>
       </c>
       <c r="C185" s="12">
-        <v>0.26666666666666666</v>
+        <v>0.80347222222222225</v>
       </c>
       <c r="D185" s="20">
-        <v>0.28541666666666665</v>
+        <v>0.8222222222222223</v>
       </c>
       <c r="E185" s="20">
-        <v>6.7361111111111108E-2</v>
+        <v>0.5854166666666667</v>
       </c>
       <c r="F185" s="31">
-        <v>7.7083333333333337E-2</v>
+        <v>0.60277777777777775</v>
       </c>
     </row>
     <row r="186" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A186" s="28" t="s">
-        <v>830</v>
+        <v>831</v>
       </c>
       <c r="B186" s="11">
-        <v>40469</v>
+        <v>40528</v>
       </c>
       <c r="C186" s="12">
-        <v>0.32777777777777778</v>
+        <v>0.86319444444444438</v>
       </c>
       <c r="D186" s="20">
-        <v>0.36979166666666669</v>
+        <v>0.88194444444444453</v>
       </c>
       <c r="E186" s="20">
-        <v>0.2673611111111111</v>
+        <v>0.78819444444444453</v>
       </c>
       <c r="F186" s="31">
-        <v>0.28541666666666665</v>
+        <v>0.7993055555555556</v>
       </c>
     </row>
     <row r="187" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A187" s="28" t="s">
-        <v>829</v>
+        <v>274</v>
       </c>
       <c r="B187" s="11">
-        <v>40439</v>
+        <v>40499</v>
       </c>
       <c r="C187" s="12">
-        <v>0.45624999999999999</v>
+        <v>0.26666666666666666</v>
       </c>
       <c r="D187" s="20">
-        <v>0.47500000000000003</v>
+        <v>0.28541666666666665</v>
       </c>
       <c r="E187" s="20">
-        <v>0.3972222222222222</v>
+        <v>6.7361111111111108E-2</v>
       </c>
       <c r="F187" s="31">
-        <v>0.41944444444444445</v>
+        <v>7.7083333333333337E-2</v>
       </c>
     </row>
     <row r="188" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A188" s="28" t="s">
-        <v>828</v>
+        <v>830</v>
       </c>
       <c r="B188" s="11">
-        <v>40350</v>
+        <v>40469</v>
       </c>
       <c r="C188" s="12">
-        <v>0.8041666666666667</v>
+        <v>0.32777777777777778</v>
       </c>
       <c r="D188" s="20">
-        <v>0.82291666666666663</v>
+        <v>0.36979166666666669</v>
       </c>
       <c r="E188" s="20">
-        <v>0.8847222222222223</v>
+        <v>0.2673611111111111</v>
       </c>
       <c r="F188" s="31">
-        <v>0.90625</v>
+        <v>0.28541666666666665</v>
       </c>
     </row>
     <row r="189" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A189" s="28" t="s">
-        <v>827</v>
+        <v>829</v>
       </c>
       <c r="B189" s="11">
-        <v>40321</v>
+        <v>40439</v>
       </c>
       <c r="C189" s="12">
-        <v>0.8256944444444444</v>
+        <v>0.45624999999999999</v>
       </c>
       <c r="D189" s="20">
-        <v>0.84444444444444444</v>
+        <v>0.47500000000000003</v>
       </c>
       <c r="E189" s="20">
-        <v>0.63055555555555554</v>
+        <v>0.3972222222222222</v>
       </c>
       <c r="F189" s="31">
-        <v>0.64861111111111114</v>
+        <v>0.41944444444444445</v>
       </c>
     </row>
     <row r="190" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A190" s="28" t="s">
-        <v>826</v>
+        <v>828</v>
       </c>
       <c r="B190" s="11">
-        <v>40292</v>
+        <v>40350</v>
       </c>
       <c r="C190" s="12">
-        <v>0.3666666666666667</v>
+        <v>0.8041666666666667</v>
       </c>
       <c r="D190" s="20">
-        <v>0.38541666666666669</v>
+        <v>0.82291666666666663</v>
       </c>
       <c r="E190" s="20">
-        <v>0.43958333333333338</v>
+        <v>0.8847222222222223</v>
       </c>
       <c r="F190" s="31">
-        <v>0.45416666666666666</v>
+        <v>0.90625</v>
       </c>
     </row>
     <row r="191" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A191" s="28" t="s">
-        <v>825</v>
+        <v>827</v>
       </c>
       <c r="B191" s="11">
-        <v>40263</v>
+        <v>40321</v>
       </c>
       <c r="C191" s="12">
-        <v>0.25138888888888888</v>
+        <v>0.8256944444444444</v>
       </c>
       <c r="D191" s="20">
-        <v>0.27013888888888887</v>
+        <v>0.84444444444444444</v>
       </c>
       <c r="E191" s="20">
-        <v>0.10833333333333334</v>
+        <v>0.63055555555555554</v>
       </c>
       <c r="F191" s="31">
-        <v>0.12430555555555556</v>
+        <v>0.64861111111111114</v>
       </c>
     </row>
     <row r="192" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A192" s="28" t="s">
+        <v>826</v>
+      </c>
+      <c r="B192" s="11">
+        <v>40292</v>
+      </c>
+      <c r="C192" s="12">
+        <v>0.3666666666666667</v>
+      </c>
+      <c r="D192" s="20">
+        <v>0.38541666666666669</v>
+      </c>
+      <c r="E192" s="20">
+        <v>0.43958333333333338</v>
+      </c>
+      <c r="F192" s="31">
+        <v>0.45416666666666666</v>
+      </c>
+    </row>
+    <row r="193" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A193" s="28" t="s">
+        <v>825</v>
+      </c>
+      <c r="B193" s="11">
+        <v>40263</v>
+      </c>
+      <c r="C193" s="12">
+        <v>0.25138888888888888</v>
+      </c>
+      <c r="D193" s="20">
+        <v>0.27013888888888887</v>
+      </c>
+      <c r="E193" s="20">
+        <v>0.10833333333333334</v>
+      </c>
+      <c r="F193" s="31">
+        <v>0.12430555555555556</v>
+      </c>
+    </row>
+    <row r="194" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A194" s="28" t="s">
         <v>824</v>
       </c>
-      <c r="B192" s="11">
+      <c r="B194" s="11">
         <v>40233</v>
       </c>
-      <c r="C192" s="12">
+      <c r="C194" s="12">
         <v>0.79236111111111107</v>
       </c>
-      <c r="D192" s="20">
+      <c r="D194" s="20">
         <v>0.81111111111111101</v>
       </c>
-      <c r="E192" s="20">
+      <c r="E194" s="20">
         <v>0.71180555555555547</v>
       </c>
-      <c r="F192" s="30">
+      <c r="F194" s="30">
         <v>0.73055555555555562</v>
       </c>
     </row>
-    <row r="193" spans="1:6" ht="26.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
-      <c r="A193" s="28" t="s">
+    <row r="195" spans="1:6" ht="26.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A195" s="28" t="s">
         <v>823</v>
       </c>
-      <c r="B193" s="11">
+      <c r="B195" s="11">
         <v>40204</v>
       </c>
-      <c r="C193" s="52" t="s">
+      <c r="C195" s="52" t="s">
         <v>1325</v>
       </c>
-      <c r="D193" s="58"/>
-[...41 lines deleted...]
-      </c>
+      <c r="D195" s="58"/>
+      <c r="E195" s="58"/>
+      <c r="F195" s="53"/>
     </row>
     <row r="196" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A196" s="27" t="s">
-        <v>820</v>
+        <v>822</v>
       </c>
       <c r="B196" s="15">
-        <v>40115</v>
+        <v>40174</v>
       </c>
       <c r="C196" s="17">
-        <v>0.4055555555555555</v>
+        <v>0.80486111111111114</v>
       </c>
       <c r="D196" s="23">
-        <v>0.42430555555555555</v>
+        <v>0.82361111111111107</v>
       </c>
       <c r="E196" s="30">
-        <v>0.34652777777777777</v>
+        <v>0.72569444444444453</v>
       </c>
       <c r="F196" s="30">
-        <v>0.36319444444444443</v>
+        <v>0.7402777777777777</v>
       </c>
     </row>
     <row r="197" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A197" s="27" t="s">
-        <v>819</v>
+        <v>821</v>
       </c>
       <c r="B197" s="15">
-        <v>40085</v>
+        <v>40145</v>
       </c>
       <c r="C197" s="17">
-        <v>0.81041666666666667</v>
+        <v>0.34583333333333338</v>
       </c>
       <c r="D197" s="23">
-        <v>0.82916666666666661</v>
+        <v>0.36458333333333331</v>
       </c>
       <c r="E197" s="30">
-        <v>0.61249999999999993</v>
+        <v>0.27708333333333335</v>
       </c>
       <c r="F197" s="30">
-        <v>0.63472222222222219</v>
+        <v>0.28750000000000003</v>
       </c>
     </row>
     <row r="198" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A198" s="27" t="s">
-        <v>818</v>
+        <v>820</v>
       </c>
       <c r="B198" s="15">
-        <v>40064</v>
+        <v>40115</v>
       </c>
       <c r="C198" s="17">
-        <v>0.79652777777777783</v>
+        <v>0.4055555555555555</v>
       </c>
       <c r="D198" s="23">
-        <v>0.81527777777777777</v>
-[...5 lines deleted...]
-        <v>15</v>
+        <v>0.42430555555555555</v>
+      </c>
+      <c r="E198" s="30">
+        <v>0.34652777777777777</v>
+      </c>
+      <c r="F198" s="30">
+        <v>0.36319444444444443</v>
       </c>
     </row>
     <row r="199" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A199" s="27" t="s">
-        <v>817</v>
+        <v>819</v>
       </c>
       <c r="B199" s="15">
-        <v>44014</v>
+        <v>40085</v>
       </c>
       <c r="C199" s="17">
-        <v>0.26527777777777778</v>
+        <v>0.81041666666666667</v>
       </c>
       <c r="D199" s="23">
-        <v>0.28402777777777777</v>
+        <v>0.82916666666666661</v>
       </c>
       <c r="E199" s="30">
-        <v>0.20902777777777778</v>
+        <v>0.61249999999999993</v>
       </c>
       <c r="F199" s="30">
-        <v>0.23194444444444443</v>
+        <v>0.63472222222222219</v>
       </c>
     </row>
     <row r="200" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A200" s="27" t="s">
-        <v>816</v>
+        <v>818</v>
       </c>
       <c r="B200" s="15">
-        <v>39966</v>
+        <v>40064</v>
       </c>
       <c r="C200" s="17">
-        <v>0.875</v>
+        <v>0.79652777777777783</v>
       </c>
       <c r="D200" s="23">
-        <v>0.89374999999999993</v>
-[...5 lines deleted...]
-        <v>0.97499999999999998</v>
+        <v>0.81527777777777777</v>
+      </c>
+      <c r="E200" s="27" t="s">
+        <v>15</v>
+      </c>
+      <c r="F200" s="27" t="s">
+        <v>15</v>
       </c>
     </row>
     <row r="201" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A201" s="27" t="s">
-        <v>815</v>
+        <v>817</v>
       </c>
       <c r="B201" s="15">
-        <v>39937</v>
+        <v>44014</v>
       </c>
       <c r="C201" s="17">
-        <v>0.7631944444444444</v>
+        <v>0.26527777777777778</v>
       </c>
       <c r="D201" s="23">
-        <v>0.78194444444444444</v>
+        <v>0.28402777777777777</v>
       </c>
       <c r="E201" s="30">
-        <v>0.62916666666666665</v>
+        <v>0.20902777777777778</v>
       </c>
       <c r="F201" s="30">
-        <v>0.64374999999999993</v>
+        <v>0.23194444444444443</v>
       </c>
     </row>
     <row r="202" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A202" s="27" t="s">
-        <v>814</v>
+        <v>816</v>
       </c>
       <c r="B202" s="15">
-        <v>39908</v>
+        <v>39966</v>
       </c>
       <c r="C202" s="17">
-        <v>0.36944444444444446</v>
+        <v>0.875</v>
       </c>
       <c r="D202" s="23">
-        <v>0.38819444444444445</v>
+        <v>0.89374999999999993</v>
       </c>
       <c r="E202" s="30">
-        <v>0.29652777777777778</v>
+        <v>0.9555555555555556</v>
       </c>
       <c r="F202" s="30">
-        <v>0.3125</v>
+        <v>0.97499999999999998</v>
       </c>
     </row>
     <row r="203" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A203" s="27" t="s">
-        <v>813</v>
+        <v>815</v>
       </c>
       <c r="B203" s="15">
-        <v>39878</v>
+        <v>39937</v>
       </c>
       <c r="C203" s="17">
-        <v>0.90972222222222221</v>
+        <v>0.7631944444444444</v>
       </c>
       <c r="D203" s="23">
-        <v>0.92847222222222225</v>
+        <v>0.78194444444444444</v>
       </c>
       <c r="E203" s="30">
-        <v>0.96736111111111101</v>
+        <v>0.62916666666666665</v>
       </c>
       <c r="F203" s="30">
-        <v>0.98611111111111116</v>
+        <v>0.64374999999999993</v>
       </c>
     </row>
     <row r="204" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A204" s="27" t="s">
-        <v>812</v>
+        <v>814</v>
       </c>
       <c r="B204" s="15">
-        <v>39849</v>
+        <v>39908</v>
       </c>
       <c r="C204" s="17">
-        <v>0.8618055555555556</v>
+        <v>0.36944444444444446</v>
       </c>
       <c r="D204" s="23">
-        <v>0.88055555555555554</v>
+        <v>0.38819444444444445</v>
       </c>
       <c r="E204" s="30">
-        <v>0.64236111111111105</v>
+        <v>0.29652777777777778</v>
       </c>
       <c r="F204" s="30">
-        <v>0.66527777777777775</v>
+        <v>0.3125</v>
       </c>
     </row>
     <row r="205" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A205" s="27" t="s">
-        <v>811</v>
+        <v>813</v>
       </c>
       <c r="B205" s="15">
-        <v>39820</v>
+        <v>39878</v>
       </c>
       <c r="C205" s="17">
-        <v>0.26527777777777778</v>
+        <v>0.90972222222222221</v>
       </c>
       <c r="D205" s="23">
-        <v>0.28402777777777777</v>
+        <v>0.92847222222222225</v>
       </c>
       <c r="E205" s="30">
-        <v>0.18333333333333335</v>
+        <v>0.96736111111111101</v>
       </c>
       <c r="F205" s="30">
-        <v>0.20347222222222219</v>
+        <v>0.98611111111111116</v>
       </c>
     </row>
     <row r="206" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A206" s="27" t="s">
-        <v>810</v>
+        <v>812</v>
       </c>
       <c r="B206" s="15">
-        <v>39790</v>
+        <v>39849</v>
       </c>
       <c r="C206" s="17">
-        <v>0.87430555555555556</v>
+        <v>0.8618055555555556</v>
       </c>
       <c r="D206" s="23">
-        <v>0.8930555555555556</v>
+        <v>0.88055555555555554</v>
       </c>
       <c r="E206" s="30">
-        <v>0.93819444444444444</v>
+        <v>0.64236111111111105</v>
       </c>
       <c r="F206" s="30">
-        <v>0.95277777777777783</v>
+        <v>0.66527777777777775</v>
       </c>
     </row>
     <row r="207" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A207" s="27" t="s">
-        <v>809</v>
+        <v>811</v>
       </c>
       <c r="B207" s="15">
-        <v>39761</v>
+        <v>39820</v>
       </c>
       <c r="C207" s="17">
-        <v>0.27638888888888885</v>
+        <v>0.26527777777777778</v>
       </c>
       <c r="D207" s="23">
-        <v>0.2951388888888889</v>
+        <v>0.28402777777777777</v>
       </c>
       <c r="E207" s="30">
-        <v>0.15</v>
+        <v>0.18333333333333335</v>
       </c>
       <c r="F207" s="30">
-        <v>0.16666666666666666</v>
+        <v>0.20347222222222219</v>
       </c>
     </row>
     <row r="208" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A208" s="27" t="s">
-        <v>808</v>
+        <v>810</v>
       </c>
       <c r="B208" s="15">
-        <v>39731</v>
+        <v>39790</v>
       </c>
       <c r="C208" s="17">
-        <v>0.88541666666666663</v>
+        <v>0.87430555555555556</v>
       </c>
       <c r="D208" s="23">
-        <v>0.90416666666666667</v>
+        <v>0.8930555555555556</v>
       </c>
       <c r="E208" s="30">
-        <v>0.8256944444444444</v>
+        <v>0.93819444444444444</v>
       </c>
       <c r="F208" s="30">
-        <v>0.84930555555555554</v>
+        <v>0.95277777777777783</v>
       </c>
     </row>
     <row r="209" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A209" s="27" t="s">
-        <v>807</v>
+        <v>809</v>
       </c>
       <c r="B209" s="15">
-        <v>39686</v>
+        <v>39761</v>
       </c>
       <c r="C209" s="17">
-        <v>0.83819444444444446</v>
+        <v>0.27638888888888885</v>
       </c>
       <c r="D209" s="23">
-        <v>0.8569444444444444</v>
-[...5 lines deleted...]
-        <v>15</v>
+        <v>0.2951388888888889</v>
+      </c>
+      <c r="E209" s="30">
+        <v>0.15</v>
+      </c>
+      <c r="F209" s="30">
+        <v>0.16666666666666666</v>
       </c>
     </row>
     <row r="210" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A210" s="27" t="s">
-        <v>806</v>
+        <v>808</v>
       </c>
       <c r="B210" s="15">
-        <v>39644</v>
+        <v>39731</v>
       </c>
       <c r="C210" s="17">
-        <v>0.88124999999999998</v>
+        <v>0.88541666666666663</v>
       </c>
       <c r="D210" s="23">
-        <v>0.9</v>
-[...5 lines deleted...]
-        <v>15</v>
+        <v>0.90416666666666667</v>
+      </c>
+      <c r="E210" s="30">
+        <v>0.8256944444444444</v>
+      </c>
+      <c r="F210" s="30">
+        <v>0.84930555555555554</v>
       </c>
     </row>
     <row r="211" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A211" s="27" t="s">
-        <v>805</v>
+        <v>807</v>
       </c>
       <c r="B211" s="15">
-        <v>39612</v>
+        <v>39686</v>
       </c>
       <c r="C211" s="17">
-        <v>0.81319444444444444</v>
+        <v>0.83819444444444446</v>
       </c>
       <c r="D211" s="23">
-        <v>0.83194444444444438</v>
-[...5 lines deleted...]
-        <v>0.7104166666666667</v>
+        <v>0.8569444444444444</v>
+      </c>
+      <c r="E211" s="27" t="s">
+        <v>15</v>
+      </c>
+      <c r="F211" s="27" t="s">
+        <v>15</v>
       </c>
     </row>
     <row r="212" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A212" s="27" t="s">
-        <v>804</v>
+        <v>806</v>
       </c>
       <c r="B212" s="15">
-        <v>39583</v>
+        <v>39644</v>
       </c>
       <c r="C212" s="17">
-        <v>0.28402777777777777</v>
+        <v>0.88124999999999998</v>
       </c>
       <c r="D212" s="23">
-        <v>0.30277777777777776</v>
-[...5 lines deleted...]
-        <v>0.17430555555555557</v>
+        <v>0.9</v>
+      </c>
+      <c r="E212" s="27" t="s">
+        <v>15</v>
+      </c>
+      <c r="F212" s="27" t="s">
+        <v>15</v>
       </c>
     </row>
     <row r="213" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A213" s="27" t="s">
-        <v>803</v>
+        <v>805</v>
       </c>
       <c r="B213" s="15">
-        <v>39553</v>
+        <v>39612</v>
       </c>
       <c r="C213" s="17">
-        <v>0.82430555555555562</v>
+        <v>0.81319444444444444</v>
       </c>
       <c r="D213" s="23">
-        <v>0.84305555555555556</v>
+        <v>0.83194444444444438</v>
       </c>
       <c r="E213" s="30">
-        <v>0.6166666666666667</v>
+        <v>0.68611111111111101</v>
       </c>
       <c r="F213" s="30">
-        <v>0.63611111111111118</v>
+        <v>0.7104166666666667</v>
       </c>
     </row>
     <row r="214" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A214" s="27" t="s">
-        <v>802</v>
+        <v>804</v>
       </c>
       <c r="B214" s="15">
-        <v>39524</v>
+        <v>39583</v>
       </c>
       <c r="C214" s="17">
-        <v>0.29652777777777778</v>
+        <v>0.28402777777777777</v>
       </c>
       <c r="D214" s="23">
-        <v>0.31527777777777777</v>
+        <v>0.30277777777777776</v>
       </c>
       <c r="E214" s="30">
-        <v>0.14930555555555555</v>
+        <v>0.15486111111111112</v>
       </c>
       <c r="F214" s="30">
-        <v>0.17222222222222225</v>
+        <v>0.17430555555555557</v>
       </c>
     </row>
     <row r="215" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A215" s="27" t="s">
-        <v>801</v>
+        <v>803</v>
       </c>
       <c r="B215" s="15">
-        <v>39494</v>
+        <v>39553</v>
       </c>
       <c r="C215" s="17">
-        <v>0.90555555555555556</v>
+        <v>0.82430555555555562</v>
       </c>
       <c r="D215" s="23">
-        <v>0.9243055555555556</v>
+        <v>0.84305555555555556</v>
       </c>
       <c r="E215" s="30">
-        <v>0.82430555555555562</v>
+        <v>0.6166666666666667</v>
       </c>
       <c r="F215" s="30">
-        <v>0.84791666666666676</v>
+        <v>0.63611111111111118</v>
       </c>
     </row>
     <row r="216" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A216" s="27" t="s">
-        <v>800</v>
+        <v>802</v>
       </c>
       <c r="B216" s="15">
-        <v>39465</v>
+        <v>39524</v>
       </c>
       <c r="C216" s="17">
-        <v>0.37777777777777777</v>
+        <v>0.29652777777777778</v>
       </c>
       <c r="D216" s="23">
-        <v>0.39652777777777781</v>
+        <v>0.31527777777777777</v>
       </c>
       <c r="E216" s="30">
-        <v>0.43263888888888885</v>
+        <v>0.14930555555555555</v>
       </c>
       <c r="F216" s="30">
-        <v>0.4548611111111111</v>
+        <v>0.17222222222222225</v>
       </c>
     </row>
     <row r="217" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A217" s="27" t="s">
-        <v>799</v>
+        <v>801</v>
       </c>
       <c r="B217" s="15">
-        <v>39436</v>
+        <v>39494</v>
       </c>
       <c r="C217" s="17">
-        <v>0.81111111111111101</v>
+        <v>0.90555555555555556</v>
       </c>
       <c r="D217" s="23">
-        <v>0.82986111111111116</v>
-[...5 lines deleted...]
-        <v>15</v>
+        <v>0.9243055555555556</v>
+      </c>
+      <c r="E217" s="30">
+        <v>0.82430555555555562</v>
+      </c>
+      <c r="F217" s="30">
+        <v>0.84791666666666676</v>
       </c>
     </row>
     <row r="218" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A218" s="27" t="s">
-        <v>798</v>
+        <v>800</v>
       </c>
       <c r="B218" s="15">
-        <v>39406</v>
+        <v>39465</v>
       </c>
       <c r="C218" s="17">
-        <v>0.80208333333333337</v>
+        <v>0.37777777777777777</v>
       </c>
       <c r="D218" s="23">
-        <v>0.8208333333333333</v>
+        <v>0.39652777777777781</v>
       </c>
       <c r="E218" s="30">
-        <v>0.67361111111111116</v>
+        <v>0.43263888888888885</v>
       </c>
       <c r="F218" s="30">
-        <v>0.6875</v>
+        <v>0.4548611111111111</v>
       </c>
     </row>
     <row r="219" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
-      <c r="A219" s="18" t="s">
-[...3 lines deleted...]
-        <v>39388</v>
+      <c r="A219" s="27" t="s">
+        <v>799</v>
+      </c>
+      <c r="B219" s="15">
+        <v>39436</v>
       </c>
       <c r="C219" s="17">
-        <v>0.81041666666666667</v>
+        <v>0.81111111111111101</v>
       </c>
       <c r="D219" s="23">
-        <v>0.82939814814814816</v>
-[...1 lines deleted...]
-      <c r="E219" s="34" t="s">
+        <v>0.82986111111111116</v>
+      </c>
+      <c r="E219" s="27" t="s">
         <v>15</v>
       </c>
-      <c r="F219" s="34" t="s">
+      <c r="F219" s="27" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="220" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A220" s="27" t="s">
-        <v>796</v>
+        <v>798</v>
       </c>
       <c r="B220" s="15">
-        <v>39352</v>
+        <v>39406</v>
       </c>
       <c r="C220" s="17">
-        <v>0.82847222222222217</v>
+        <v>0.80208333333333337</v>
       </c>
       <c r="D220" s="23">
-        <v>0.84722222222222221</v>
-[...1 lines deleted...]
-      <c r="E220" s="27" t="s">
+        <v>0.8208333333333333</v>
+      </c>
+      <c r="E220" s="30">
+        <v>0.67361111111111116</v>
+      </c>
+      <c r="F220" s="30">
+        <v>0.6875</v>
+      </c>
+    </row>
+    <row r="221" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A221" s="18" t="s">
+        <v>797</v>
+      </c>
+      <c r="B221" s="44">
+        <v>39388</v>
+      </c>
+      <c r="C221" s="17">
+        <v>0.81041666666666667</v>
+      </c>
+      <c r="D221" s="23">
+        <v>0.82939814814814816</v>
+      </c>
+      <c r="E221" s="34" t="s">
         <v>15</v>
       </c>
-      <c r="F220" s="27" t="s">
-[...19 lines deleted...]
-      <c r="F221" s="27" t="s">
+      <c r="F221" s="34" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="222" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A222" s="27" t="s">
-        <v>794</v>
-[...2 lines deleted...]
-        <v>39293</v>
+        <v>796</v>
+      </c>
+      <c r="B222" s="15">
+        <v>39352</v>
       </c>
       <c r="C222" s="17">
-        <v>0.84166666666666667</v>
+        <v>0.82847222222222217</v>
       </c>
       <c r="D222" s="23">
-        <v>0.86041666666666661</v>
+        <v>0.84722222222222221</v>
       </c>
       <c r="E222" s="27" t="s">
         <v>15</v>
       </c>
       <c r="F222" s="27" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="223" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A223" s="27" t="s">
-        <v>793</v>
+        <v>795</v>
       </c>
       <c r="B223" s="15">
-        <v>39258</v>
+        <v>39324</v>
       </c>
       <c r="C223" s="17">
-        <v>0.8208333333333333</v>
+        <v>0.88055555555555554</v>
       </c>
       <c r="D223" s="23">
-        <v>0.83958333333333324</v>
-[...5 lines deleted...]
-        <v>0.78888888888888886</v>
+        <v>0.89930555555555547</v>
+      </c>
+      <c r="E223" s="27" t="s">
+        <v>15</v>
+      </c>
+      <c r="F223" s="27" t="s">
+        <v>15</v>
       </c>
     </row>
     <row r="224" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A224" s="27" t="s">
-        <v>792</v>
-[...2 lines deleted...]
-        <v>39229</v>
+        <v>794</v>
+      </c>
+      <c r="B224" s="44">
+        <v>39293</v>
       </c>
       <c r="C224" s="17">
-        <v>0.29236111111111113</v>
+        <v>0.84166666666666667</v>
       </c>
       <c r="D224" s="23">
-        <v>0.31111111111111112</v>
-[...5 lines deleted...]
-        <v>0.1173611111111111</v>
+        <v>0.86041666666666661</v>
+      </c>
+      <c r="E224" s="27" t="s">
+        <v>15</v>
+      </c>
+      <c r="F224" s="27" t="s">
+        <v>15</v>
       </c>
     </row>
     <row r="225" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A225" s="27" t="s">
-        <v>791</v>
+        <v>793</v>
       </c>
       <c r="B225" s="15">
-        <v>39199</v>
+        <v>39258</v>
       </c>
       <c r="C225" s="17">
-        <v>0.33402777777777781</v>
-[...1 lines deleted...]
-      <c r="D225" s="19"/>
+        <v>0.8208333333333333</v>
+      </c>
+      <c r="D225" s="23">
+        <v>0.83958333333333324</v>
+      </c>
       <c r="E225" s="30">
-        <v>0.35451388888888885</v>
+        <v>0.76250000000000007</v>
       </c>
       <c r="F225" s="30">
-        <v>0.37291666666666662</v>
+        <v>0.78888888888888886</v>
       </c>
     </row>
     <row r="226" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A226" s="27" t="s">
-        <v>790</v>
+        <v>792</v>
       </c>
       <c r="B226" s="15">
-        <v>39170</v>
+        <v>39229</v>
       </c>
       <c r="C226" s="17">
-        <v>0.78749999999999998</v>
+        <v>0.29236111111111113</v>
       </c>
       <c r="D226" s="23">
-        <v>0.80625000000000002</v>
-[...2 lines deleted...]
-      <c r="F226" s="27"/>
+        <v>0.31111111111111112</v>
+      </c>
+      <c r="E226" s="30">
+        <v>9.5833333333333326E-2</v>
+      </c>
+      <c r="F226" s="30">
+        <v>0.1173611111111111</v>
+      </c>
     </row>
     <row r="227" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A227" s="27" t="s">
-        <v>789</v>
-[...2 lines deleted...]
-        <v>39140</v>
+        <v>791</v>
+      </c>
+      <c r="B227" s="15">
+        <v>39199</v>
       </c>
       <c r="C227" s="17">
-        <v>0.29652777777777778</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.33402777777777781</v>
+      </c>
+      <c r="D227" s="19"/>
       <c r="E227" s="30">
-        <v>0.14652777777777778</v>
+        <v>0.35451388888888885</v>
       </c>
       <c r="F227" s="30">
-        <v>0.17083333333333331</v>
+        <v>0.37291666666666662</v>
       </c>
     </row>
     <row r="228" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A228" s="27" t="s">
-        <v>788</v>
+        <v>790</v>
       </c>
       <c r="B228" s="15">
-        <v>39110</v>
+        <v>39170</v>
       </c>
       <c r="C228" s="17">
-        <v>0.76527777777777783</v>
+        <v>0.78749999999999998</v>
       </c>
       <c r="D228" s="23">
-        <v>0.78402777777777777</v>
-[...6 lines deleted...]
-      </c>
+        <v>0.80625000000000002</v>
+      </c>
+      <c r="E228" s="27"/>
+      <c r="F228" s="27"/>
     </row>
     <row r="229" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A229" s="27" t="s">
-        <v>787</v>
-[...2 lines deleted...]
-        <v>39081</v>
+        <v>789</v>
+      </c>
+      <c r="B229" s="44">
+        <v>39140</v>
       </c>
       <c r="C229" s="17">
-        <v>0.37777777777777777</v>
+        <v>0.29652777777777778</v>
       </c>
       <c r="D229" s="23">
-        <v>0.39652777777777781</v>
+        <v>0.31527777777777777</v>
       </c>
       <c r="E229" s="30">
-        <v>0.29930555555555555</v>
+        <v>0.14652777777777778</v>
       </c>
       <c r="F229" s="30">
-        <v>0.31736111111111115</v>
+        <v>0.17083333333333331</v>
       </c>
     </row>
     <row r="230" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A230" s="27" t="s">
-        <v>786</v>
+        <v>788</v>
       </c>
       <c r="B230" s="15">
-        <v>39052</v>
+        <v>39110</v>
       </c>
       <c r="C230" s="17">
-        <v>0.26250000000000001</v>
+        <v>0.76527777777777783</v>
       </c>
       <c r="D230" s="23">
-        <v>0.28125</v>
+        <v>0.78402777777777777</v>
       </c>
       <c r="E230" s="30">
-        <v>0.12708333333333333</v>
+        <v>0.68611111111111101</v>
       </c>
       <c r="F230" s="30">
-        <v>0.1451388888888889</v>
+        <v>0.70972222222222225</v>
       </c>
     </row>
     <row r="231" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A231" s="27" t="s">
-        <v>785</v>
+        <v>787</v>
       </c>
       <c r="B231" s="15">
-        <v>39022</v>
+        <v>39081</v>
       </c>
       <c r="C231" s="17">
-        <v>0.83611111111111114</v>
+        <v>0.37777777777777777</v>
       </c>
       <c r="D231" s="23">
-        <v>0.8569444444444444</v>
+        <v>0.39652777777777781</v>
       </c>
       <c r="E231" s="30">
-        <v>0.80972222222222223</v>
-[...1 lines deleted...]
-      <c r="F231" s="27"/>
+        <v>0.29930555555555555</v>
+      </c>
+      <c r="F231" s="30">
+        <v>0.31736111111111115</v>
+      </c>
     </row>
     <row r="232" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A232" s="27" t="s">
-        <v>784</v>
+        <v>786</v>
       </c>
       <c r="B232" s="15">
-        <v>38904</v>
+        <v>39052</v>
       </c>
       <c r="C232" s="17">
-        <v>0.41666666666666669</v>
+        <v>0.26250000000000001</v>
       </c>
       <c r="D232" s="23">
-        <v>0.43541666666666662</v>
+        <v>0.28125</v>
       </c>
       <c r="E232" s="30">
-        <v>0.56527777777777777</v>
+        <v>0.12708333333333333</v>
       </c>
       <c r="F232" s="30">
-        <v>0.59583333333333333</v>
+        <v>0.1451388888888889</v>
       </c>
     </row>
     <row r="233" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A233" s="27" t="s">
-        <v>783</v>
+        <v>785</v>
       </c>
       <c r="B233" s="15">
-        <v>38875</v>
+        <v>39022</v>
       </c>
       <c r="C233" s="17">
-        <v>0.3</v>
+        <v>0.83611111111111114</v>
       </c>
       <c r="D233" s="23">
-        <v>0.31875000000000003</v>
+        <v>0.8569444444444444</v>
       </c>
       <c r="E233" s="30">
-        <v>0.17222222222222225</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.80972222222222223</v>
+      </c>
+      <c r="F233" s="27"/>
     </row>
     <row r="234" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A234" s="27" t="s">
-        <v>782</v>
+        <v>784</v>
       </c>
       <c r="B234" s="15">
-        <v>38845</v>
+        <v>38904</v>
       </c>
       <c r="C234" s="17">
-        <v>0.35972222222222222</v>
+        <v>0.41666666666666669</v>
       </c>
       <c r="D234" s="23">
-        <v>0.37847222222222227</v>
+        <v>0.43541666666666662</v>
       </c>
       <c r="E234" s="30">
-        <v>0.43194444444444446</v>
+        <v>0.56527777777777777</v>
       </c>
       <c r="F234" s="30">
-        <v>0.4513888888888889</v>
+        <v>0.59583333333333333</v>
       </c>
     </row>
     <row r="235" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A235" s="27" t="s">
-        <v>781</v>
+        <v>783</v>
       </c>
       <c r="B235" s="15">
-        <v>38815</v>
+        <v>38875</v>
       </c>
       <c r="C235" s="17">
-        <v>0.41944444444444445</v>
+        <v>0.3</v>
       </c>
       <c r="D235" s="23">
-        <v>0.4381944444444445</v>
+        <v>0.31875000000000003</v>
       </c>
       <c r="E235" s="30">
-        <v>0.68819444444444444</v>
+        <v>0.17222222222222225</v>
       </c>
       <c r="F235" s="30">
-        <v>0.70972222222222225</v>
+        <v>0.19513888888888889</v>
       </c>
     </row>
     <row r="236" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A236" s="27" t="s">
-        <v>780</v>
+        <v>782</v>
       </c>
       <c r="B236" s="15">
-        <v>38785</v>
+        <v>38845</v>
       </c>
       <c r="C236" s="17">
-        <v>0.82291666666666663</v>
+        <v>0.35972222222222222</v>
       </c>
       <c r="D236" s="23">
-        <v>0.84166666666666667</v>
+        <v>0.37847222222222227</v>
       </c>
       <c r="E236" s="30">
-        <v>0.87986111111111109</v>
+        <v>0.43194444444444446</v>
       </c>
       <c r="F236" s="30">
-        <v>0.90347222222222223</v>
+        <v>0.4513888888888889</v>
       </c>
     </row>
     <row r="237" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A237" s="27" t="s">
-        <v>779</v>
-[...2 lines deleted...]
-        <v>1324</v>
+        <v>781</v>
+      </c>
+      <c r="B237" s="15">
+        <v>38815</v>
       </c>
       <c r="C237" s="17">
-        <v>0.95138888888888884</v>
+        <v>0.41944444444444445</v>
       </c>
       <c r="D237" s="23">
-        <v>0.97013888888888899</v>
+        <v>0.4381944444444445</v>
       </c>
       <c r="E237" s="30">
-        <v>0.21249999999999999</v>
+        <v>0.68819444444444444</v>
       </c>
       <c r="F237" s="30">
-        <v>0.23611111111111113</v>
+        <v>0.70972222222222225</v>
       </c>
     </row>
     <row r="238" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A238" s="27" t="s">
-        <v>778</v>
+        <v>780</v>
       </c>
       <c r="B238" s="15">
-        <v>38726</v>
+        <v>38785</v>
       </c>
       <c r="C238" s="17">
-        <v>0.42291666666666666</v>
+        <v>0.82291666666666663</v>
       </c>
       <c r="D238" s="23">
-        <v>0.44166666666666665</v>
+        <v>0.84166666666666667</v>
       </c>
       <c r="E238" s="30">
-        <v>0.61805555555555558</v>
+        <v>0.87986111111111109</v>
       </c>
       <c r="F238" s="30">
-        <v>0.63750000000000007</v>
+        <v>0.90347222222222223</v>
       </c>
     </row>
     <row r="239" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A239" s="27" t="s">
-        <v>777</v>
-[...2 lines deleted...]
-        <v>38698</v>
+        <v>779</v>
+      </c>
+      <c r="B239" s="15" t="s">
+        <v>1324</v>
       </c>
       <c r="C239" s="17">
-        <v>0.8184027777777777</v>
+        <v>0.95138888888888884</v>
       </c>
       <c r="D239" s="23">
-        <v>0.83715277777777775</v>
-[...2 lines deleted...]
-      <c r="F239" s="27"/>
+        <v>0.97013888888888899</v>
+      </c>
+      <c r="E239" s="30">
+        <v>0.21249999999999999</v>
+      </c>
+      <c r="F239" s="30">
+        <v>0.23611111111111113</v>
+      </c>
     </row>
     <row r="240" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A240" s="27" t="s">
-        <v>776</v>
+        <v>778</v>
       </c>
       <c r="B240" s="15">
-        <v>38667</v>
+        <v>38726</v>
       </c>
       <c r="C240" s="17">
-        <v>0.81319444444444444</v>
+        <v>0.42291666666666666</v>
       </c>
       <c r="D240" s="23">
-        <v>0.83194444444444438</v>
+        <v>0.44166666666666665</v>
       </c>
       <c r="E240" s="30">
-        <v>0.85555555555555562</v>
+        <v>0.61805555555555558</v>
       </c>
       <c r="F240" s="30">
-        <v>0.87569444444444444</v>
+        <v>0.63750000000000007</v>
       </c>
     </row>
     <row r="241" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A241" s="27" t="s">
-        <v>775</v>
+        <v>777</v>
       </c>
       <c r="B241" s="15">
-        <v>38638</v>
+        <v>38698</v>
       </c>
       <c r="C241" s="17">
-        <v>0.4916666666666667</v>
+        <v>0.8184027777777777</v>
       </c>
       <c r="D241" s="23">
-        <v>0.51041666666666663</v>
-[...6 lines deleted...]
-      </c>
+        <v>0.83715277777777775</v>
+      </c>
+      <c r="E241" s="27"/>
+      <c r="F241" s="27"/>
     </row>
     <row r="242" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A242" s="27" t="s">
-        <v>774</v>
-[...2 lines deleted...]
-        <v>1323</v>
+        <v>776</v>
+      </c>
+      <c r="B242" s="15">
+        <v>38667</v>
       </c>
       <c r="C242" s="17">
-        <v>0.96388888888888891</v>
+        <v>0.81319444444444444</v>
       </c>
       <c r="D242" s="23">
-        <v>0.98263888888888884</v>
+        <v>0.83194444444444438</v>
       </c>
       <c r="E242" s="30">
-        <v>4.3055555555555562E-2</v>
+        <v>0.85555555555555562</v>
       </c>
       <c r="F242" s="30">
-        <v>6.6666666666666666E-2</v>
+        <v>0.87569444444444444</v>
       </c>
     </row>
     <row r="243" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A243" s="27" t="s">
-        <v>773</v>
+        <v>775</v>
       </c>
       <c r="B243" s="15">
-        <v>38491</v>
+        <v>38638</v>
       </c>
       <c r="C243" s="17">
-        <v>0.47083333333333338</v>
+        <v>0.4916666666666667</v>
       </c>
       <c r="D243" s="23">
-        <v>0.48958333333333331</v>
+        <v>0.51041666666666663</v>
       </c>
       <c r="E243" s="30">
-        <v>0.51041666666666663</v>
+        <v>0.67083333333333339</v>
       </c>
       <c r="F243" s="30">
-        <v>0.52986111111111112</v>
+        <v>0.6958333333333333</v>
       </c>
     </row>
     <row r="244" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A244" s="27" t="s">
-        <v>772</v>
-[...2 lines deleted...]
-        <v>38461</v>
+        <v>774</v>
+      </c>
+      <c r="B244" s="15" t="s">
+        <v>1323</v>
       </c>
       <c r="C244" s="17">
-        <v>0.46180555555555558</v>
+        <v>0.96388888888888891</v>
       </c>
       <c r="D244" s="23">
-        <v>0.47986111111111113</v>
+        <v>0.98263888888888884</v>
       </c>
       <c r="E244" s="30">
-        <v>0.76666666666666661</v>
+        <v>4.3055555555555562E-2</v>
       </c>
       <c r="F244" s="30">
-        <v>0.78749999999999998</v>
+        <v>6.6666666666666666E-2</v>
       </c>
     </row>
     <row r="245" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A245" s="27" t="s">
-        <v>770</v>
-[...2 lines deleted...]
-        <v>771</v>
+        <v>773</v>
+      </c>
+      <c r="B245" s="15">
+        <v>38491</v>
       </c>
       <c r="C245" s="17">
-        <v>0.96875</v>
+        <v>0.47083333333333338</v>
       </c>
       <c r="D245" s="23">
-        <v>0.98749999999999993</v>
+        <v>0.48958333333333331</v>
       </c>
       <c r="E245" s="30">
-        <v>2.6736111111111113E-2</v>
+        <v>0.51041666666666663</v>
       </c>
       <c r="F245" s="30">
-        <v>5.0694444444444452E-2</v>
+        <v>0.52986111111111112</v>
       </c>
     </row>
     <row r="246" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A246" s="27" t="s">
-        <v>768</v>
-[...2 lines deleted...]
-        <v>769</v>
+        <v>772</v>
+      </c>
+      <c r="B246" s="15">
+        <v>38461</v>
       </c>
       <c r="C246" s="17">
-        <v>0.96048611111111104</v>
+        <v>0.46180555555555558</v>
       </c>
       <c r="D246" s="23">
-        <v>0.97916666666666663</v>
+        <v>0.47986111111111113</v>
       </c>
       <c r="E246" s="30">
-        <v>0.15277777777777776</v>
+        <v>0.76666666666666661</v>
       </c>
       <c r="F246" s="30">
-        <v>0.17708333333333334</v>
+        <v>0.78749999999999998</v>
       </c>
     </row>
     <row r="247" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A247" s="27" t="s">
-        <v>767</v>
-[...2 lines deleted...]
-        <v>38373</v>
+        <v>770</v>
+      </c>
+      <c r="B247" s="15" t="s">
+        <v>771</v>
       </c>
       <c r="C247" s="17">
-        <v>0.3298611111111111</v>
-[...2 lines deleted...]
-        <v>743</v>
+        <v>0.96875</v>
+      </c>
+      <c r="D247" s="23">
+        <v>0.98749999999999993</v>
       </c>
       <c r="E247" s="30">
-        <v>0.35069444444444442</v>
+        <v>2.6736111111111113E-2</v>
       </c>
       <c r="F247" s="30">
-        <v>0.37222222222222223</v>
+        <v>5.0694444444444452E-2</v>
       </c>
     </row>
     <row r="248" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A248" s="27" t="s">
-        <v>766</v>
-[...2 lines deleted...]
-        <v>38342</v>
+        <v>768</v>
+      </c>
+      <c r="B248" s="15" t="s">
+        <v>769</v>
       </c>
       <c r="C248" s="17">
-        <v>0.45879629629629631</v>
+        <v>0.96048611111111104</v>
       </c>
       <c r="D248" s="23">
-        <v>0.4777777777777778</v>
+        <v>0.97916666666666663</v>
       </c>
       <c r="E248" s="30">
-        <v>0.69513888888888886</v>
+        <v>0.15277777777777776</v>
       </c>
       <c r="F248" s="30">
-        <v>0.70972222222222225</v>
+        <v>0.17708333333333334</v>
       </c>
     </row>
     <row r="249" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A249" s="27" t="s">
-        <v>765</v>
+        <v>767</v>
       </c>
       <c r="B249" s="15">
-        <v>38313</v>
-[...2 lines deleted...]
-        <v>743</v>
+        <v>38373</v>
+      </c>
+      <c r="C249" s="17">
+        <v>0.3298611111111111</v>
       </c>
       <c r="D249" s="19" t="s">
         <v>743</v>
       </c>
       <c r="E249" s="30">
-        <v>4.1666666666666664E-2</v>
+        <v>0.35069444444444442</v>
       </c>
       <c r="F249" s="30">
-        <v>5.9027777777777783E-2</v>
+        <v>0.37222222222222223</v>
       </c>
     </row>
     <row r="250" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A250" s="27" t="s">
-        <v>764</v>
+        <v>766</v>
       </c>
       <c r="B250" s="15">
-        <v>38312</v>
+        <v>38342</v>
       </c>
       <c r="C250" s="17">
-        <v>0.96527777777777779</v>
+        <v>0.45879629629629631</v>
       </c>
       <c r="D250" s="23">
-        <v>0.98402777777777783</v>
-[...2 lines deleted...]
-      <c r="F250" s="27"/>
+        <v>0.4777777777777778</v>
+      </c>
+      <c r="E250" s="30">
+        <v>0.69513888888888886</v>
+      </c>
+      <c r="F250" s="30">
+        <v>0.70972222222222225</v>
+      </c>
     </row>
     <row r="251" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A251" s="27" t="s">
-        <v>763</v>
+        <v>765</v>
       </c>
       <c r="B251" s="15">
-        <v>38283</v>
-[...5 lines deleted...]
-        <v>0.86875000000000002</v>
+        <v>38313</v>
+      </c>
+      <c r="C251" s="16" t="s">
+        <v>743</v>
+      </c>
+      <c r="D251" s="19" t="s">
+        <v>743</v>
       </c>
       <c r="E251" s="30">
-        <v>0.92499999999999993</v>
+        <v>4.1666666666666664E-2</v>
       </c>
       <c r="F251" s="30">
-        <v>0.94930555555555562</v>
+        <v>5.9027777777777783E-2</v>
       </c>
     </row>
     <row r="252" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A252" s="27" t="s">
-        <v>762</v>
+        <v>764</v>
       </c>
       <c r="B252" s="15">
-        <v>38166</v>
+        <v>38312</v>
       </c>
       <c r="C252" s="17">
-        <v>0.45902777777777781</v>
+        <v>0.96527777777777779</v>
       </c>
       <c r="D252" s="23">
-        <v>0.4777777777777778</v>
-[...6 lines deleted...]
-      </c>
+        <v>0.98402777777777783</v>
+      </c>
+      <c r="E252" s="27"/>
+      <c r="F252" s="27"/>
     </row>
     <row r="253" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A253" s="27" t="s">
-        <v>761</v>
+        <v>763</v>
       </c>
       <c r="B253" s="15">
-        <v>38137</v>
-[...5 lines deleted...]
-        <v>743</v>
+        <v>38283</v>
+      </c>
+      <c r="C253" s="17">
+        <v>0.851099537037037</v>
+      </c>
+      <c r="D253" s="23">
+        <v>0.86875000000000002</v>
       </c>
       <c r="E253" s="30">
-        <v>0.17916666666666667</v>
+        <v>0.92499999999999993</v>
       </c>
       <c r="F253" s="30">
-        <v>0.1986111111111111</v>
+        <v>0.94930555555555562</v>
       </c>
     </row>
     <row r="254" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A254" s="27" t="s">
-        <v>760</v>
+        <v>762</v>
       </c>
       <c r="B254" s="15">
-        <v>38136</v>
+        <v>38166</v>
       </c>
       <c r="C254" s="17">
-        <v>0.96527777777777779</v>
+        <v>0.45902777777777781</v>
       </c>
       <c r="D254" s="23">
-        <v>0.98402777777777783</v>
-[...2 lines deleted...]
-      <c r="F254" s="27"/>
+        <v>0.4777777777777778</v>
+      </c>
+      <c r="E254" s="30">
+        <v>0.50416666666666665</v>
+      </c>
+      <c r="F254" s="30">
+        <v>0.52777777777777779</v>
+      </c>
     </row>
     <row r="255" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A255" s="27" t="s">
-        <v>759</v>
+        <v>761</v>
       </c>
       <c r="B255" s="15">
-        <v>38107</v>
-[...5 lines deleted...]
-        <v>0.4909722222222222</v>
+        <v>38137</v>
+      </c>
+      <c r="C255" s="16" t="s">
+        <v>743</v>
+      </c>
+      <c r="D255" s="19" t="s">
+        <v>743</v>
       </c>
       <c r="E255" s="30">
-        <v>0.71111111111111114</v>
+        <v>0.17916666666666667</v>
       </c>
       <c r="F255" s="30">
-        <v>0.72986111111111107</v>
+        <v>0.1986111111111111</v>
       </c>
     </row>
     <row r="256" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A256" s="27" t="s">
-        <v>758</v>
+        <v>760</v>
       </c>
       <c r="B256" s="15">
-        <v>38078</v>
+        <v>38136</v>
       </c>
       <c r="C256" s="17">
-        <v>1.1319444444444444E-2</v>
+        <v>0.96527777777777779</v>
       </c>
       <c r="D256" s="23">
-        <v>3.125E-2</v>
-[...6 lines deleted...]
-      </c>
+        <v>0.98402777777777783</v>
+      </c>
+      <c r="E256" s="27"/>
+      <c r="F256" s="27"/>
     </row>
     <row r="257" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A257" s="27" t="s">
-        <v>757</v>
+        <v>759</v>
       </c>
       <c r="B257" s="15">
-        <v>38048</v>
+        <v>38107</v>
       </c>
       <c r="C257" s="17">
-        <v>0.27847222222222223</v>
-[...2 lines deleted...]
-        <v>754</v>
+        <v>0.47164351851851855</v>
+      </c>
+      <c r="D257" s="23">
+        <v>0.4909722222222222</v>
       </c>
       <c r="E257" s="30">
-        <v>0.2986111111111111</v>
+        <v>0.71111111111111114</v>
       </c>
       <c r="F257" s="30">
-        <v>0.32291666666666669</v>
+        <v>0.72986111111111107</v>
       </c>
     </row>
     <row r="258" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A258" s="27" t="s">
-        <v>756</v>
+        <v>758</v>
       </c>
       <c r="B258" s="15">
-        <v>38018</v>
+        <v>38078</v>
       </c>
       <c r="C258" s="17">
-        <v>0.4777777777777778</v>
-[...2 lines deleted...]
-        <v>754</v>
+        <v>1.1319444444444444E-2</v>
+      </c>
+      <c r="D258" s="23">
+        <v>3.125E-2</v>
       </c>
       <c r="E258" s="30">
-        <v>0.49774305555555554</v>
+        <v>0.10625</v>
       </c>
       <c r="F258" s="30">
-        <v>0.51851851851851849</v>
+        <v>0.12847222222222224</v>
       </c>
     </row>
     <row r="259" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A259" s="27" t="s">
-        <v>755</v>
+        <v>757</v>
       </c>
       <c r="B259" s="15">
-        <v>37988</v>
+        <v>38048</v>
       </c>
       <c r="C259" s="17">
-        <v>0.43194444444444446</v>
-[...2 lines deleted...]
-        <v>0.4513888888888889</v>
+        <v>0.27847222222222223</v>
+      </c>
+      <c r="D259" s="19" t="s">
+        <v>754</v>
       </c>
       <c r="E259" s="30">
-        <v>0.63194444444444442</v>
+        <v>0.2986111111111111</v>
       </c>
       <c r="F259" s="30">
-        <v>0.6479166666666667</v>
+        <v>0.32291666666666669</v>
       </c>
     </row>
     <row r="260" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A260" s="27" t="s">
-        <v>753</v>
+        <v>756</v>
       </c>
       <c r="B260" s="15">
-        <v>37958</v>
-[...2 lines deleted...]
-        <v>754</v>
+        <v>38018</v>
+      </c>
+      <c r="C260" s="17">
+        <v>0.4777777777777778</v>
       </c>
       <c r="D260" s="19" t="s">
         <v>754</v>
       </c>
       <c r="E260" s="30">
-        <v>0.77361111111111114</v>
+        <v>0.49774305555555554</v>
       </c>
       <c r="F260" s="30">
-        <v>0.78888888888888886</v>
+        <v>0.51851851851851849</v>
       </c>
     </row>
     <row r="261" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A261" s="27" t="s">
-        <v>752</v>
+        <v>755</v>
       </c>
       <c r="B261" s="15">
-        <v>37811</v>
+        <v>37988</v>
       </c>
       <c r="C261" s="17">
-        <v>0.50486111111111109</v>
+        <v>0.43194444444444446</v>
       </c>
       <c r="D261" s="23">
-        <v>0.5229166666666667</v>
+        <v>0.4513888888888889</v>
       </c>
       <c r="E261" s="30">
-        <v>0.75624999999999998</v>
+        <v>0.63194444444444442</v>
       </c>
       <c r="F261" s="30">
-        <v>0.78055555555555556</v>
+        <v>0.6479166666666667</v>
       </c>
     </row>
     <row r="262" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A262" s="27" t="s">
-        <v>751</v>
+        <v>753</v>
       </c>
       <c r="B262" s="15">
-        <v>37782</v>
-[...5 lines deleted...]
-        <v>0.47638888888888892</v>
+        <v>37958</v>
+      </c>
+      <c r="C262" s="16" t="s">
+        <v>754</v>
+      </c>
+      <c r="D262" s="19" t="s">
+        <v>754</v>
       </c>
       <c r="E262" s="30">
-        <v>0.50104166666666672</v>
+        <v>0.77361111111111114</v>
       </c>
       <c r="F262" s="30">
-        <v>0.52152777777777781</v>
+        <v>0.78888888888888886</v>
       </c>
     </row>
     <row r="263" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A263" s="27" t="s">
-        <v>750</v>
+        <v>752</v>
       </c>
       <c r="B263" s="15">
-        <v>37753</v>
+        <v>37811</v>
       </c>
       <c r="C263" s="17">
-        <v>0.20422453703703702</v>
+        <v>0.50486111111111109</v>
       </c>
       <c r="D263" s="23">
-        <v>0.22222222222222221</v>
+        <v>0.5229166666666667</v>
       </c>
       <c r="E263" s="30">
-        <v>0.24097222222222223</v>
+        <v>0.75624999999999998</v>
       </c>
       <c r="F263" s="30">
-        <v>0.25972222222222224</v>
+        <v>0.78055555555555556</v>
       </c>
     </row>
     <row r="264" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A264" s="27" t="s">
-        <v>749</v>
+        <v>751</v>
       </c>
       <c r="B264" s="15">
-        <v>37723</v>
+        <v>37782</v>
       </c>
       <c r="C264" s="17">
-        <v>0.81388888888888899</v>
+        <v>0.45694444444444443</v>
       </c>
       <c r="D264" s="23">
-        <v>0.83194444444444438</v>
+        <v>0.47638888888888892</v>
       </c>
       <c r="E264" s="30">
-        <v>0.84236111111111101</v>
+        <v>0.50104166666666672</v>
       </c>
       <c r="F264" s="30">
-        <v>0.86319444444444438</v>
+        <v>0.52152777777777781</v>
       </c>
     </row>
     <row r="265" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A265" s="27" t="s">
-        <v>748</v>
+        <v>750</v>
       </c>
       <c r="B265" s="15">
-        <v>37694</v>
+        <v>37753</v>
       </c>
       <c r="C265" s="17">
-        <v>0.25</v>
+        <v>0.20422453703703702</v>
       </c>
       <c r="D265" s="23">
-        <v>0.27013888888888887</v>
+        <v>0.22222222222222221</v>
       </c>
       <c r="E265" s="30">
-        <v>0.30972222222222223</v>
+        <v>0.24097222222222223</v>
       </c>
       <c r="F265" s="30">
-        <v>0.33263888888888887</v>
+        <v>0.25972222222222224</v>
       </c>
     </row>
     <row r="266" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A266" s="27" t="s">
-        <v>747</v>
+        <v>749</v>
       </c>
       <c r="B266" s="15">
-        <v>37664</v>
+        <v>37723</v>
       </c>
       <c r="C266" s="17">
-        <v>0.47569444444444442</v>
+        <v>0.81388888888888899</v>
       </c>
       <c r="D266" s="23">
-        <v>0.49583333333333335</v>
+        <v>0.83194444444444438</v>
       </c>
       <c r="E266" s="30">
-        <v>0.57500000000000007</v>
+        <v>0.84236111111111101</v>
       </c>
       <c r="F266" s="30">
-        <v>0.59652777777777777</v>
+        <v>0.86319444444444438</v>
       </c>
     </row>
     <row r="267" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A267" s="27" t="s">
-        <v>746</v>
+        <v>748</v>
       </c>
       <c r="B267" s="15">
-        <v>37634</v>
-[...5 lines deleted...]
-        <v>743</v>
+        <v>37694</v>
+      </c>
+      <c r="C267" s="17">
+        <v>0.25</v>
+      </c>
+      <c r="D267" s="23">
+        <v>0.27013888888888887</v>
       </c>
       <c r="E267" s="30">
-        <v>0.77569444444444446</v>
+        <v>0.30972222222222223</v>
       </c>
       <c r="F267" s="30">
-        <v>0.79375000000000007</v>
+        <v>0.33263888888888887</v>
       </c>
     </row>
     <row r="268" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A268" s="27" t="s">
-        <v>745</v>
+        <v>747</v>
       </c>
       <c r="B268" s="15">
-        <v>37604</v>
-[...5 lines deleted...]
-        <v>743</v>
+        <v>37664</v>
+      </c>
+      <c r="C268" s="17">
+        <v>0.47569444444444442</v>
+      </c>
+      <c r="D268" s="23">
+        <v>0.49583333333333335</v>
       </c>
       <c r="E268" s="30">
-        <v>0.9159722222222223</v>
+        <v>0.57500000000000007</v>
       </c>
       <c r="F268" s="30">
-        <v>0.93061342592592589</v>
+        <v>0.59652777777777777</v>
       </c>
     </row>
     <row r="269" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A269" s="27" t="s">
-        <v>744</v>
+        <v>746</v>
       </c>
       <c r="B269" s="15">
-        <v>37575</v>
+        <v>37634</v>
       </c>
       <c r="C269" s="16" t="s">
         <v>743</v>
       </c>
       <c r="D269" s="19" t="s">
         <v>743</v>
       </c>
       <c r="E269" s="30">
-        <v>0.18680555555555556</v>
+        <v>0.77569444444444446</v>
       </c>
       <c r="F269" s="30">
-        <v>0.20694444444444446</v>
+        <v>0.79375000000000007</v>
       </c>
     </row>
     <row r="270" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A270" s="27" t="s">
-        <v>742</v>
+        <v>745</v>
       </c>
       <c r="B270" s="15">
-        <v>37545</v>
+        <v>37604</v>
       </c>
       <c r="C270" s="16" t="s">
         <v>743</v>
       </c>
       <c r="D270" s="19" t="s">
         <v>743</v>
       </c>
       <c r="E270" s="30">
-        <v>0.58680555555555558</v>
+        <v>0.9159722222222223</v>
       </c>
       <c r="F270" s="30">
-        <v>0.62013888888888891</v>
+        <v>0.93061342592592589</v>
       </c>
     </row>
     <row r="271" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A271" s="27" t="s">
+        <v>744</v>
+      </c>
+      <c r="B271" s="15">
+        <v>37575</v>
+      </c>
+      <c r="C271" s="16" t="s">
+        <v>743</v>
+      </c>
+      <c r="D271" s="19" t="s">
+        <v>743</v>
+      </c>
+      <c r="E271" s="30">
+        <v>0.18680555555555556</v>
+      </c>
+      <c r="F271" s="30">
+        <v>0.20694444444444446</v>
+      </c>
+    </row>
+    <row r="272" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A272" s="27" t="s">
+        <v>742</v>
+      </c>
+      <c r="B272" s="15">
+        <v>37545</v>
+      </c>
+      <c r="C272" s="16" t="s">
+        <v>743</v>
+      </c>
+      <c r="D272" s="19" t="s">
+        <v>743</v>
+      </c>
+      <c r="E272" s="30">
+        <v>0.58680555555555558</v>
+      </c>
+      <c r="F272" s="30">
+        <v>0.62013888888888891</v>
+      </c>
+    </row>
+    <row r="273" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A273" s="27" t="s">
         <v>740</v>
       </c>
-      <c r="B271" s="15">
+      <c r="B273" s="15">
         <v>37456</v>
       </c>
-      <c r="C271" s="16" t="s">
+      <c r="C273" s="16" t="s">
         <v>741</v>
       </c>
-      <c r="D271" s="22">
+      <c r="D273" s="22">
         <v>0.31388888888888888</v>
       </c>
-      <c r="E271" s="30">
+      <c r="E273" s="30">
         <v>0.83011574074074079</v>
       </c>
-      <c r="F271" s="30">
+      <c r="F273" s="30">
         <v>0.93784722222222217</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="28">
-    <mergeCell ref="C193:F193"/>
-[...3 lines deleted...]
-    <mergeCell ref="E17:F17"/>
+    <mergeCell ref="C195:F195"/>
+    <mergeCell ref="E165:F165"/>
+    <mergeCell ref="E164:F164"/>
+    <mergeCell ref="E30:F30"/>
+    <mergeCell ref="E19:F19"/>
+    <mergeCell ref="E20:F20"/>
+    <mergeCell ref="E31:F31"/>
+    <mergeCell ref="E52:F52"/>
+    <mergeCell ref="E48:F48"/>
+    <mergeCell ref="E141:F141"/>
+    <mergeCell ref="E140:F140"/>
+    <mergeCell ref="E68:F68"/>
+    <mergeCell ref="E83:F83"/>
+    <mergeCell ref="E82:F82"/>
+    <mergeCell ref="E128:F128"/>
+    <mergeCell ref="E136:F136"/>
+    <mergeCell ref="E69:F69"/>
+    <mergeCell ref="E8:F8"/>
+    <mergeCell ref="E7:F7"/>
     <mergeCell ref="E18:F18"/>
-    <mergeCell ref="E29:F29"/>
-[...9 lines deleted...]
-    <mergeCell ref="E67:F67"/>
+    <mergeCell ref="A1:F1"/>
+    <mergeCell ref="E56:F56"/>
+    <mergeCell ref="E55:F55"/>
+    <mergeCell ref="E44:F44"/>
+    <mergeCell ref="E43:F43"/>
+    <mergeCell ref="E42:F42"/>
+    <mergeCell ref="E32:F32"/>
     <mergeCell ref="E6:F6"/>
-    <mergeCell ref="E5:F5"/>
-[...8 lines deleted...]
-    <mergeCell ref="E4:F4"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{9207991A-9B80-4853-9C07-AB56FF3EF4DE}">
-  <dimension ref="A1:E417"/>
+  <dimension ref="A1:E479"/>
   <sheetViews>
-    <sheetView tabSelected="1" workbookViewId="0">
-      <selection activeCell="D7" sqref="D7"/>
+    <sheetView tabSelected="1" topLeftCell="A2" workbookViewId="0">
+      <selection activeCell="D23" sqref="D23"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.81640625" defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
     <col min="1" max="2" width="12.453125" customWidth="1"/>
     <col min="5" max="5" width="52.7265625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5" ht="30" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A1" s="56" t="s">
         <v>1097</v>
       </c>
       <c r="B1" s="57"/>
       <c r="C1" s="57"/>
       <c r="D1" s="57"/>
       <c r="E1" s="59"/>
     </row>
     <row r="2" spans="1:5" ht="39.5" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A2" s="32" t="s">
         <v>46</v>
       </c>
       <c r="B2" s="14" t="s">
         <v>47</v>
       </c>
       <c r="C2" s="14" t="s">
@@ -15795,7021 +15986,7955 @@
       <c r="D3" s="14"/>
       <c r="E3" s="14"/>
     </row>
     <row r="4" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A4" s="32"/>
       <c r="B4" s="14"/>
       <c r="C4" s="14"/>
       <c r="D4" s="14"/>
       <c r="E4" s="14"/>
     </row>
     <row r="5" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A5" s="32"/>
       <c r="B5" s="14"/>
       <c r="C5" s="14"/>
       <c r="D5" s="14"/>
       <c r="E5" s="14"/>
     </row>
     <row r="6" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A6" s="32"/>
       <c r="B6" s="14"/>
       <c r="C6" s="14"/>
       <c r="D6" s="14"/>
       <c r="E6" s="14"/>
     </row>
     <row r="7" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
-      <c r="A7" s="24" t="s">
-[...13 lines deleted...]
-      </c>
+      <c r="A7" s="32"/>
+      <c r="B7" s="14"/>
+      <c r="C7" s="14"/>
+      <c r="D7" s="14"/>
+      <c r="E7" s="14"/>
     </row>
     <row r="8" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
-      <c r="A8" s="24" t="s">
-[...13 lines deleted...]
-      </c>
+      <c r="A8" s="32"/>
+      <c r="B8" s="14"/>
+      <c r="C8" s="14"/>
+      <c r="D8" s="14"/>
+      <c r="E8" s="14"/>
     </row>
     <row r="9" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
-      <c r="A9" s="24" t="s">
-[...13 lines deleted...]
-      </c>
+      <c r="A9" s="32"/>
+      <c r="B9" s="14"/>
+      <c r="C9" s="14"/>
+      <c r="D9" s="14"/>
+      <c r="E9" s="14"/>
     </row>
     <row r="10" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
-      <c r="A10" s="24" t="s">
-[...13 lines deleted...]
-      </c>
+      <c r="A10" s="32"/>
+      <c r="B10" s="14"/>
+      <c r="C10" s="14"/>
+      <c r="D10" s="14"/>
+      <c r="E10" s="14"/>
     </row>
     <row r="11" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
-      <c r="A11" s="24" t="s">
-[...13 lines deleted...]
-      </c>
+      <c r="A11" s="32"/>
+      <c r="B11" s="14"/>
+      <c r="C11" s="14"/>
+      <c r="D11" s="14"/>
+      <c r="E11" s="14"/>
     </row>
     <row r="12" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
-      <c r="A12" s="24" t="s">
-[...13 lines deleted...]
-      </c>
+      <c r="A12" s="32"/>
+      <c r="B12" s="14"/>
+      <c r="C12" s="14"/>
+      <c r="D12" s="14"/>
+      <c r="E12" s="14"/>
     </row>
     <row r="13" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
-      <c r="A13" s="24" t="s">
-[...13 lines deleted...]
-      </c>
+      <c r="A13" s="32"/>
+      <c r="B13" s="14"/>
+      <c r="C13" s="14"/>
+      <c r="D13" s="14"/>
+      <c r="E13" s="14"/>
     </row>
     <row r="14" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
-      <c r="A14" s="24" t="s">
-[...13 lines deleted...]
-      </c>
+      <c r="A14" s="32"/>
+      <c r="B14" s="14"/>
+      <c r="C14" s="14"/>
+      <c r="D14" s="14"/>
+      <c r="E14" s="14"/>
     </row>
     <row r="15" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
-      <c r="A15" s="24" t="s">
-[...13 lines deleted...]
-      </c>
+      <c r="A15" s="32"/>
+      <c r="B15" s="14"/>
+      <c r="C15" s="14"/>
+      <c r="D15" s="14"/>
+      <c r="E15" s="14"/>
     </row>
     <row r="16" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
-      <c r="A16" s="24" t="s">
-[...13 lines deleted...]
-      </c>
+      <c r="A16" s="32"/>
+      <c r="B16" s="14"/>
+      <c r="C16" s="14"/>
+      <c r="D16" s="14"/>
+      <c r="E16" s="14"/>
     </row>
     <row r="17" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
-      <c r="A17" s="24" t="s">
-[...13 lines deleted...]
-      </c>
+      <c r="A17" s="32"/>
+      <c r="B17" s="14"/>
+      <c r="C17" s="14"/>
+      <c r="D17" s="14"/>
+      <c r="E17" s="14"/>
     </row>
     <row r="18" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
-      <c r="A18" s="24" t="s">
-[...13 lines deleted...]
-      </c>
+      <c r="A18" s="32"/>
+      <c r="B18" s="14"/>
+      <c r="C18" s="14"/>
+      <c r="D18" s="14"/>
+      <c r="E18" s="14"/>
     </row>
     <row r="19" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A19" s="24" t="s">
-        <v>1685</v>
+        <v>1723</v>
       </c>
       <c r="B19" s="15">
-        <v>45887</v>
+        <v>46010</v>
       </c>
       <c r="C19" s="17">
-        <v>0.86037037037037034</v>
+        <v>0.54579861111111116</v>
       </c>
       <c r="D19" s="17">
-        <v>0.86884259259259256</v>
+        <v>0.61365740740740737</v>
       </c>
       <c r="E19" s="16" t="s">
         <v>1449</v>
       </c>
     </row>
     <row r="20" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A20" s="24" t="s">
-        <v>1677</v>
+        <v>1723</v>
       </c>
       <c r="B20" s="15">
-        <v>45883</v>
+        <v>46010</v>
       </c>
       <c r="C20" s="17">
-        <v>0.79803240740740744</v>
+        <v>0.541412037037037</v>
       </c>
       <c r="D20" s="17">
-        <v>0.79811342592592593</v>
+        <v>0.60928240740740736</v>
       </c>
       <c r="E20" s="16" t="s">
-        <v>1449</v>
+        <v>1643</v>
       </c>
     </row>
     <row r="21" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A21" s="24" t="s">
-        <v>1676</v>
+        <v>1723</v>
       </c>
       <c r="B21" s="15">
-        <v>45882</v>
+        <v>46010</v>
       </c>
       <c r="C21" s="17">
-        <v>0.82293981481481482</v>
+        <v>0.47822916666666665</v>
       </c>
       <c r="D21" s="17">
-        <v>0.82295138888888886</v>
+        <v>0.48709490740740741</v>
       </c>
       <c r="E21" s="16" t="s">
         <v>1449</v>
       </c>
     </row>
     <row r="22" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A22" s="24" t="s">
-        <v>1675</v>
+        <v>1723</v>
       </c>
       <c r="B22" s="15">
-        <v>45880</v>
+        <v>46010</v>
       </c>
       <c r="C22" s="17">
-        <v>0.33349537037037036</v>
+        <v>0.47372685185185187</v>
       </c>
       <c r="D22" s="17">
-        <v>0.33354166666666668</v>
+        <v>0.54113425925925929</v>
       </c>
       <c r="E22" s="16" t="s">
-        <v>1449</v>
+        <v>1643</v>
       </c>
     </row>
     <row r="23" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A23" s="24" t="s">
-        <v>1670</v>
+        <v>1724</v>
       </c>
       <c r="B23" s="15">
-        <v>45876</v>
+        <v>46006</v>
       </c>
       <c r="C23" s="17">
-        <v>0.49474537037037036</v>
+        <v>0.91101851851851856</v>
       </c>
       <c r="D23" s="17">
-        <v>0.49956018518518519</v>
+        <v>0.97645833333333332</v>
       </c>
       <c r="E23" s="16" t="s">
-        <v>1643</v>
+        <v>1449</v>
       </c>
     </row>
     <row r="24" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A24" s="24" t="s">
-        <v>1670</v>
+        <v>1724</v>
       </c>
       <c r="B24" s="15">
-        <v>45876</v>
+        <v>46006</v>
       </c>
       <c r="C24" s="17">
-        <v>0.42785879629629631</v>
+        <v>0.90604166666666663</v>
       </c>
       <c r="D24" s="17">
-        <v>0.42832175925925925</v>
+        <v>0.9722453703703704</v>
       </c>
       <c r="E24" s="16" t="s">
-        <v>1449</v>
+        <v>1643</v>
       </c>
     </row>
     <row r="25" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A25" s="24" t="s">
-        <v>1674</v>
+        <v>1722</v>
       </c>
       <c r="B25" s="15">
-        <v>45866</v>
+        <v>46004</v>
       </c>
       <c r="C25" s="17">
-        <v>0.50739583333333338</v>
+        <v>0.43921296296296297</v>
       </c>
       <c r="D25" s="17">
-        <v>0.54162037037037036</v>
+        <v>0.43936342592592592</v>
       </c>
       <c r="E25" s="16" t="s">
         <v>1449</v>
       </c>
     </row>
     <row r="26" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A26" s="24" t="s">
-        <v>1674</v>
+        <v>1721</v>
       </c>
       <c r="B26" s="15">
-        <v>45866</v>
+        <v>45999</v>
       </c>
       <c r="C26" s="17">
-        <v>0.50233796296296296</v>
+        <v>0.10871527777777777</v>
       </c>
       <c r="D26" s="17">
-        <v>0.57048611111111114</v>
+        <v>0.10875</v>
       </c>
       <c r="E26" s="16" t="s">
-        <v>1643</v>
+        <v>1449</v>
       </c>
     </row>
     <row r="27" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A27" s="24" t="s">
-        <v>1673</v>
+        <v>1720</v>
       </c>
       <c r="B27" s="15">
-        <v>45865</v>
+        <v>45996</v>
       </c>
       <c r="C27" s="17">
-        <v>0.2726851851851852</v>
+        <v>0.68314814814814817</v>
       </c>
       <c r="D27" s="17">
-        <v>0.28112268518518518</v>
+        <v>0.68320601851851848</v>
       </c>
       <c r="E27" s="16" t="s">
         <v>1449</v>
       </c>
     </row>
     <row r="28" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A28" s="24" t="s">
-        <v>1672</v>
+        <v>1719</v>
       </c>
       <c r="B28" s="15">
-        <v>45862</v>
+        <v>45995</v>
       </c>
       <c r="C28" s="17">
-        <v>0.39136574074074076</v>
+        <v>0.60508101851851848</v>
       </c>
       <c r="D28" s="17">
-        <v>0.84559027777777773</v>
+        <v>0.60513888888888889</v>
       </c>
       <c r="E28" s="16" t="s">
         <v>1449</v>
       </c>
     </row>
     <row r="29" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A29" s="24" t="s">
-        <v>1672</v>
+        <v>1719</v>
       </c>
       <c r="B29" s="15">
-        <v>45862</v>
+        <v>45995</v>
       </c>
       <c r="C29" s="17">
-        <v>0.38780092592592591</v>
+        <v>0.32729166666666665</v>
       </c>
       <c r="D29" s="17">
-        <v>0.46381944444444445</v>
+        <v>0.33104166666666668</v>
       </c>
       <c r="E29" s="16" t="s">
-        <v>1643</v>
+        <v>1449</v>
       </c>
     </row>
     <row r="30" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A30" s="24" t="s">
-        <v>1666</v>
+        <v>1719</v>
       </c>
       <c r="B30" s="15">
-        <v>45851</v>
+        <v>45995</v>
       </c>
       <c r="C30" s="17">
-        <v>0.20560185185185184</v>
+        <v>0.20407407407407407</v>
       </c>
       <c r="D30" s="17">
-        <v>0.20581018518518518</v>
+        <v>0.20914351851851851</v>
       </c>
       <c r="E30" s="16" t="s">
         <v>1449</v>
       </c>
     </row>
     <row r="31" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A31" s="24" t="s">
-        <v>1665</v>
+        <v>1695</v>
       </c>
       <c r="B31" s="15">
-        <v>45841</v>
+        <v>45994</v>
       </c>
       <c r="C31" s="17">
-        <v>0.52103009259259259</v>
+        <v>0.8796180555555555</v>
       </c>
       <c r="D31" s="17">
-        <v>0.58304398148148151</v>
+        <v>0.87965277777777773</v>
       </c>
       <c r="E31" s="16" t="s">
         <v>1449</v>
       </c>
     </row>
     <row r="32" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A32" s="24" t="s">
-        <v>1664</v>
+        <v>1695</v>
       </c>
       <c r="B32" s="15">
-        <v>45835</v>
+        <v>45994</v>
       </c>
       <c r="C32" s="17">
-        <v>0.7600231481481482</v>
+        <v>0.84005787037037039</v>
       </c>
       <c r="D32" s="17">
-        <v>0.76267361111111109</v>
+        <v>0.84006944444444442</v>
       </c>
       <c r="E32" s="16" t="s">
         <v>1449</v>
       </c>
     </row>
     <row r="33" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A33" s="24" t="s">
-        <v>1663</v>
+        <v>1695</v>
       </c>
       <c r="B33" s="15">
-        <v>45834</v>
+        <v>45994</v>
       </c>
       <c r="C33" s="17">
-        <v>0.18981481481481483</v>
+        <v>0.57850694444444439</v>
       </c>
       <c r="D33" s="17">
-        <v>0.19024305555555557</v>
+        <v>0.58373842592592595</v>
       </c>
       <c r="E33" s="16" t="s">
         <v>1449</v>
       </c>
     </row>
     <row r="34" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A34" s="24" t="s">
-        <v>1656</v>
+        <v>1718</v>
       </c>
       <c r="B34" s="15">
-        <v>45822</v>
+        <v>45993</v>
       </c>
       <c r="C34" s="17">
-        <v>0.99129629629629634</v>
+        <v>0.83885416666666668</v>
       </c>
       <c r="D34" s="17">
-        <v>0.99164351851851851</v>
+        <v>0.90446759259259257</v>
       </c>
       <c r="E34" s="16" t="s">
         <v>1449</v>
       </c>
     </row>
     <row r="35" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A35" s="24" t="s">
-        <v>1657</v>
+        <v>1717</v>
       </c>
       <c r="B35" s="15">
-        <v>45814</v>
+        <v>45992</v>
       </c>
       <c r="C35" s="17">
-        <v>0.98578703703703707</v>
+        <v>0.8828125</v>
       </c>
       <c r="D35" s="17">
-        <v>0.98606481481481478</v>
+        <v>0.90932870370370367</v>
       </c>
       <c r="E35" s="16" t="s">
         <v>1449</v>
       </c>
     </row>
     <row r="36" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A36" s="24" t="s">
-        <v>1658</v>
+        <v>1716</v>
       </c>
       <c r="B36" s="15">
-        <v>45812</v>
+        <v>45980</v>
       </c>
       <c r="C36" s="17">
-        <v>0.81973379629629628</v>
+        <v>0.69524305555555554</v>
       </c>
       <c r="D36" s="17">
-        <v>0.87853009259259263</v>
+        <v>0.69525462962962958</v>
       </c>
       <c r="E36" s="16" t="s">
         <v>1449</v>
       </c>
     </row>
     <row r="37" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A37" s="24" t="s">
-        <v>1658</v>
+        <v>1715</v>
       </c>
       <c r="B37" s="15">
-        <v>45812</v>
+        <v>45977</v>
       </c>
       <c r="C37" s="17">
-        <v>0.81548611111111113</v>
+        <v>0.27440972222222221</v>
       </c>
       <c r="D37" s="17">
-        <v>0.88168981481481479</v>
+        <v>0.3420023148148148</v>
       </c>
       <c r="E37" s="16" t="s">
-        <v>1643</v>
+        <v>1449</v>
       </c>
     </row>
     <row r="38" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A38" s="24" t="s">
-        <v>1659</v>
+        <v>1715</v>
       </c>
       <c r="B38" s="15">
-        <v>45808</v>
+        <v>45977</v>
       </c>
       <c r="C38" s="17">
-        <v>0.25443287037037038</v>
+        <v>0.27002314814814815</v>
       </c>
       <c r="D38" s="17">
-        <v>0.25525462962962964</v>
+        <v>0.33770833333333333</v>
       </c>
       <c r="E38" s="16" t="s">
-        <v>1449</v>
+        <v>1643</v>
       </c>
     </row>
     <row r="39" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A39" s="24" t="s">
-        <v>1660</v>
+        <v>1714</v>
       </c>
       <c r="B39" s="15">
-        <v>45805</v>
+        <v>45976</v>
       </c>
       <c r="C39" s="17">
-        <v>0.15239583333333334</v>
+        <v>0.52607638888888886</v>
       </c>
       <c r="D39" s="17">
-        <v>0.22052083333333333</v>
+        <v>0.59386574074074072</v>
       </c>
       <c r="E39" s="16" t="s">
         <v>1449</v>
       </c>
     </row>
     <row r="40" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A40" s="24" t="s">
-        <v>1660</v>
+        <v>1714</v>
       </c>
       <c r="B40" s="15">
-        <v>45805</v>
+        <v>45976</v>
       </c>
       <c r="C40" s="17">
-        <v>0.14807870370370371</v>
+        <v>0.52141203703703709</v>
       </c>
       <c r="D40" s="17">
-        <v>0.21622685185185186</v>
+        <v>0.58956018518518516</v>
       </c>
       <c r="E40" s="16" t="s">
         <v>1643</v>
       </c>
     </row>
     <row r="41" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A41" s="24" t="s">
-        <v>1661</v>
+        <v>1713</v>
       </c>
       <c r="B41" s="15">
-        <v>45804</v>
+        <v>45975</v>
       </c>
       <c r="C41" s="17">
-        <v>0.74321759259259257</v>
+        <v>1.0636574074074074E-2</v>
       </c>
       <c r="D41" s="17">
-        <v>0.80844907407407407</v>
+        <v>7.8969907407407405E-2</v>
       </c>
       <c r="E41" s="16" t="s">
         <v>1449</v>
       </c>
     </row>
     <row r="42" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A42" s="24" t="s">
-        <v>1661</v>
+        <v>1713</v>
       </c>
       <c r="B42" s="15">
-        <v>45804</v>
+        <v>45975</v>
       </c>
       <c r="C42" s="17">
-        <v>0.73784722222222221</v>
+        <v>6.2268518518518515E-3</v>
       </c>
       <c r="D42" s="17">
-        <v>0.80437499999999995</v>
+        <v>7.4652777777777776E-2</v>
       </c>
       <c r="E42" s="16" t="s">
         <v>1643</v>
       </c>
     </row>
     <row r="43" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A43" s="24" t="s">
-        <v>1661</v>
+        <v>1712</v>
       </c>
       <c r="B43" s="15">
-        <v>45804</v>
+        <v>45974</v>
       </c>
       <c r="C43" s="17">
-        <v>0.66937500000000005</v>
+        <v>0.87611111111111106</v>
       </c>
       <c r="D43" s="17">
-        <v>0.74321759259259257</v>
+        <v>0.94231481481481483</v>
       </c>
       <c r="E43" s="16" t="s">
         <v>1449</v>
       </c>
     </row>
     <row r="44" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A44" s="24" t="s">
-        <v>1661</v>
+        <v>1712</v>
       </c>
       <c r="B44" s="15">
-        <v>45804</v>
+        <v>45974</v>
       </c>
       <c r="C44" s="17">
-        <v>0.66557870370370376</v>
+        <v>0.87178240740740742</v>
       </c>
       <c r="D44" s="17">
-        <v>0.73784722222222221</v>
+        <v>0.93807870370370372</v>
       </c>
       <c r="E44" s="16" t="s">
         <v>1643</v>
       </c>
     </row>
     <row r="45" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A45" s="24" t="s">
-        <v>1661</v>
+        <v>1712</v>
       </c>
       <c r="B45" s="15">
-        <v>45804</v>
+        <v>45974</v>
       </c>
       <c r="C45" s="17">
-        <v>0.39807870370370368</v>
+        <v>0.39783564814814815</v>
       </c>
       <c r="D45" s="17">
-        <v>0.46299768518518519</v>
+        <v>0.46525462962962966</v>
       </c>
       <c r="E45" s="16" t="s">
         <v>1449</v>
       </c>
     </row>
     <row r="46" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A46" s="24" t="s">
-        <v>1662</v>
+        <v>1711</v>
       </c>
       <c r="B46" s="15">
-        <v>45803</v>
+        <v>45967</v>
       </c>
       <c r="C46" s="17">
-        <v>0.71515046296296292</v>
+        <v>0.6129282407407407</v>
       </c>
       <c r="D46" s="17">
-        <v>0.77854166666666669</v>
+        <v>0.61297453703703708</v>
       </c>
       <c r="E46" s="16" t="s">
         <v>1449</v>
       </c>
     </row>
     <row r="47" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A47" s="24" t="s">
-        <v>1655</v>
+        <v>1710</v>
       </c>
       <c r="B47" s="15">
-        <v>45801</v>
+        <v>45962</v>
       </c>
       <c r="C47" s="17">
-        <v>0.73026620370370365</v>
+        <v>0.57563657407407409</v>
       </c>
       <c r="D47" s="17">
-        <v>0.78922453703703699</v>
+        <v>0.57568287037037036</v>
       </c>
       <c r="E47" s="16" t="s">
         <v>1449</v>
       </c>
     </row>
     <row r="48" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A48" s="24" t="s">
-        <v>1648</v>
+        <v>1709</v>
       </c>
       <c r="B48" s="15">
-        <v>45793</v>
+        <v>45955</v>
       </c>
       <c r="C48" s="17">
-        <v>0.68600694444444443</v>
+        <v>0.55648148148148147</v>
       </c>
       <c r="D48" s="17">
-        <v>0.68630787037037033</v>
+        <v>0.5593055555555555</v>
       </c>
       <c r="E48" s="16" t="s">
         <v>1449</v>
       </c>
     </row>
     <row r="49" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A49" s="24" t="s">
-        <v>1647</v>
+        <v>1708</v>
       </c>
       <c r="B49" s="15">
-        <v>45784</v>
+        <v>45948</v>
       </c>
       <c r="C49" s="17">
-        <v>0.89900462962962968</v>
+        <v>0.69951388888888888</v>
       </c>
       <c r="D49" s="17">
-        <v>0.9009490740740741</v>
+        <v>0.69952546296296292</v>
       </c>
       <c r="E49" s="16" t="s">
-        <v>1643</v>
+        <v>1449</v>
       </c>
     </row>
     <row r="50" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A50" s="24" t="s">
-        <v>1647</v>
+        <v>1707</v>
       </c>
       <c r="B50" s="15">
-        <v>45784</v>
+        <v>45947</v>
       </c>
       <c r="C50" s="17">
-        <v>0.88119212962962967</v>
+        <v>0.97030092592592587</v>
       </c>
       <c r="D50" s="17">
-        <v>0.88407407407407412</v>
+        <v>2.1527777777777778E-2</v>
       </c>
       <c r="E50" s="16" t="s">
         <v>1449</v>
       </c>
     </row>
     <row r="51" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A51" s="24" t="s">
-        <v>1646</v>
+        <v>1707</v>
       </c>
       <c r="B51" s="15">
-        <v>45782</v>
+        <v>45947</v>
       </c>
       <c r="C51" s="17">
-        <v>0.89456018518518521</v>
+        <v>0.96613425925925922</v>
       </c>
       <c r="D51" s="17">
-        <v>0.95989583333333328</v>
+        <v>3.3912037037037039E-2</v>
       </c>
       <c r="E51" s="16" t="s">
-        <v>1449</v>
+        <v>1643</v>
       </c>
     </row>
     <row r="52" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A52" s="24" t="s">
-        <v>1646</v>
+        <v>1707</v>
       </c>
       <c r="B52" s="15">
-        <v>45782</v>
+        <v>45947</v>
       </c>
       <c r="C52" s="17">
-        <v>0.88937500000000003</v>
+        <v>0.60142361111111109</v>
       </c>
       <c r="D52" s="17">
-        <v>0.9558564814814815</v>
+        <v>0.63043981481481481</v>
       </c>
       <c r="E52" s="16" t="s">
-        <v>1643</v>
+        <v>1449</v>
       </c>
     </row>
     <row r="53" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A53" s="24" t="s">
-        <v>1646</v>
+        <v>1707</v>
       </c>
       <c r="B53" s="15">
-        <v>45782</v>
+        <v>45947</v>
       </c>
       <c r="C53" s="17">
-        <v>0.55901620370370375</v>
+        <v>0.42512731481481481</v>
       </c>
       <c r="D53" s="17">
-        <v>0.57702546296296298</v>
+        <v>0.43814814814814818</v>
       </c>
       <c r="E53" s="16" t="s">
         <v>1449</v>
       </c>
     </row>
     <row r="54" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A54" s="24" t="s">
-        <v>1646</v>
+        <v>1707</v>
       </c>
       <c r="B54" s="15">
-        <v>45782</v>
+        <v>45947</v>
       </c>
       <c r="C54" s="17">
-        <v>0.55465277777777777</v>
+        <v>0.42113425925925924</v>
       </c>
       <c r="D54" s="17">
-        <v>0.6224305555555556</v>
+        <v>0.4969675925925926</v>
       </c>
       <c r="E54" s="16" t="s">
         <v>1643</v>
       </c>
     </row>
     <row r="55" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A55" s="24" t="s">
-        <v>1645</v>
+        <v>1706</v>
       </c>
       <c r="B55" s="15">
-        <v>45778</v>
+        <v>45944</v>
       </c>
       <c r="C55" s="17">
-        <v>0.34371527777777777</v>
+        <v>0.61532407407407408</v>
       </c>
       <c r="D55" s="17">
-        <v>0.84399305555555559</v>
+        <v>0.61592592592592588</v>
       </c>
       <c r="E55" s="16" t="s">
         <v>1449</v>
       </c>
     </row>
     <row r="56" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A56" s="24" t="s">
-        <v>1644</v>
+        <v>1705</v>
       </c>
       <c r="B56" s="15">
-        <v>45776</v>
+        <v>45943</v>
       </c>
       <c r="C56" s="17">
-        <v>0.26287037037037037</v>
+        <v>0.66571759259259256</v>
       </c>
       <c r="D56" s="17">
-        <v>0.76314814814814813</v>
+        <v>0.73253472222222227</v>
       </c>
       <c r="E56" s="16" t="s">
         <v>1449</v>
       </c>
     </row>
     <row r="57" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A57" s="24" t="s">
-        <v>1644</v>
+        <v>1705</v>
       </c>
       <c r="B57" s="15">
-        <v>45776</v>
+        <v>45943</v>
       </c>
       <c r="C57" s="17">
-        <v>1.1574074074074073E-5</v>
+        <v>0.66131944444444446</v>
       </c>
       <c r="D57" s="17">
-        <v>4.0208333333333332E-2</v>
+        <v>0.72826388888888893</v>
       </c>
       <c r="E57" s="16" t="s">
         <v>1643</v>
       </c>
     </row>
     <row r="58" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A58" s="24" t="s">
-        <v>1642</v>
+        <v>1704</v>
       </c>
       <c r="B58" s="15">
-        <v>45775</v>
+        <v>45942</v>
       </c>
       <c r="C58" s="17">
-        <v>0.97159722222222222</v>
+        <v>0.2646296296296296</v>
       </c>
       <c r="D58" s="17">
-        <v>0.99998842592592596</v>
+        <v>0.29303240740740738</v>
       </c>
       <c r="E58" s="16" t="s">
-        <v>1643</v>
+        <v>1449</v>
       </c>
     </row>
     <row r="59" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A59" s="24" t="s">
-        <v>1642</v>
+        <v>1703</v>
       </c>
       <c r="B59" s="15">
-        <v>45775</v>
+        <v>45933</v>
       </c>
       <c r="C59" s="17">
-        <v>0.9757986111111111</v>
+        <v>0.58271990740740742</v>
       </c>
       <c r="D59" s="17">
-        <v>0.98211805555555554</v>
+        <v>0.58278935185185188</v>
       </c>
       <c r="E59" s="16" t="s">
         <v>1449</v>
       </c>
     </row>
     <row r="60" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A60" s="24" t="s">
-        <v>1641</v>
+        <v>1702</v>
       </c>
       <c r="B60" s="15">
-        <v>45745</v>
+        <v>45932</v>
       </c>
       <c r="C60" s="17">
-        <v>0.98498842592592595</v>
+        <v>2.2222222222222223E-2</v>
       </c>
       <c r="D60" s="17">
-        <v>0.98548611111111106</v>
+        <v>2.2928240740740742E-2</v>
       </c>
       <c r="E60" s="16" t="s">
         <v>1449</v>
       </c>
     </row>
     <row r="61" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A61" s="24" t="s">
-        <v>1641</v>
+        <v>1701</v>
       </c>
       <c r="B61" s="15">
-        <v>45745</v>
+        <v>45931</v>
       </c>
       <c r="C61" s="17">
-        <v>0.43497685185185186</v>
+        <v>0.20349537037037038</v>
       </c>
       <c r="D61" s="17">
-        <v>0.43516203703703704</v>
+        <v>0.2711689814814815</v>
       </c>
       <c r="E61" s="16" t="s">
         <v>1449</v>
       </c>
     </row>
     <row r="62" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A62" s="24" t="s">
-        <v>1640</v>
+        <v>1701</v>
       </c>
       <c r="B62" s="15">
-        <v>45742</v>
+        <v>45931</v>
       </c>
       <c r="C62" s="17">
-        <v>0.92883101851851857</v>
+        <v>0.19909722222222223</v>
       </c>
       <c r="D62" s="17">
-        <v>0.92986111111111114</v>
+        <v>0.26687499999999997</v>
       </c>
       <c r="E62" s="16" t="s">
-        <v>1449</v>
+        <v>1643</v>
       </c>
     </row>
     <row r="63" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A63" s="24" t="s">
-        <v>1639</v>
+        <v>1700</v>
       </c>
       <c r="B63" s="15">
-        <v>45733</v>
+        <v>45928</v>
       </c>
       <c r="C63" s="17">
-        <v>0.86458333333333337</v>
+        <v>0.8062731481481481</v>
       </c>
       <c r="D63" s="17">
-        <v>0.89424768518518516</v>
+        <v>0.80641203703703701</v>
       </c>
       <c r="E63" s="16" t="s">
         <v>1449</v>
       </c>
     </row>
     <row r="64" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A64" s="24" t="s">
-        <v>1638</v>
+        <v>1700</v>
       </c>
       <c r="B64" s="15">
-        <v>45729</v>
+        <v>45928</v>
       </c>
       <c r="C64" s="17">
-        <v>0.13493055555555555</v>
+        <v>0.801875</v>
       </c>
       <c r="D64" s="17">
-        <v>0.20340277777777777</v>
+        <v>0.85724537037037041</v>
       </c>
       <c r="E64" s="16" t="s">
-        <v>1511</v>
+        <v>1643</v>
       </c>
     </row>
     <row r="65" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A65" s="24" t="s">
-        <v>1637</v>
+        <v>1699</v>
       </c>
       <c r="B65" s="15">
-        <v>45728</v>
+        <v>45924</v>
       </c>
       <c r="C65" s="17">
-        <v>0.78127314814814819</v>
+        <v>0.94613425925925931</v>
       </c>
       <c r="D65" s="17">
-        <v>0.85767361111111107</v>
+        <v>0.94628472222222226</v>
       </c>
       <c r="E65" s="16" t="s">
-        <v>1511</v>
+        <v>1449</v>
       </c>
     </row>
     <row r="66" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A66" s="24" t="s">
-        <v>1497</v>
+        <v>1698</v>
       </c>
       <c r="B66" s="15">
-        <v>45726</v>
+        <v>45922</v>
       </c>
       <c r="C66" s="17">
-        <v>0.87758101851851855</v>
+        <v>0.65385416666666663</v>
       </c>
       <c r="D66" s="17">
-        <v>0.90380787037037036</v>
+        <v>0.65445601851851853</v>
       </c>
       <c r="E66" s="16" t="s">
         <v>1449</v>
       </c>
     </row>
     <row r="67" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A67" s="24" t="s">
-        <v>1636</v>
+        <v>1698</v>
       </c>
       <c r="B67" s="15">
-        <v>45723</v>
+        <v>45922</v>
       </c>
       <c r="C67" s="17">
-        <v>0.92443287037037036</v>
+        <v>2.3668981481481482E-2</v>
       </c>
       <c r="D67" s="17">
-        <v>0.93392361111111111</v>
+        <v>9.2743055555555551E-2</v>
       </c>
       <c r="E67" s="16" t="s">
-        <v>1511</v>
+        <v>1449</v>
       </c>
     </row>
     <row r="68" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A68" s="24" t="s">
-        <v>1635</v>
+        <v>1698</v>
       </c>
       <c r="B68" s="15">
-        <v>45714</v>
+        <v>45922</v>
       </c>
       <c r="C68" s="17">
-        <v>0.59843749999999996</v>
+        <v>1.9282407407407408E-2</v>
       </c>
       <c r="D68" s="17">
-        <v>0.59894675925925922</v>
+        <v>8.835648148148148E-2</v>
       </c>
       <c r="E68" s="16" t="s">
-        <v>1449</v>
+        <v>1643</v>
       </c>
     </row>
     <row r="69" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A69" s="24" t="s">
-        <v>1634</v>
+        <v>1691</v>
       </c>
       <c r="B69" s="15">
-        <v>45714</v>
+        <v>45917</v>
       </c>
       <c r="C69" s="17">
-        <v>0.82438657407407412</v>
+        <v>0.78427083333333336</v>
       </c>
       <c r="D69" s="17">
-        <v>0.82456018518518515</v>
+        <v>0.85053240740740743</v>
       </c>
       <c r="E69" s="16" t="s">
         <v>1449</v>
       </c>
     </row>
     <row r="70" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A70" s="24" t="s">
-        <v>1633</v>
+        <v>1691</v>
       </c>
       <c r="B70" s="15">
-        <v>45712</v>
+        <v>45917</v>
       </c>
       <c r="C70" s="17">
-        <v>0.73930555555555555</v>
+        <v>0.77993055555555557</v>
       </c>
       <c r="D70" s="17">
-        <v>0.74005787037037041</v>
+        <v>0.84641203703703705</v>
       </c>
       <c r="E70" s="16" t="s">
-        <v>1449</v>
+        <v>1643</v>
       </c>
     </row>
     <row r="71" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A71" s="24" t="s">
-        <v>1632</v>
+        <v>1690</v>
       </c>
       <c r="B71" s="15">
-        <v>45710</v>
+        <v>45913</v>
       </c>
       <c r="C71" s="17">
-        <v>0.95159722222222221</v>
+        <v>0.39994212962962961</v>
       </c>
       <c r="D71" s="17">
-        <v>0.99998842592592596</v>
+        <v>0.46811342592592592</v>
       </c>
       <c r="E71" s="16" t="s">
-        <v>1511</v>
+        <v>1449</v>
       </c>
     </row>
     <row r="72" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A72" s="24" t="s">
-        <v>1631</v>
+        <v>1690</v>
       </c>
       <c r="B72" s="15">
-        <v>45706</v>
+        <v>45913</v>
       </c>
       <c r="C72" s="17">
-        <v>0.76059027777777777</v>
+        <v>0.39613425925925927</v>
       </c>
       <c r="D72" s="17">
-        <v>0.80918981481481478</v>
+        <v>0.46381944444444445</v>
       </c>
       <c r="E72" s="16" t="s">
-        <v>1449</v>
+        <v>1643</v>
       </c>
     </row>
     <row r="73" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A73" s="24" t="s">
-        <v>1631</v>
+        <v>1689</v>
       </c>
       <c r="B73" s="15">
-        <v>45706</v>
+        <v>45909</v>
       </c>
       <c r="C73" s="17">
-        <v>0.59812500000000002</v>
+        <v>0.77034722222222218</v>
       </c>
       <c r="D73" s="17">
-        <v>0.59819444444444447</v>
+        <v>0.77050925925925928</v>
       </c>
       <c r="E73" s="16" t="s">
         <v>1449</v>
       </c>
     </row>
     <row r="74" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A74" s="24" t="s">
-        <v>1630</v>
+        <v>1688</v>
       </c>
       <c r="B74" s="15">
-        <v>45705</v>
+        <v>45902</v>
       </c>
       <c r="C74" s="17">
-        <v>0.93083333333333329</v>
+        <v>0.99054398148148148</v>
       </c>
       <c r="D74" s="17">
-        <v>0.96986111111111106</v>
+        <v>2.3344907407407408E-2</v>
       </c>
       <c r="E74" s="16" t="s">
         <v>1449</v>
       </c>
     </row>
     <row r="75" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A75" s="24" t="s">
-        <v>1473</v>
+        <v>1688</v>
       </c>
       <c r="B75" s="15">
-        <v>45701</v>
+        <v>45902</v>
       </c>
       <c r="C75" s="17">
-        <v>0.74035879629629631</v>
+        <v>0.98622685185185188</v>
       </c>
       <c r="D75" s="17">
-        <v>0.80876157407407412</v>
+        <v>5.6041666666666663E-2</v>
       </c>
       <c r="E75" s="16" t="s">
-        <v>1511</v>
+        <v>1643</v>
       </c>
     </row>
     <row r="76" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A76" s="24" t="s">
-        <v>1473</v>
+        <v>1687</v>
       </c>
       <c r="B76" s="15">
-        <v>45701</v>
+        <v>45894</v>
       </c>
       <c r="C76" s="17">
-        <v>0.67038194444444443</v>
+        <v>0.9800578703703704</v>
       </c>
       <c r="D76" s="17">
-        <v>0.68962962962962959</v>
+        <v>3.8194444444444446E-4</v>
       </c>
       <c r="E76" s="16" t="s">
         <v>1449</v>
       </c>
     </row>
     <row r="77" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A77" s="24" t="s">
-        <v>1473</v>
+        <v>1687</v>
       </c>
       <c r="B77" s="15">
-        <v>45701</v>
+        <v>45894</v>
       </c>
       <c r="C77" s="17">
-        <v>0.52515046296296297</v>
+        <v>0.97576388888888888</v>
       </c>
       <c r="D77" s="17">
-        <v>0.52560185185185182</v>
+        <v>4.3912037037037034E-2</v>
       </c>
       <c r="E77" s="16" t="s">
-        <v>1449</v>
+        <v>1643</v>
       </c>
     </row>
     <row r="78" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A78" s="24" t="s">
-        <v>1629</v>
+        <v>1686</v>
       </c>
       <c r="B78" s="15">
-        <v>45699</v>
+        <v>45890</v>
       </c>
       <c r="C78" s="17">
-        <v>0.94608796296296294</v>
+        <v>0.16472222222222221</v>
       </c>
       <c r="D78" s="17">
-        <v>0.9491087962962963</v>
+        <v>0.19306712962962963</v>
       </c>
       <c r="E78" s="16" t="s">
         <v>1449</v>
       </c>
     </row>
     <row r="79" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A79" s="24" t="s">
-        <v>1629</v>
+        <v>1685</v>
       </c>
       <c r="B79" s="15">
-        <v>45699</v>
+        <v>45887</v>
       </c>
       <c r="C79" s="17">
-        <v>0.46381944444444445</v>
+        <v>0.99645833333333333</v>
       </c>
       <c r="D79" s="17">
-        <v>0.47379629629629627</v>
+        <v>6.4594907407407406E-2</v>
       </c>
       <c r="E79" s="16" t="s">
         <v>1449</v>
       </c>
     </row>
     <row r="80" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A80" s="24" t="s">
-        <v>1628</v>
+        <v>1685</v>
       </c>
       <c r="B80" s="15">
-        <v>45697</v>
+        <v>45887</v>
       </c>
       <c r="C80" s="17">
-        <v>0.73807870370370365</v>
+        <v>0.99206018518518524</v>
       </c>
       <c r="D80" s="17">
-        <v>0.76606481481481481</v>
+        <v>6.0300925925925924E-2</v>
       </c>
       <c r="E80" s="16" t="s">
-        <v>1449</v>
+        <v>1643</v>
       </c>
     </row>
     <row r="81" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A81" s="24" t="s">
-        <v>1628</v>
+        <v>1685</v>
       </c>
       <c r="B81" s="15">
-        <v>45697</v>
+        <v>45887</v>
       </c>
       <c r="C81" s="17">
-        <v>0.6375925925925926</v>
+        <v>0.86037037037037034</v>
       </c>
       <c r="D81" s="17">
-        <v>0.70217592592592593</v>
+        <v>0.86884259259259256</v>
       </c>
       <c r="E81" s="16" t="s">
         <v>1449</v>
       </c>
     </row>
     <row r="82" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A82" s="24" t="s">
-        <v>1627</v>
+        <v>1677</v>
       </c>
       <c r="B82" s="15">
-        <v>45690</v>
+        <v>45883</v>
       </c>
       <c r="C82" s="17">
-        <v>0.81653935185185189</v>
+        <v>0.79803240740740744</v>
       </c>
       <c r="D82" s="17">
-        <v>0.81998842592592591</v>
+        <v>0.79811342592592593</v>
       </c>
       <c r="E82" s="16" t="s">
         <v>1449</v>
       </c>
     </row>
     <row r="83" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A83" s="24" t="s">
-        <v>1626</v>
+        <v>1676</v>
       </c>
       <c r="B83" s="15">
-        <v>45689</v>
+        <v>45882</v>
       </c>
       <c r="C83" s="17">
-        <v>0.79046296296296292</v>
+        <v>0.82293981481481482</v>
       </c>
       <c r="D83" s="17">
-        <v>0.79304398148148147</v>
+        <v>0.82295138888888886</v>
       </c>
       <c r="E83" s="16" t="s">
         <v>1449</v>
       </c>
     </row>
     <row r="84" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A84" s="24" t="s">
-        <v>1625</v>
+        <v>1675</v>
       </c>
       <c r="B84" s="15">
-        <v>45687</v>
+        <v>45880</v>
       </c>
       <c r="C84" s="17">
-        <v>0.29305555555555557</v>
+        <v>0.33349537037037036</v>
       </c>
       <c r="D84" s="17">
-        <v>0.36703703703703705</v>
+        <v>0.33354166666666668</v>
       </c>
       <c r="E84" s="16" t="s">
-        <v>1511</v>
+        <v>1449</v>
       </c>
     </row>
     <row r="85" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A85" s="24" t="s">
-        <v>1625</v>
+        <v>1670</v>
       </c>
       <c r="B85" s="15">
-        <v>45687</v>
+        <v>45876</v>
       </c>
       <c r="C85" s="17">
-        <v>0.21604166666666666</v>
+        <v>0.49474537037037036</v>
       </c>
       <c r="D85" s="17">
-        <v>0.29305555555555557</v>
+        <v>0.49956018518518519</v>
       </c>
       <c r="E85" s="16" t="s">
-        <v>1511</v>
+        <v>1643</v>
       </c>
     </row>
     <row r="86" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A86" s="24" t="s">
-        <v>1624</v>
+        <v>1670</v>
       </c>
       <c r="B86" s="15">
-        <v>45685</v>
+        <v>45876</v>
       </c>
       <c r="C86" s="17">
-        <v>0.95057870370370368</v>
+        <v>0.42785879629629631</v>
       </c>
       <c r="D86" s="17">
-        <v>0.99998842592592596</v>
+        <v>0.42832175925925925</v>
       </c>
       <c r="E86" s="16" t="s">
-        <v>1511</v>
+        <v>1449</v>
       </c>
     </row>
     <row r="87" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A87" s="24" t="s">
-        <v>1624</v>
+        <v>1674</v>
       </c>
       <c r="B87" s="15">
-        <v>45685</v>
+        <v>45866</v>
       </c>
       <c r="C87" s="17">
-        <v>0.36872685185185183</v>
+        <v>0.50739583333333338</v>
       </c>
       <c r="D87" s="17">
-        <v>0.40702546296296294</v>
+        <v>0.54162037037037036</v>
       </c>
       <c r="E87" s="16" t="s">
         <v>1449</v>
       </c>
     </row>
     <row r="88" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A88" s="24" t="s">
-        <v>1623</v>
+        <v>1674</v>
       </c>
       <c r="B88" s="15">
-        <v>45684</v>
+        <v>45866</v>
       </c>
       <c r="C88" s="17">
-        <v>0.82450231481481484</v>
+        <v>0.50233796296296296</v>
       </c>
       <c r="D88" s="17">
-        <v>0.83599537037037042</v>
+        <v>0.57048611111111114</v>
       </c>
       <c r="E88" s="16" t="s">
-        <v>1511</v>
+        <v>1643</v>
       </c>
     </row>
     <row r="89" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A89" s="24" t="s">
-        <v>1622</v>
+        <v>1673</v>
       </c>
       <c r="B89" s="15">
-        <v>45682</v>
+        <v>45865</v>
       </c>
       <c r="C89" s="17">
-        <v>0.61322916666666671</v>
+        <v>0.2726851851851852</v>
       </c>
       <c r="D89" s="17">
-        <v>0.63396990740740744</v>
+        <v>0.28112268518518518</v>
       </c>
       <c r="E89" s="16" t="s">
         <v>1449</v>
       </c>
     </row>
     <row r="90" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A90" s="24" t="s">
-        <v>1621</v>
+        <v>1672</v>
       </c>
       <c r="B90" s="15">
-        <v>45681</v>
+        <v>45862</v>
       </c>
       <c r="C90" s="17">
-        <v>0.23204861111111111</v>
+        <v>0.39136574074074076</v>
       </c>
       <c r="D90" s="17">
-        <v>0.23218749999999999</v>
+        <v>0.84559027777777773</v>
       </c>
       <c r="E90" s="16" t="s">
         <v>1449</v>
       </c>
     </row>
     <row r="91" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A91" s="24" t="s">
-        <v>1620</v>
+        <v>1672</v>
       </c>
       <c r="B91" s="15">
-        <v>45680</v>
+        <v>45862</v>
       </c>
       <c r="C91" s="17">
-        <v>0.89328703703703705</v>
+        <v>0.38780092592592591</v>
       </c>
       <c r="D91" s="17">
-        <v>0.91369212962962965</v>
+        <v>0.46381944444444445</v>
       </c>
       <c r="E91" s="16" t="s">
-        <v>1449</v>
+        <v>1643</v>
       </c>
     </row>
     <row r="92" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A92" s="24" t="s">
-        <v>1620</v>
+        <v>1666</v>
       </c>
       <c r="B92" s="15">
-        <v>45680</v>
+        <v>45851</v>
       </c>
       <c r="C92" s="17">
-        <v>0.2595601851851852</v>
+        <v>0.20560185185185184</v>
       </c>
       <c r="D92" s="17">
-        <v>0.25991898148148146</v>
+        <v>0.20581018518518518</v>
       </c>
       <c r="E92" s="16" t="s">
         <v>1449</v>
       </c>
     </row>
     <row r="93" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A93" s="24" t="s">
-        <v>1619</v>
+        <v>1665</v>
       </c>
       <c r="B93" s="15">
-        <v>45679</v>
+        <v>45841</v>
       </c>
       <c r="C93" s="17">
-        <v>0.47983796296296294</v>
+        <v>0.52103009259259259</v>
       </c>
       <c r="D93" s="17">
-        <v>0.50079861111111112</v>
+        <v>0.58304398148148151</v>
       </c>
       <c r="E93" s="16" t="s">
-        <v>1511</v>
+        <v>1449</v>
       </c>
     </row>
     <row r="94" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A94" s="24" t="s">
-        <v>1618</v>
+        <v>1664</v>
       </c>
       <c r="B94" s="15">
-        <v>45675</v>
+        <v>45835</v>
       </c>
       <c r="C94" s="17">
-        <v>0.16059027777777779</v>
+        <v>0.7600231481481482</v>
       </c>
       <c r="D94" s="17">
-        <v>0.23284722222222223</v>
+        <v>0.76267361111111109</v>
       </c>
       <c r="E94" s="16" t="s">
-        <v>1511</v>
+        <v>1449</v>
       </c>
     </row>
     <row r="95" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A95" s="24" t="s">
-        <v>1617</v>
+        <v>1663</v>
       </c>
       <c r="B95" s="15">
-        <v>45664</v>
+        <v>45834</v>
       </c>
       <c r="C95" s="17">
-        <v>0.82853009259259258</v>
+        <v>0.18981481481481483</v>
       </c>
       <c r="D95" s="17">
-        <v>0.82855324074074077</v>
+        <v>0.19024305555555557</v>
       </c>
       <c r="E95" s="16" t="s">
         <v>1449</v>
       </c>
     </row>
     <row r="96" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A96" s="24" t="s">
-        <v>1616</v>
+        <v>1656</v>
       </c>
       <c r="B96" s="15">
-        <v>45661</v>
+        <v>45822</v>
       </c>
       <c r="C96" s="17">
-        <v>0.79056712962962961</v>
+        <v>0.99129629629629634</v>
       </c>
       <c r="D96" s="17">
-        <v>0.79478009259259264</v>
+        <v>0.99164351851851851</v>
       </c>
       <c r="E96" s="16" t="s">
         <v>1449</v>
       </c>
     </row>
     <row r="97" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A97" s="24" t="s">
-        <v>1615</v>
+        <v>1657</v>
       </c>
       <c r="B97" s="15">
-        <v>45658</v>
+        <v>45814</v>
       </c>
       <c r="C97" s="17">
-        <v>0.45011574074074073</v>
+        <v>0.98578703703703707</v>
       </c>
       <c r="D97" s="17">
-        <v>0.52246527777777774</v>
+        <v>0.98606481481481478</v>
       </c>
       <c r="E97" s="16" t="s">
-        <v>1511</v>
+        <v>1449</v>
       </c>
     </row>
     <row r="98" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A98" s="24" t="s">
-        <v>1614</v>
+        <v>1658</v>
       </c>
       <c r="B98" s="15">
-        <v>45626</v>
+        <v>45812</v>
       </c>
       <c r="C98" s="17">
-        <v>0.54555555555555557</v>
+        <v>0.81973379629629628</v>
       </c>
       <c r="D98" s="17">
-        <v>0.55471064814814819</v>
+        <v>0.87853009259259263</v>
       </c>
       <c r="E98" s="16" t="s">
         <v>1449</v>
       </c>
     </row>
     <row r="99" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A99" s="24" t="s">
-        <v>1613</v>
+        <v>1658</v>
       </c>
       <c r="B99" s="15">
-        <v>45623</v>
+        <v>45812</v>
       </c>
       <c r="C99" s="17">
-        <v>2.0578703703703703E-2</v>
+        <v>0.81548611111111113</v>
       </c>
       <c r="D99" s="17">
-        <v>9.976851851851852E-2</v>
+        <v>0.88168981481481479</v>
       </c>
       <c r="E99" s="16" t="s">
-        <v>1511</v>
+        <v>1643</v>
       </c>
     </row>
     <row r="100" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A100" s="24" t="s">
-        <v>1612</v>
+        <v>1659</v>
       </c>
       <c r="B100" s="15">
-        <v>45617</v>
+        <v>45808</v>
       </c>
       <c r="C100" s="17">
-        <v>0.78574074074074074</v>
+        <v>0.25443287037037038</v>
       </c>
       <c r="D100" s="17">
-        <v>0.79055555555555557</v>
+        <v>0.25525462962962964</v>
       </c>
       <c r="E100" s="16" t="s">
         <v>1449</v>
       </c>
     </row>
     <row r="101" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A101" s="24" t="s">
-        <v>1611</v>
+        <v>1660</v>
       </c>
       <c r="B101" s="15">
-        <v>45615</v>
+        <v>45805</v>
       </c>
       <c r="C101" s="17">
-        <v>0.76298611111111114</v>
+        <v>0.15239583333333334</v>
       </c>
       <c r="D101" s="17">
-        <v>0.83371527777777776</v>
+        <v>0.22052083333333333</v>
       </c>
       <c r="E101" s="16" t="s">
-        <v>1511</v>
+        <v>1449</v>
       </c>
     </row>
     <row r="102" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A102" s="24" t="s">
-        <v>1610</v>
+        <v>1660</v>
       </c>
       <c r="B102" s="15">
-        <v>45610</v>
+        <v>45805</v>
       </c>
       <c r="C102" s="17">
-        <v>0.82365740740740745</v>
+        <v>0.14807870370370371</v>
       </c>
       <c r="D102" s="17">
-        <v>0.84065972222222218</v>
+        <v>0.21622685185185186</v>
       </c>
       <c r="E102" s="16" t="s">
-        <v>1511</v>
+        <v>1643</v>
       </c>
     </row>
     <row r="103" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A103" s="24" t="s">
-        <v>1609</v>
+        <v>1661</v>
       </c>
       <c r="B103" s="15">
-        <v>45604</v>
+        <v>45804</v>
       </c>
       <c r="C103" s="17">
-        <v>0.36290509259259257</v>
+        <v>0.74321759259259257</v>
       </c>
       <c r="D103" s="17">
-        <v>0.36502314814814812</v>
+        <v>0.80844907407407407</v>
       </c>
       <c r="E103" s="16" t="s">
         <v>1449</v>
       </c>
     </row>
     <row r="104" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A104" s="24" t="s">
-        <v>1608</v>
+        <v>1661</v>
       </c>
       <c r="B104" s="15">
-        <v>45603</v>
+        <v>45804</v>
       </c>
       <c r="C104" s="17">
-        <v>0.42498842592592595</v>
+        <v>0.73784722222222221</v>
       </c>
       <c r="D104" s="17">
-        <v>0.42690972222222223</v>
+        <v>0.80437499999999995</v>
       </c>
       <c r="E104" s="16" t="s">
-        <v>1449</v>
+        <v>1643</v>
       </c>
     </row>
     <row r="105" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A105" s="24" t="s">
-        <v>1607</v>
+        <v>1661</v>
       </c>
       <c r="B105" s="15">
-        <v>45602</v>
+        <v>45804</v>
       </c>
       <c r="C105" s="17">
-        <v>0.93629629629629629</v>
+        <v>0.66937500000000005</v>
       </c>
       <c r="D105" s="17">
-        <v>0.93642361111111116</v>
+        <v>0.74321759259259257</v>
       </c>
       <c r="E105" s="16" t="s">
         <v>1449</v>
       </c>
     </row>
     <row r="106" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A106" s="24" t="s">
-        <v>1607</v>
+        <v>1661</v>
       </c>
       <c r="B106" s="15">
-        <v>45602</v>
+        <v>45804</v>
       </c>
       <c r="C106" s="17">
-        <v>0.32630787037037035</v>
+        <v>0.66557870370370376</v>
       </c>
       <c r="D106" s="17">
-        <v>0.33634259259259258</v>
+        <v>0.73784722222222221</v>
       </c>
       <c r="E106" s="16" t="s">
-        <v>1449</v>
+        <v>1643</v>
       </c>
     </row>
     <row r="107" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A107" s="24" t="s">
-        <v>1606</v>
+        <v>1661</v>
       </c>
       <c r="B107" s="15">
-        <v>45601</v>
+        <v>45804</v>
       </c>
       <c r="C107" s="17">
-        <v>0.3452662037037037</v>
+        <v>0.39807870370370368</v>
       </c>
       <c r="D107" s="17">
-        <v>0.3490625</v>
+        <v>0.46299768518518519</v>
       </c>
       <c r="E107" s="16" t="s">
         <v>1449</v>
       </c>
     </row>
     <row r="108" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A108" s="24" t="s">
-        <v>1605</v>
+        <v>1662</v>
       </c>
       <c r="B108" s="15">
-        <v>45600</v>
+        <v>45803</v>
       </c>
       <c r="C108" s="17">
-        <v>0.82945601851851847</v>
+        <v>0.71515046296296292</v>
       </c>
       <c r="D108" s="17">
-        <v>0.83931712962962968</v>
+        <v>0.77854166666666669</v>
       </c>
       <c r="E108" s="16" t="s">
-        <v>1511</v>
+        <v>1449</v>
       </c>
     </row>
     <row r="109" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A109" s="24" t="s">
-        <v>1604</v>
+        <v>1655</v>
       </c>
       <c r="B109" s="15">
-        <v>45598</v>
+        <v>45801</v>
       </c>
       <c r="C109" s="17">
-        <v>0.85606481481481478</v>
+        <v>0.73026620370370365</v>
       </c>
       <c r="D109" s="17">
-        <v>0.87245370370370368</v>
+        <v>0.78922453703703699</v>
       </c>
       <c r="E109" s="16" t="s">
         <v>1449</v>
       </c>
     </row>
     <row r="110" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A110" s="24" t="s">
-        <v>1603</v>
+        <v>1648</v>
       </c>
       <c r="B110" s="15">
-        <v>45597</v>
+        <v>45793</v>
       </c>
       <c r="C110" s="17">
-        <v>0.47270833333333334</v>
+        <v>0.68600694444444443</v>
       </c>
       <c r="D110" s="17">
-        <v>0.54089120370370369</v>
+        <v>0.68630787037037033</v>
       </c>
       <c r="E110" s="16" t="s">
-        <v>1511</v>
+        <v>1449</v>
       </c>
     </row>
     <row r="111" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A111" s="24" t="s">
-        <v>1602</v>
+        <v>1647</v>
       </c>
       <c r="B111" s="15">
-        <v>45595</v>
+        <v>45784</v>
       </c>
       <c r="C111" s="17">
-        <v>0.90200231481481485</v>
+        <v>0.89900462962962968</v>
       </c>
       <c r="D111" s="17">
-        <v>0.93166666666666664</v>
+        <v>0.9009490740740741</v>
       </c>
       <c r="E111" s="16" t="s">
-        <v>1449</v>
+        <v>1643</v>
       </c>
     </row>
     <row r="112" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A112" s="24" t="s">
-        <v>1602</v>
+        <v>1647</v>
       </c>
       <c r="B112" s="15">
-        <v>45595</v>
+        <v>45784</v>
       </c>
       <c r="C112" s="17">
-        <v>0.48597222222222225</v>
+        <v>0.88119212962962967</v>
       </c>
       <c r="D112" s="17">
-        <v>0.55356481481481479</v>
+        <v>0.88407407407407412</v>
       </c>
       <c r="E112" s="16" t="s">
         <v>1449</v>
       </c>
     </row>
     <row r="113" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A113" s="24" t="s">
-        <v>1602</v>
+        <v>1646</v>
       </c>
       <c r="B113" s="15">
-        <v>45595</v>
+        <v>45782</v>
       </c>
       <c r="C113" s="17">
-        <v>0.27910879629629631</v>
+        <v>0.89456018518518521</v>
       </c>
       <c r="D113" s="17">
-        <v>0.2792013888888889</v>
+        <v>0.95989583333333328</v>
       </c>
       <c r="E113" s="16" t="s">
         <v>1449</v>
       </c>
     </row>
     <row r="114" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A114" s="24" t="s">
-        <v>1601</v>
+        <v>1646</v>
       </c>
       <c r="B114" s="15">
-        <v>45593</v>
+        <v>45782</v>
       </c>
       <c r="C114" s="17">
-        <v>0.31447916666666664</v>
+        <v>0.88937500000000003</v>
       </c>
       <c r="D114" s="17">
-        <v>0.31624999999999998</v>
+        <v>0.9558564814814815</v>
       </c>
       <c r="E114" s="16" t="s">
-        <v>1449</v>
+        <v>1643</v>
       </c>
     </row>
     <row r="115" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A115" s="24" t="s">
-        <v>1600</v>
+        <v>1646</v>
       </c>
       <c r="B115" s="15">
-        <v>45589</v>
+        <v>45782</v>
       </c>
       <c r="C115" s="17">
-        <v>0.58362268518518523</v>
+        <v>0.55901620370370375</v>
       </c>
       <c r="D115" s="17">
-        <v>0.58377314814814818</v>
+        <v>0.57702546296296298</v>
       </c>
       <c r="E115" s="16" t="s">
         <v>1449</v>
       </c>
     </row>
     <row r="116" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A116" s="24" t="s">
-        <v>1599</v>
+        <v>1646</v>
       </c>
       <c r="B116" s="15">
-        <v>45587</v>
+        <v>45782</v>
       </c>
       <c r="C116" s="17">
-        <v>0.54049768518518515</v>
+        <v>0.55465277777777777</v>
       </c>
       <c r="D116" s="17">
-        <v>0.54320601851851846</v>
+        <v>0.6224305555555556</v>
       </c>
       <c r="E116" s="16" t="s">
-        <v>1449</v>
+        <v>1643</v>
       </c>
     </row>
     <row r="117" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A117" s="24" t="s">
-        <v>1599</v>
+        <v>1645</v>
       </c>
       <c r="B117" s="15">
-        <v>45587</v>
+        <v>45778</v>
       </c>
       <c r="C117" s="17">
-        <v>0.98280092592592594</v>
+        <v>0.34371527777777777</v>
       </c>
       <c r="D117" s="17">
-        <v>5.2187499999999998E-2</v>
+        <v>0.84399305555555559</v>
       </c>
       <c r="E117" s="16" t="s">
         <v>1449</v>
       </c>
     </row>
     <row r="118" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A118" s="24" t="s">
-        <v>1598</v>
+        <v>1644</v>
       </c>
       <c r="B118" s="15">
-        <v>45586</v>
+        <v>45776</v>
       </c>
       <c r="C118" s="17">
-        <v>0.5763194444444445</v>
+        <v>0.26287037037037037</v>
       </c>
       <c r="D118" s="17">
-        <v>0.64859953703703699</v>
+        <v>0.76314814814814813</v>
       </c>
       <c r="E118" s="16" t="s">
         <v>1449</v>
       </c>
     </row>
     <row r="119" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A119" s="24" t="s">
-        <v>1597</v>
+        <v>1644</v>
       </c>
       <c r="B119" s="15">
-        <v>45582</v>
+        <v>45776</v>
       </c>
       <c r="C119" s="17">
-        <v>0.18715277777777778</v>
+        <v>1.1574074074074073E-5</v>
       </c>
       <c r="D119" s="17">
-        <v>0.25942129629629629</v>
+        <v>4.0208333333333332E-2</v>
       </c>
       <c r="E119" s="16" t="s">
-        <v>1449</v>
+        <v>1643</v>
       </c>
     </row>
     <row r="120" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A120" s="24" t="s">
-        <v>1596</v>
+        <v>1642</v>
       </c>
       <c r="B120" s="15">
-        <v>45580</v>
+        <v>45775</v>
       </c>
       <c r="C120" s="17">
-        <v>0.78320601851851857</v>
+        <v>0.97159722222222222</v>
       </c>
       <c r="D120" s="17">
-        <v>0.79005787037037034</v>
+        <v>0.99998842592592596</v>
       </c>
       <c r="E120" s="16" t="s">
-        <v>1449</v>
+        <v>1643</v>
       </c>
     </row>
     <row r="121" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A121" s="24" t="s">
-        <v>1596</v>
+        <v>1642</v>
       </c>
       <c r="B121" s="15">
-        <v>45580</v>
+        <v>45775</v>
       </c>
       <c r="C121" s="17">
-        <v>0.46221064814814816</v>
+        <v>0.9757986111111111</v>
       </c>
       <c r="D121" s="17">
-        <v>0.47112268518518519</v>
+        <v>0.98211805555555554</v>
       </c>
       <c r="E121" s="16" t="s">
         <v>1449</v>
       </c>
     </row>
     <row r="122" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A122" s="24" t="s">
-        <v>1595</v>
+        <v>1641</v>
       </c>
       <c r="B122" s="15">
-        <v>45578</v>
+        <v>45745</v>
       </c>
       <c r="C122" s="17">
-        <v>0.94674768518518515</v>
+        <v>0.98498842592592595</v>
       </c>
       <c r="D122" s="17">
-        <v>0.96487268518518521</v>
+        <v>0.98548611111111106</v>
       </c>
       <c r="E122" s="16" t="s">
         <v>1449</v>
       </c>
     </row>
     <row r="123" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A123" s="24" t="s">
-        <v>1595</v>
+        <v>1641</v>
       </c>
       <c r="B123" s="15">
-        <v>45578</v>
+        <v>45745</v>
       </c>
       <c r="C123" s="17">
-        <v>0.4632060185185185</v>
+        <v>0.43497685185185186</v>
       </c>
       <c r="D123" s="17">
-        <v>0.4880902777777778</v>
+        <v>0.43516203703703704</v>
       </c>
       <c r="E123" s="16" t="s">
         <v>1449</v>
       </c>
     </row>
     <row r="124" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A124" s="24" t="s">
-        <v>1595</v>
+        <v>1640</v>
       </c>
       <c r="B124" s="15">
-        <v>45578</v>
+        <v>45742</v>
       </c>
       <c r="C124" s="17">
-        <v>0.41420138888888891</v>
+        <v>0.92883101851851857</v>
       </c>
       <c r="D124" s="17">
-        <v>0.41806712962962961</v>
+        <v>0.92986111111111114</v>
       </c>
       <c r="E124" s="16" t="s">
         <v>1449</v>
       </c>
     </row>
     <row r="125" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A125" s="24" t="s">
-        <v>1594</v>
+        <v>1639</v>
       </c>
       <c r="B125" s="15">
-        <v>45577</v>
+        <v>45733</v>
       </c>
       <c r="C125" s="17">
-        <v>0.91390046296296301</v>
+        <v>0.86458333333333337</v>
       </c>
       <c r="D125" s="17">
-        <v>0.93537037037037041</v>
+        <v>0.89424768518518516</v>
       </c>
       <c r="E125" s="16" t="s">
         <v>1449</v>
       </c>
     </row>
     <row r="126" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A126" s="24" t="s">
-        <v>1594</v>
+        <v>1638</v>
       </c>
       <c r="B126" s="15">
-        <v>45577</v>
+        <v>45729</v>
       </c>
       <c r="C126" s="17">
-        <v>0.43464120370370368</v>
+        <v>0.13493055555555555</v>
       </c>
       <c r="D126" s="17">
-        <v>0.45976851851851852</v>
+        <v>0.20340277777777777</v>
       </c>
       <c r="E126" s="16" t="s">
-        <v>1449</v>
+        <v>1511</v>
       </c>
     </row>
     <row r="127" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A127" s="24" t="s">
-        <v>1594</v>
+        <v>1637</v>
       </c>
       <c r="B127" s="15">
-        <v>45577</v>
+        <v>45728</v>
       </c>
       <c r="C127" s="17">
-        <v>0.37973379629629628</v>
+        <v>0.78127314814814819</v>
       </c>
       <c r="D127" s="17">
-        <v>0.38990740740740742</v>
+        <v>0.85767361111111107</v>
       </c>
       <c r="E127" s="16" t="s">
-        <v>1449</v>
+        <v>1511</v>
       </c>
     </row>
     <row r="128" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A128" s="24" t="s">
-        <v>1472</v>
+        <v>1497</v>
       </c>
       <c r="B128" s="15">
-        <v>45576</v>
+        <v>45726</v>
       </c>
       <c r="C128" s="17">
-        <v>0.91093749999999996</v>
+        <v>0.87758101851851855</v>
       </c>
       <c r="D128" s="17">
-        <v>0.97788194444444443</v>
+        <v>0.90380787037037036</v>
       </c>
       <c r="E128" s="16" t="s">
-        <v>1511</v>
+        <v>1449</v>
       </c>
     </row>
     <row r="129" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A129" s="24" t="s">
-        <v>1472</v>
+        <v>1636</v>
       </c>
       <c r="B129" s="15">
-        <v>45576</v>
+        <v>45723</v>
       </c>
       <c r="C129" s="17">
-        <v>0.82365740740740745</v>
+        <v>0.92443287037037036</v>
       </c>
       <c r="D129" s="17">
-        <v>0.91094907407407411</v>
+        <v>0.93392361111111111</v>
       </c>
       <c r="E129" s="16" t="s">
-        <v>1449</v>
+        <v>1511</v>
       </c>
     </row>
     <row r="130" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A130" s="24" t="s">
-        <v>1472</v>
+        <v>1635</v>
       </c>
       <c r="B130" s="15">
-        <v>45576</v>
+        <v>45714</v>
       </c>
       <c r="C130" s="17">
-        <v>0.77254629629629634</v>
+        <v>0.59843749999999996</v>
       </c>
       <c r="D130" s="17">
-        <v>0.83083333333333331</v>
+        <v>0.59894675925925922</v>
       </c>
       <c r="E130" s="16" t="s">
-        <v>1511</v>
+        <v>1449</v>
       </c>
     </row>
     <row r="131" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A131" s="24" t="s">
-        <v>1472</v>
+        <v>1634</v>
       </c>
       <c r="B131" s="15">
-        <v>45576</v>
+        <v>45714</v>
       </c>
       <c r="C131" s="17">
-        <v>0.73137731481481483</v>
+        <v>0.82438657407407412</v>
       </c>
       <c r="D131" s="17">
-        <v>0.75556712962962957</v>
+        <v>0.82456018518518515</v>
       </c>
       <c r="E131" s="16" t="s">
         <v>1449</v>
       </c>
     </row>
     <row r="132" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A132" s="24" t="s">
-        <v>1472</v>
+        <v>1633</v>
       </c>
       <c r="B132" s="15">
-        <v>45576</v>
+        <v>45712</v>
       </c>
       <c r="C132" s="17">
-        <v>0.61255787037037035</v>
+        <v>0.73930555555555555</v>
       </c>
       <c r="D132" s="17">
-        <v>0.62715277777777778</v>
+        <v>0.74005787037037041</v>
       </c>
       <c r="E132" s="16" t="s">
         <v>1449</v>
       </c>
     </row>
     <row r="133" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A133" s="24" t="s">
-        <v>1472</v>
+        <v>1632</v>
       </c>
       <c r="B133" s="15">
-        <v>45576</v>
+        <v>45710</v>
       </c>
       <c r="C133" s="17">
-        <v>0.54478009259259264</v>
+        <v>0.95159722222222221</v>
       </c>
       <c r="D133" s="17">
-        <v>0.56858796296296299</v>
+        <v>0.99998842592592596</v>
       </c>
       <c r="E133" s="16" t="s">
-        <v>1449</v>
+        <v>1511</v>
       </c>
     </row>
     <row r="134" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A134" s="24" t="s">
-        <v>1472</v>
+        <v>1631</v>
       </c>
       <c r="B134" s="15">
-        <v>45576</v>
+        <v>45706</v>
       </c>
       <c r="C134" s="17">
-        <v>0.47454861111111113</v>
+        <v>0.76059027777777777</v>
       </c>
       <c r="D134" s="17">
-        <v>0.50026620370370367</v>
+        <v>0.80918981481481478</v>
       </c>
       <c r="E134" s="16" t="s">
         <v>1449</v>
       </c>
     </row>
     <row r="135" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A135" s="24" t="s">
-        <v>1472</v>
+        <v>1631</v>
       </c>
       <c r="B135" s="15">
-        <v>45576</v>
+        <v>45706</v>
       </c>
       <c r="C135" s="17">
-        <v>0.40961805555555558</v>
+        <v>0.59812500000000002</v>
       </c>
       <c r="D135" s="17">
-        <v>0.43189814814814814</v>
+        <v>0.59819444444444447</v>
       </c>
       <c r="E135" s="16" t="s">
         <v>1449</v>
       </c>
     </row>
     <row r="136" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A136" s="24" t="s">
-        <v>1472</v>
+        <v>1630</v>
       </c>
       <c r="B136" s="15">
-        <v>45576</v>
+        <v>45705</v>
       </c>
       <c r="C136" s="17">
-        <v>0.35491898148148149</v>
+        <v>0.93083333333333329</v>
       </c>
       <c r="D136" s="17">
-        <v>0.35944444444444446</v>
+        <v>0.96986111111111106</v>
       </c>
       <c r="E136" s="16" t="s">
         <v>1449</v>
       </c>
     </row>
     <row r="137" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A137" s="24" t="s">
-        <v>1593</v>
+        <v>1473</v>
       </c>
       <c r="B137" s="15">
-        <v>45575</v>
+        <v>45701</v>
       </c>
       <c r="C137" s="17">
-        <v>0.88093750000000004</v>
+        <v>0.74035879629629631</v>
       </c>
       <c r="D137" s="17">
-        <v>0.94958333333333333</v>
+        <v>0.80876157407407412</v>
       </c>
       <c r="E137" s="16" t="s">
-        <v>1449</v>
+        <v>1511</v>
       </c>
     </row>
     <row r="138" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A138" s="24" t="s">
-        <v>1593</v>
+        <v>1473</v>
       </c>
       <c r="B138" s="15">
-        <v>45575</v>
+        <v>45701</v>
       </c>
       <c r="C138" s="17">
-        <v>0.87549768518518523</v>
+        <v>0.67038194444444443</v>
       </c>
       <c r="D138" s="17">
-        <v>0.88093750000000004</v>
+        <v>0.68962962962962959</v>
       </c>
       <c r="E138" s="16" t="s">
         <v>1449</v>
       </c>
     </row>
     <row r="139" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A139" s="24" t="s">
-        <v>1593</v>
+        <v>1473</v>
       </c>
       <c r="B139" s="15">
-        <v>45575</v>
+        <v>45701</v>
       </c>
       <c r="C139" s="17">
-        <v>0.46129629629629632</v>
+        <v>0.52515046296296297</v>
       </c>
       <c r="D139" s="17">
-        <v>0.46715277777777775</v>
+        <v>0.52560185185185182</v>
       </c>
       <c r="E139" s="16" t="s">
         <v>1449</v>
       </c>
     </row>
     <row r="140" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A140" s="24" t="s">
-        <v>1592</v>
+        <v>1629</v>
       </c>
       <c r="B140" s="15">
-        <v>45574</v>
+        <v>45699</v>
       </c>
       <c r="C140" s="17">
-        <v>0.4440972222222222</v>
+        <v>0.94608796296296294</v>
       </c>
       <c r="D140" s="17">
-        <v>0.51287037037037042</v>
+        <v>0.9491087962962963</v>
       </c>
       <c r="E140" s="16" t="s">
-        <v>1511</v>
+        <v>1449</v>
       </c>
     </row>
     <row r="141" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A141" s="24" t="s">
-        <v>1592</v>
+        <v>1629</v>
       </c>
       <c r="B141" s="15">
-        <v>45574</v>
+        <v>45699</v>
       </c>
       <c r="C141" s="17">
-        <v>0.43174768518518519</v>
+        <v>0.46381944444444445</v>
       </c>
       <c r="D141" s="17">
-        <v>0.4440972222222222</v>
+        <v>0.47379629629629627</v>
       </c>
       <c r="E141" s="16" t="s">
         <v>1449</v>
       </c>
     </row>
     <row r="142" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A142" s="24" t="s">
-        <v>1592</v>
+        <v>1628</v>
       </c>
       <c r="B142" s="15">
-        <v>45574</v>
+        <v>45697</v>
       </c>
       <c r="C142" s="17">
-        <v>0.3674074074074074</v>
+        <v>0.73807870370370365</v>
       </c>
       <c r="D142" s="17">
-        <v>0.37413194444444442</v>
+        <v>0.76606481481481481</v>
       </c>
       <c r="E142" s="16" t="s">
         <v>1449</v>
       </c>
     </row>
     <row r="143" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A143" s="24" t="s">
-        <v>1591</v>
+        <v>1628</v>
       </c>
       <c r="B143" s="15">
-        <v>45573</v>
+        <v>45697</v>
       </c>
       <c r="C143" s="17">
-        <v>0.92046296296296293</v>
+        <v>0.6375925925925926</v>
       </c>
       <c r="D143" s="17">
-        <v>0.93192129629629628</v>
+        <v>0.70217592592592593</v>
       </c>
       <c r="E143" s="16" t="s">
         <v>1449</v>
       </c>
     </row>
     <row r="144" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A144" s="24" t="s">
-        <v>1591</v>
+        <v>1627</v>
       </c>
       <c r="B144" s="15">
-        <v>45573</v>
+        <v>45690</v>
       </c>
       <c r="C144" s="17">
-        <v>0.41840277777777779</v>
+        <v>0.81653935185185189</v>
       </c>
       <c r="D144" s="17">
-        <v>0.4926388888888889</v>
+        <v>0.81998842592592591</v>
       </c>
       <c r="E144" s="16" t="s">
         <v>1449</v>
       </c>
     </row>
     <row r="145" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A145" s="24" t="s">
-        <v>1591</v>
+        <v>1626</v>
       </c>
       <c r="B145" s="15">
-        <v>45573</v>
+        <v>45689</v>
       </c>
       <c r="C145" s="17">
-        <v>0.36469907407407409</v>
+        <v>0.79046296296296292</v>
       </c>
       <c r="D145" s="17">
-        <v>0.41840277777777779</v>
+        <v>0.79304398148148147</v>
       </c>
       <c r="E145" s="16" t="s">
         <v>1449</v>
       </c>
     </row>
     <row r="146" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A146" s="24" t="s">
-        <v>1590</v>
+        <v>1625</v>
       </c>
       <c r="B146" s="15">
-        <v>45572</v>
+        <v>45687</v>
       </c>
       <c r="C146" s="17">
-        <v>0.32837962962962963</v>
+        <v>0.29305555555555557</v>
       </c>
       <c r="D146" s="17">
-        <v>0.35070601851851851</v>
+        <v>0.36703703703703705</v>
       </c>
       <c r="E146" s="16" t="s">
-        <v>1449</v>
+        <v>1511</v>
       </c>
     </row>
     <row r="147" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A147" s="24" t="s">
-        <v>1589</v>
+        <v>1625</v>
       </c>
       <c r="B147" s="15">
-        <v>45571</v>
+        <v>45687</v>
       </c>
       <c r="C147" s="17">
-        <v>0.93390046296296292</v>
+        <v>0.21604166666666666</v>
       </c>
       <c r="D147" s="17">
-        <v>0.98353009259259261</v>
+        <v>0.29305555555555557</v>
       </c>
       <c r="E147" s="16" t="s">
-        <v>1449</v>
+        <v>1511</v>
       </c>
     </row>
     <row r="148" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A148" s="24" t="s">
-        <v>1589</v>
+        <v>1624</v>
       </c>
       <c r="B148" s="15">
-        <v>45571</v>
+        <v>45685</v>
       </c>
       <c r="C148" s="17">
-        <v>0.83</v>
+        <v>0.95057870370370368</v>
       </c>
       <c r="D148" s="17">
-        <v>0.91234953703703703</v>
+        <v>0.99998842592592596</v>
       </c>
       <c r="E148" s="16" t="s">
-        <v>1449</v>
+        <v>1511</v>
       </c>
     </row>
     <row r="149" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A149" s="24" t="s">
-        <v>1589</v>
+        <v>1624</v>
       </c>
       <c r="B149" s="15">
-        <v>45571</v>
+        <v>45685</v>
       </c>
       <c r="C149" s="17">
-        <v>0.81450231481481483</v>
+        <v>0.36872685185185183</v>
       </c>
       <c r="D149" s="17">
-        <v>0.83</v>
+        <v>0.40702546296296294</v>
       </c>
       <c r="E149" s="16" t="s">
         <v>1449</v>
       </c>
     </row>
     <row r="150" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A150" s="24" t="s">
-        <v>1589</v>
+        <v>1623</v>
       </c>
       <c r="B150" s="15">
-        <v>45571</v>
+        <v>45684</v>
       </c>
       <c r="C150" s="17">
-        <v>0.40702546296296294</v>
+        <v>0.82450231481481484</v>
       </c>
       <c r="D150" s="17">
-        <v>0.42791666666666667</v>
+        <v>0.83599537037037042</v>
       </c>
       <c r="E150" s="16" t="s">
-        <v>1449</v>
+        <v>1511</v>
       </c>
     </row>
     <row r="151" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A151" s="24" t="s">
-        <v>1589</v>
+        <v>1622</v>
       </c>
       <c r="B151" s="15">
-        <v>45571</v>
+        <v>45682</v>
       </c>
       <c r="C151" s="17">
-        <v>0.35302083333333334</v>
+        <v>0.61322916666666671</v>
       </c>
       <c r="D151" s="17">
-        <v>0.36064814814814816</v>
+        <v>0.63396990740740744</v>
       </c>
       <c r="E151" s="16" t="s">
         <v>1449</v>
       </c>
     </row>
     <row r="152" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A152" s="24" t="s">
-        <v>1588</v>
+        <v>1621</v>
       </c>
       <c r="B152" s="15">
-        <v>45570</v>
+        <v>45681</v>
       </c>
       <c r="C152" s="17">
-        <v>0.91652777777777783</v>
+        <v>0.23204861111111111</v>
       </c>
       <c r="D152" s="17">
-        <v>0.95326388888888891</v>
+        <v>0.23218749999999999</v>
       </c>
       <c r="E152" s="16" t="s">
         <v>1449</v>
       </c>
     </row>
     <row r="153" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A153" s="24" t="s">
-        <v>1588</v>
+        <v>1620</v>
       </c>
       <c r="B153" s="15">
-        <v>45570</v>
+        <v>45680</v>
       </c>
       <c r="C153" s="17">
-        <v>0.81832175925925921</v>
+        <v>0.89328703703703705</v>
       </c>
       <c r="D153" s="17">
-        <v>0.87952546296296297</v>
+        <v>0.91369212962962965</v>
       </c>
       <c r="E153" s="16" t="s">
         <v>1449</v>
       </c>
     </row>
     <row r="154" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A154" s="24" t="s">
-        <v>1588</v>
+        <v>1620</v>
       </c>
       <c r="B154" s="15">
-        <v>45570</v>
+        <v>45680</v>
       </c>
       <c r="C154" s="17">
-        <v>0.59031250000000002</v>
+        <v>0.2595601851851852</v>
       </c>
       <c r="D154" s="17">
-        <v>0.61238425925925921</v>
+        <v>0.25991898148148146</v>
       </c>
       <c r="E154" s="16" t="s">
         <v>1449</v>
       </c>
     </row>
     <row r="155" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A155" s="24" t="s">
-        <v>1588</v>
+        <v>1619</v>
       </c>
       <c r="B155" s="15">
-        <v>45570</v>
+        <v>45679</v>
       </c>
       <c r="C155" s="17">
-        <v>0.52165509259259257</v>
+        <v>0.47983796296296294</v>
       </c>
       <c r="D155" s="17">
-        <v>0.54449074074074078</v>
+        <v>0.50079861111111112</v>
       </c>
       <c r="E155" s="16" t="s">
-        <v>1449</v>
+        <v>1511</v>
       </c>
     </row>
     <row r="156" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A156" s="24" t="s">
-        <v>1588</v>
+        <v>1618</v>
       </c>
       <c r="B156" s="15">
-        <v>45570</v>
+        <v>45675</v>
       </c>
       <c r="C156" s="17">
-        <v>0.39339120370370373</v>
+        <v>0.16059027777777779</v>
       </c>
       <c r="D156" s="17">
-        <v>0.40072916666666669</v>
+        <v>0.23284722222222223</v>
       </c>
       <c r="E156" s="16" t="s">
-        <v>1449</v>
+        <v>1511</v>
       </c>
     </row>
     <row r="157" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A157" s="24" t="s">
-        <v>1588</v>
+        <v>1617</v>
       </c>
       <c r="B157" s="15">
-        <v>45570</v>
+        <v>45664</v>
       </c>
       <c r="C157" s="17">
-        <v>0.32528935185185187</v>
+        <v>0.82853009259259258</v>
       </c>
       <c r="D157" s="17">
-        <v>0.33326388888888892</v>
+        <v>0.82855324074074077</v>
       </c>
       <c r="E157" s="16" t="s">
         <v>1449</v>
       </c>
     </row>
     <row r="158" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A158" s="24" t="s">
-        <v>1588</v>
+        <v>1616</v>
       </c>
       <c r="B158" s="15">
-        <v>45570</v>
+        <v>45661</v>
       </c>
       <c r="C158" s="17">
-        <v>0.25800925925925927</v>
+        <v>0.79056712962962961</v>
       </c>
       <c r="D158" s="17">
-        <v>0.26590277777777777</v>
+        <v>0.79478009259259264</v>
       </c>
       <c r="E158" s="16" t="s">
         <v>1449</v>
       </c>
     </row>
     <row r="159" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A159" s="24" t="s">
-        <v>1587</v>
+        <v>1615</v>
       </c>
       <c r="B159" s="15">
-        <v>45569</v>
+        <v>45658</v>
       </c>
       <c r="C159" s="17">
-        <v>0.31668981481481484</v>
+        <v>0.45011574074074073</v>
       </c>
       <c r="D159" s="17">
-        <v>0.36736111111111114</v>
+        <v>0.52246527777777774</v>
       </c>
       <c r="E159" s="16" t="s">
-        <v>1449</v>
+        <v>1511</v>
       </c>
     </row>
     <row r="160" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A160" s="24" t="s">
-        <v>1586</v>
+        <v>1614</v>
       </c>
       <c r="B160" s="15">
-        <v>45563</v>
+        <v>45626</v>
       </c>
       <c r="C160" s="17">
-        <v>0.97140046296296301</v>
+        <v>0.54555555555555557</v>
       </c>
       <c r="D160" s="17">
-        <v>2.5196759259259259E-2</v>
+        <v>0.55471064814814819</v>
       </c>
       <c r="E160" s="16" t="s">
         <v>1449</v>
       </c>
     </row>
     <row r="161" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A161" s="24" t="s">
-        <v>1585</v>
+        <v>1613</v>
       </c>
       <c r="B161" s="15">
-        <v>45558</v>
+        <v>45623</v>
       </c>
       <c r="C161" s="17">
-        <v>0.22712962962962963</v>
+        <v>2.0578703703703703E-2</v>
       </c>
       <c r="D161" s="17">
-        <v>0.2275925925925926</v>
+        <v>9.976851851851852E-2</v>
       </c>
       <c r="E161" s="16" t="s">
-        <v>1449</v>
+        <v>1511</v>
       </c>
     </row>
     <row r="162" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A162" s="24" t="s">
-        <v>1584</v>
+        <v>1612</v>
       </c>
       <c r="B162" s="15">
-        <v>45556</v>
+        <v>45617</v>
       </c>
       <c r="C162" s="17">
-        <v>0.95879629629629626</v>
+        <v>0.78574074074074074</v>
       </c>
       <c r="D162" s="17">
-        <v>0.95910879629629631</v>
+        <v>0.79055555555555557</v>
       </c>
       <c r="E162" s="16" t="s">
         <v>1449</v>
       </c>
     </row>
     <row r="163" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A163" s="24" t="s">
-        <v>1583</v>
+        <v>1611</v>
       </c>
       <c r="B163" s="15">
-        <v>45555</v>
+        <v>45615</v>
       </c>
       <c r="C163" s="17">
-        <v>0.91575231481481478</v>
+        <v>0.76298611111111114</v>
       </c>
       <c r="D163" s="17">
-        <v>0.91589120370370369</v>
+        <v>0.83371527777777776</v>
       </c>
       <c r="E163" s="16" t="s">
-        <v>1449</v>
+        <v>1511</v>
       </c>
     </row>
     <row r="164" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A164" s="24" t="s">
-        <v>1582</v>
+        <v>1610</v>
       </c>
       <c r="B164" s="15">
-        <v>45536</v>
+        <v>45610</v>
       </c>
       <c r="C164" s="17">
-        <v>0.94019675925925927</v>
+        <v>0.82365740740740745</v>
       </c>
       <c r="D164" s="17">
-        <v>0.94756944444444446</v>
+        <v>0.84065972222222218</v>
       </c>
       <c r="E164" s="16" t="s">
-        <v>1449</v>
+        <v>1511</v>
       </c>
     </row>
     <row r="165" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A165" s="24" t="s">
-        <v>1581</v>
+        <v>1609</v>
       </c>
       <c r="B165" s="15">
-        <v>45534</v>
+        <v>45604</v>
       </c>
       <c r="C165" s="17">
-        <v>0.81668981481481484</v>
+        <v>0.36290509259259257</v>
       </c>
       <c r="D165" s="17">
-        <v>0.82254629629629628</v>
+        <v>0.36502314814814812</v>
       </c>
       <c r="E165" s="16" t="s">
         <v>1449</v>
       </c>
     </row>
     <row r="166" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A166" s="24" t="s">
-        <v>1580</v>
+        <v>1608</v>
       </c>
       <c r="B166" s="15">
-        <v>45527</v>
+        <v>45603</v>
       </c>
       <c r="C166" s="17">
-        <v>0.83584490740740736</v>
+        <v>0.42498842592592595</v>
       </c>
       <c r="D166" s="17">
-        <v>0.84403935185185175</v>
+        <v>0.42690972222222223</v>
       </c>
       <c r="E166" s="16" t="s">
         <v>1449</v>
       </c>
     </row>
     <row r="167" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A167" s="24" t="s">
-        <v>1579</v>
+        <v>1607</v>
       </c>
       <c r="B167" s="15">
-        <v>45523</v>
+        <v>45602</v>
       </c>
       <c r="C167" s="17">
-        <v>0.7833564814814814</v>
+        <v>0.93629629629629629</v>
       </c>
       <c r="D167" s="17">
-        <v>0.78387731481481471</v>
+        <v>0.93642361111111116</v>
       </c>
       <c r="E167" s="16" t="s">
         <v>1449</v>
       </c>
     </row>
     <row r="168" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A168" s="24" t="s">
-        <v>1578</v>
+        <v>1607</v>
       </c>
       <c r="B168" s="15">
-        <v>45521</v>
+        <v>45602</v>
       </c>
       <c r="C168" s="17">
-        <v>0.66483796296296294</v>
+        <v>0.32630787037037035</v>
       </c>
       <c r="D168" s="17">
-        <v>0.7405787037037036</v>
+        <v>0.33634259259259258</v>
       </c>
       <c r="E168" s="16" t="s">
-        <v>1511</v>
+        <v>1449</v>
       </c>
     </row>
     <row r="169" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A169" s="24" t="s">
-        <v>1476</v>
+        <v>1606</v>
       </c>
       <c r="B169" s="15">
-        <v>45519</v>
+        <v>45601</v>
       </c>
       <c r="C169" s="17">
-        <v>0.67659722222222218</v>
+        <v>0.3452662037037037</v>
       </c>
       <c r="D169" s="17">
-        <v>0.75223379629629628</v>
+        <v>0.3490625</v>
       </c>
       <c r="E169" s="16" t="s">
-        <v>1511</v>
+        <v>1449</v>
       </c>
     </row>
     <row r="170" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A170" s="24" t="s">
-        <v>1577</v>
+        <v>1605</v>
       </c>
       <c r="B170" s="15">
-        <v>45518</v>
+        <v>45600</v>
       </c>
       <c r="C170" s="17">
-        <v>0.58539351851851851</v>
+        <v>0.82945601851851847</v>
       </c>
       <c r="D170" s="17">
-        <v>0.65704861111111112</v>
+        <v>0.83931712962962968</v>
       </c>
       <c r="E170" s="16" t="s">
         <v>1511</v>
       </c>
     </row>
     <row r="171" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A171" s="24" t="s">
-        <v>1417</v>
-[...2 lines deleted...]
-        <v>1418</v>
+        <v>1604</v>
+      </c>
+      <c r="B171" s="15">
+        <v>45598</v>
       </c>
       <c r="C171" s="17">
-        <v>0.70833333333333337</v>
+        <v>0.85606481481481478</v>
       </c>
       <c r="D171" s="17">
-        <v>0.87569444444444444</v>
+        <v>0.87245370370370368</v>
       </c>
       <c r="E171" s="16" t="s">
-        <v>1419</v>
+        <v>1449</v>
       </c>
     </row>
     <row r="172" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A172" s="24" t="s">
-        <v>1575</v>
+        <v>1603</v>
       </c>
       <c r="B172" s="15">
-        <v>45498</v>
+        <v>45597</v>
       </c>
       <c r="C172" s="17">
-        <v>0.70807870370370374</v>
+        <v>0.47270833333333334</v>
       </c>
       <c r="D172" s="17">
-        <v>0.76278935185185182</v>
+        <v>0.54089120370370369</v>
       </c>
       <c r="E172" s="16" t="s">
-        <v>1576</v>
+        <v>1511</v>
       </c>
     </row>
     <row r="173" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A173" s="24" t="s">
-        <v>1574</v>
+        <v>1602</v>
       </c>
       <c r="B173" s="15">
-        <v>45468</v>
+        <v>45595</v>
       </c>
       <c r="C173" s="17">
-        <v>0.86964120370370368</v>
+        <v>0.90200231481481485</v>
       </c>
       <c r="D173" s="17">
-        <v>0.86973379629629621</v>
+        <v>0.93166666666666664</v>
       </c>
       <c r="E173" s="16" t="s">
         <v>1449</v>
       </c>
     </row>
     <row r="174" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A174" s="24" t="s">
-        <v>1573</v>
+        <v>1602</v>
       </c>
       <c r="B174" s="15">
-        <v>45466</v>
+        <v>45595</v>
       </c>
       <c r="C174" s="17">
-        <v>0.75270833333333342</v>
+        <v>0.48597222222222225</v>
       </c>
       <c r="D174" s="17">
-        <v>0.81337962962962962</v>
+        <v>0.55356481481481479</v>
       </c>
       <c r="E174" s="16" t="s">
-        <v>1427</v>
+        <v>1449</v>
       </c>
     </row>
     <row r="175" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A175" s="24" t="s">
-        <v>1573</v>
+        <v>1602</v>
       </c>
       <c r="B175" s="15">
-        <v>45466</v>
+        <v>45595</v>
       </c>
       <c r="C175" s="17">
-        <v>0.46039351851851856</v>
+        <v>0.27910879629629631</v>
       </c>
       <c r="D175" s="17">
-        <v>0.48016203703703703</v>
+        <v>0.2792013888888889</v>
       </c>
       <c r="E175" s="16" t="s">
         <v>1449</v>
       </c>
     </row>
     <row r="176" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A176" s="24" t="s">
-        <v>1573</v>
+        <v>1601</v>
       </c>
       <c r="B176" s="15">
-        <v>45466</v>
+        <v>45593</v>
       </c>
       <c r="C176" s="17">
-        <v>0.40108796296296295</v>
+        <v>0.31447916666666664</v>
       </c>
       <c r="D176" s="17">
-        <v>0.40125000000000005</v>
+        <v>0.31624999999999998</v>
       </c>
       <c r="E176" s="16" t="s">
         <v>1449</v>
       </c>
     </row>
     <row r="177" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A177" s="24" t="s">
-        <v>1410</v>
+        <v>1600</v>
       </c>
       <c r="B177" s="15">
-        <v>45461</v>
+        <v>45589</v>
       </c>
       <c r="C177" s="17">
-        <v>0.81187500000000001</v>
+        <v>0.58362268518518523</v>
       </c>
       <c r="D177" s="17">
-        <v>0.8118981481481482</v>
+        <v>0.58377314814814818</v>
       </c>
       <c r="E177" s="16" t="s">
         <v>1449</v>
       </c>
     </row>
     <row r="178" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A178" s="24" t="s">
-        <v>1572</v>
+        <v>1599</v>
       </c>
       <c r="B178" s="15">
-        <v>45460</v>
+        <v>45587</v>
       </c>
       <c r="C178" s="17">
-        <v>0.72614583333333327</v>
+        <v>0.54049768518518515</v>
       </c>
       <c r="D178" s="17">
-        <v>0.72667824074074072</v>
+        <v>0.54320601851851846</v>
       </c>
       <c r="E178" s="16" t="s">
         <v>1449</v>
       </c>
     </row>
     <row r="179" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A179" s="24" t="s">
-        <v>1571</v>
+        <v>1599</v>
       </c>
       <c r="B179" s="15">
-        <v>45455</v>
+        <v>45587</v>
       </c>
       <c r="C179" s="17">
-        <v>0.94271990740740741</v>
+        <v>0.98280092592592594</v>
       </c>
       <c r="D179" s="17">
-        <v>0.96939814814814806</v>
+        <v>5.2187499999999998E-2</v>
       </c>
       <c r="E179" s="16" t="s">
         <v>1449</v>
       </c>
     </row>
     <row r="180" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A180" s="24" t="s">
-        <v>1571</v>
+        <v>1598</v>
       </c>
       <c r="B180" s="15">
-        <v>45455</v>
+        <v>45586</v>
       </c>
       <c r="C180" s="17">
-        <v>0.79574074074074075</v>
+        <v>0.5763194444444445</v>
       </c>
       <c r="D180" s="17">
-        <v>0.79871527777777773</v>
+        <v>0.64859953703703699</v>
       </c>
       <c r="E180" s="16" t="s">
         <v>1449</v>
       </c>
     </row>
     <row r="181" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A181" s="24" t="s">
-        <v>1570</v>
+        <v>1597</v>
       </c>
       <c r="B181" s="15">
-        <v>45453</v>
+        <v>45582</v>
       </c>
       <c r="C181" s="17">
-        <v>0.74209490740740736</v>
+        <v>0.18715277777777778</v>
       </c>
       <c r="D181" s="17">
-        <v>0.74280092592592595</v>
+        <v>0.25942129629629629</v>
       </c>
       <c r="E181" s="16" t="s">
         <v>1449</v>
       </c>
     </row>
     <row r="182" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A182" s="24" t="s">
-        <v>1569</v>
+        <v>1596</v>
       </c>
       <c r="B182" s="15">
-        <v>45449</v>
+        <v>45580</v>
       </c>
       <c r="C182" s="17">
-        <v>0.94453703703703706</v>
+        <v>0.78320601851851857</v>
       </c>
       <c r="D182" s="17">
-        <v>0.94747685185185182</v>
+        <v>0.79005787037037034</v>
       </c>
       <c r="E182" s="16" t="s">
         <v>1449</v>
       </c>
     </row>
     <row r="183" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A183" s="24" t="s">
-        <v>1568</v>
+        <v>1596</v>
       </c>
       <c r="B183" s="15">
-        <v>45446</v>
+        <v>45580</v>
       </c>
       <c r="C183" s="17">
-        <v>0.4484143518518518</v>
+        <v>0.46221064814814816</v>
       </c>
       <c r="D183" s="17">
-        <v>0.4538773148148148</v>
+        <v>0.47112268518518519</v>
       </c>
       <c r="E183" s="16" t="s">
         <v>1449</v>
       </c>
     </row>
     <row r="184" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A184" s="24" t="s">
-        <v>1567</v>
+        <v>1595</v>
       </c>
       <c r="B184" s="15">
-        <v>45444</v>
+        <v>45578</v>
       </c>
       <c r="C184" s="17">
-        <v>0.93086805555555552</v>
+        <v>0.94674768518518515</v>
       </c>
       <c r="D184" s="17">
-        <v>0.94547453703703699</v>
+        <v>0.96487268518518521</v>
       </c>
       <c r="E184" s="16" t="s">
         <v>1449</v>
       </c>
     </row>
     <row r="185" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A185" s="24" t="s">
-        <v>1566</v>
+        <v>1595</v>
       </c>
       <c r="B185" s="15">
-        <v>45442</v>
+        <v>45578</v>
       </c>
       <c r="C185" s="17">
-        <v>0.14391203703703703</v>
+        <v>0.4632060185185185</v>
       </c>
       <c r="D185" s="17">
-        <v>0.14744212962962963</v>
+        <v>0.4880902777777778</v>
       </c>
       <c r="E185" s="16" t="s">
         <v>1449</v>
       </c>
     </row>
     <row r="186" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A186" s="24" t="s">
-        <v>1566</v>
+        <v>1595</v>
       </c>
       <c r="B186" s="15">
-        <v>45442</v>
+        <v>45578</v>
       </c>
       <c r="C186" s="17">
-        <v>0</v>
+        <v>0.41420138888888891</v>
       </c>
       <c r="D186" s="17">
-        <v>7.1296296296296307E-3</v>
+        <v>0.41806712962962961</v>
       </c>
       <c r="E186" s="16" t="s">
-        <v>1511</v>
+        <v>1449</v>
       </c>
     </row>
     <row r="187" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A187" s="24" t="s">
-        <v>1565</v>
+        <v>1594</v>
       </c>
       <c r="B187" s="15">
-        <v>45441</v>
+        <v>45577</v>
       </c>
       <c r="C187" s="17">
-        <v>0.93409722222222225</v>
+        <v>0.91390046296296301</v>
       </c>
       <c r="D187" s="17">
-        <v>0.99998842592592585</v>
+        <v>0.93537037037037041</v>
       </c>
       <c r="E187" s="16" t="s">
-        <v>1511</v>
+        <v>1449</v>
       </c>
     </row>
     <row r="188" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A188" s="24" t="s">
-        <v>1565</v>
+        <v>1594</v>
       </c>
       <c r="B188" s="15">
-        <v>45441</v>
+        <v>45577</v>
       </c>
       <c r="C188" s="17">
-        <v>1.0879629629629629E-3</v>
+        <v>0.43464120370370368</v>
       </c>
       <c r="D188" s="17">
-        <v>2.0949074074074073E-3</v>
+        <v>0.45976851851851852</v>
       </c>
       <c r="E188" s="16" t="s">
         <v>1449</v>
       </c>
     </row>
     <row r="189" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A189" s="24" t="s">
-        <v>1564</v>
+        <v>1594</v>
       </c>
       <c r="B189" s="15">
-        <v>45440</v>
+        <v>45577</v>
       </c>
       <c r="C189" s="17">
-        <v>0.7055555555555556</v>
+        <v>0.37973379629629628</v>
       </c>
       <c r="D189" s="17">
-        <v>0.70569444444444451</v>
+        <v>0.38990740740740742</v>
       </c>
       <c r="E189" s="16" t="s">
         <v>1449</v>
       </c>
     </row>
     <row r="190" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A190" s="24" t="s">
-        <v>1564</v>
+        <v>1472</v>
       </c>
       <c r="B190" s="15">
-        <v>45440</v>
+        <v>45576</v>
       </c>
       <c r="C190" s="17">
-        <v>0.3601273148148148</v>
+        <v>0.91093749999999996</v>
       </c>
       <c r="D190" s="17">
-        <v>0.36399305555555556</v>
+        <v>0.97788194444444443</v>
       </c>
       <c r="E190" s="16" t="s">
-        <v>1449</v>
+        <v>1511</v>
       </c>
     </row>
     <row r="191" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A191" s="24" t="s">
-        <v>1563</v>
+        <v>1472</v>
       </c>
       <c r="B191" s="15">
-        <v>45439</v>
+        <v>45576</v>
       </c>
       <c r="C191" s="17">
-        <v>0.1865162037037037</v>
+        <v>0.82365740740740745</v>
       </c>
       <c r="D191" s="17">
-        <v>0.30876157407407406</v>
+        <v>0.91094907407407411</v>
       </c>
       <c r="E191" s="16" t="s">
         <v>1449</v>
       </c>
     </row>
     <row r="192" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A192" s="24" t="s">
-        <v>1562</v>
+        <v>1472</v>
       </c>
       <c r="B192" s="15">
-        <v>45438</v>
+        <v>45576</v>
       </c>
       <c r="C192" s="17">
-        <v>0.37175925925925929</v>
+        <v>0.77254629629629634</v>
       </c>
       <c r="D192" s="17">
-        <v>0.37548611111111113</v>
+        <v>0.83083333333333331</v>
       </c>
       <c r="E192" s="16" t="s">
-        <v>1449</v>
+        <v>1511</v>
       </c>
     </row>
     <row r="193" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A193" s="24" t="s">
-        <v>1561</v>
+        <v>1472</v>
       </c>
       <c r="B193" s="15">
-        <v>45437</v>
+        <v>45576</v>
       </c>
       <c r="C193" s="17">
-        <v>0.43753472222222217</v>
+        <v>0.73137731481481483</v>
       </c>
       <c r="D193" s="17">
-        <v>0.46940972222222221</v>
+        <v>0.75556712962962957</v>
       </c>
       <c r="E193" s="16" t="s">
         <v>1449</v>
       </c>
     </row>
     <row r="194" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A194" s="24" t="s">
-        <v>1560</v>
+        <v>1472</v>
       </c>
       <c r="B194" s="15">
-        <v>45436</v>
+        <v>45576</v>
       </c>
       <c r="C194" s="17">
-        <v>0.30017361111111113</v>
+        <v>0.61255787037037035</v>
       </c>
       <c r="D194" s="17">
-        <v>0.30457175925925922</v>
+        <v>0.62715277777777778</v>
       </c>
       <c r="E194" s="16" t="s">
         <v>1449</v>
       </c>
     </row>
     <row r="195" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A195" s="24" t="s">
-        <v>1559</v>
+        <v>1472</v>
       </c>
       <c r="B195" s="15">
-        <v>45435</v>
+        <v>45576</v>
       </c>
       <c r="C195" s="17">
-        <v>0.90280092592592587</v>
+        <v>0.54478009259259264</v>
       </c>
       <c r="D195" s="17">
-        <v>0.97392361111111114</v>
+        <v>0.56858796296296299</v>
       </c>
       <c r="E195" s="16" t="s">
         <v>1449</v>
       </c>
     </row>
     <row r="196" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A196" s="24" t="s">
-        <v>1558</v>
+        <v>1472</v>
       </c>
       <c r="B196" s="15">
-        <v>45434</v>
+        <v>45576</v>
       </c>
       <c r="C196" s="17">
-        <v>0.85530092592592588</v>
+        <v>0.47454861111111113</v>
       </c>
       <c r="D196" s="17">
-        <v>0.85555555555555562</v>
+        <v>0.50026620370370367</v>
       </c>
       <c r="E196" s="16" t="s">
         <v>1449</v>
       </c>
     </row>
     <row r="197" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A197" s="24" t="s">
-        <v>1407</v>
+        <v>1472</v>
       </c>
       <c r="B197" s="15">
-        <v>45431</v>
+        <v>45576</v>
       </c>
       <c r="C197" s="17">
-        <v>0.72079861111111121</v>
+        <v>0.40961805555555558</v>
       </c>
       <c r="D197" s="17">
-        <v>0.72255787037037045</v>
+        <v>0.43189814814814814</v>
       </c>
       <c r="E197" s="16" t="s">
         <v>1449</v>
       </c>
     </row>
     <row r="198" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A198" s="24" t="s">
-        <v>1557</v>
+        <v>1472</v>
       </c>
       <c r="B198" s="15">
-        <v>45430</v>
+        <v>45576</v>
       </c>
       <c r="C198" s="17">
-        <v>0.20789351851851853</v>
+        <v>0.35491898148148149</v>
       </c>
       <c r="D198" s="17">
-        <v>0.28002314814814816</v>
+        <v>0.35944444444444446</v>
       </c>
       <c r="E198" s="16" t="s">
-        <v>1511</v>
+        <v>1449</v>
       </c>
     </row>
     <row r="199" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A199" s="24" t="s">
-        <v>1556</v>
+        <v>1593</v>
       </c>
       <c r="B199" s="15">
-        <v>45426</v>
+        <v>45575</v>
       </c>
       <c r="C199" s="17">
-        <v>0.71659722222222222</v>
+        <v>0.88093750000000004</v>
       </c>
       <c r="D199" s="17">
-        <v>0.71709490740740733</v>
+        <v>0.94958333333333333</v>
       </c>
       <c r="E199" s="16" t="s">
         <v>1449</v>
       </c>
     </row>
     <row r="200" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A200" s="24" t="s">
-        <v>1556</v>
+        <v>1593</v>
       </c>
       <c r="B200" s="15">
-        <v>45426</v>
+        <v>45575</v>
       </c>
       <c r="C200" s="17">
-        <v>0.44157407407407406</v>
+        <v>0.87549768518518523</v>
       </c>
       <c r="D200" s="17">
-        <v>0.44921296296296293</v>
+        <v>0.88093750000000004</v>
       </c>
       <c r="E200" s="16" t="s">
         <v>1449</v>
       </c>
     </row>
     <row r="201" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A201" s="24" t="s">
-        <v>1555</v>
+        <v>1593</v>
       </c>
       <c r="B201" s="15">
-        <v>45425</v>
+        <v>45575</v>
       </c>
       <c r="C201" s="17">
-        <v>0.74915509259259261</v>
+        <v>0.46129629629629632</v>
       </c>
       <c r="D201" s="17">
-        <v>0.76495370370370364</v>
+        <v>0.46715277777777775</v>
       </c>
       <c r="E201" s="16" t="s">
         <v>1449</v>
       </c>
     </row>
     <row r="202" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A202" s="24" t="s">
-        <v>1554</v>
+        <v>1592</v>
       </c>
       <c r="B202" s="15">
-        <v>45418</v>
+        <v>45574</v>
       </c>
       <c r="C202" s="17">
-        <v>0.12547453703703704</v>
+        <v>0.4440972222222222</v>
       </c>
       <c r="D202" s="17">
-        <v>0.12552083333333333</v>
+        <v>0.51287037037037042</v>
       </c>
       <c r="E202" s="16" t="s">
-        <v>1449</v>
+        <v>1511</v>
       </c>
     </row>
     <row r="203" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A203" s="24" t="s">
-        <v>1553</v>
+        <v>1592</v>
       </c>
       <c r="B203" s="15">
-        <v>45416</v>
+        <v>45574</v>
       </c>
       <c r="C203" s="17">
-        <v>0.62928240740740737</v>
+        <v>0.43174768518518519</v>
       </c>
       <c r="D203" s="17">
-        <v>0.62938657407407406</v>
+        <v>0.4440972222222222</v>
       </c>
       <c r="E203" s="16" t="s">
         <v>1449</v>
       </c>
     </row>
     <row r="204" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A204" s="24" t="s">
-        <v>1552</v>
+        <v>1592</v>
       </c>
       <c r="B204" s="15">
-        <v>45414</v>
+        <v>45574</v>
       </c>
       <c r="C204" s="17">
-        <v>0.7992824074074073</v>
+        <v>0.3674074074074074</v>
       </c>
       <c r="D204" s="17">
-        <v>0.80374999999999996</v>
+        <v>0.37413194444444442</v>
       </c>
       <c r="E204" s="16" t="s">
         <v>1449</v>
       </c>
     </row>
     <row r="205" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A205" s="24" t="s">
-        <v>1551</v>
+        <v>1591</v>
       </c>
       <c r="B205" s="15">
-        <v>45412</v>
+        <v>45573</v>
       </c>
       <c r="C205" s="17">
-        <v>0.86289351851851848</v>
+        <v>0.92046296296296293</v>
       </c>
       <c r="D205" s="17">
-        <v>0.86351851851851846</v>
+        <v>0.93192129629629628</v>
       </c>
       <c r="E205" s="16" t="s">
         <v>1449</v>
       </c>
     </row>
     <row r="206" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A206" s="24" t="s">
-        <v>1550</v>
+        <v>1591</v>
       </c>
       <c r="B206" s="15">
-        <v>45411</v>
+        <v>45573</v>
       </c>
       <c r="C206" s="17">
-        <v>0.89901620370370372</v>
+        <v>0.41840277777777779</v>
       </c>
       <c r="D206" s="17">
-        <v>0.90231481481481479</v>
+        <v>0.4926388888888889</v>
       </c>
       <c r="E206" s="16" t="s">
         <v>1449</v>
       </c>
     </row>
     <row r="207" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A207" s="24" t="s">
-        <v>1549</v>
+        <v>1591</v>
       </c>
       <c r="B207" s="15">
-        <v>45407</v>
+        <v>45573</v>
       </c>
       <c r="C207" s="17">
-        <v>0.78918981481481476</v>
+        <v>0.36469907407407409</v>
       </c>
       <c r="D207" s="17">
-        <v>0.78922453703703699</v>
+        <v>0.41840277777777779</v>
       </c>
       <c r="E207" s="16" t="s">
         <v>1449</v>
       </c>
     </row>
     <row r="208" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A208" s="24" t="s">
-        <v>1549</v>
+        <v>1590</v>
       </c>
       <c r="B208" s="15">
-        <v>45407</v>
+        <v>45572</v>
       </c>
       <c r="C208" s="17">
-        <v>7.5578703703703703E-2</v>
+        <v>0.32837962962962963</v>
       </c>
       <c r="D208" s="17">
-        <v>7.570601851851852E-2</v>
+        <v>0.35070601851851851</v>
       </c>
       <c r="E208" s="16" t="s">
         <v>1449</v>
       </c>
     </row>
     <row r="209" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A209" s="24" t="s">
-        <v>1548</v>
+        <v>1589</v>
       </c>
       <c r="B209" s="15">
-        <v>45406</v>
+        <v>45571</v>
       </c>
       <c r="C209" s="17">
-        <v>0.76966435185185178</v>
+        <v>0.93390046296296292</v>
       </c>
       <c r="D209" s="17">
-        <v>0.81431712962962965</v>
+        <v>0.98353009259259261</v>
       </c>
       <c r="E209" s="16" t="s">
         <v>1449</v>
       </c>
     </row>
     <row r="210" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A210" s="24" t="s">
-        <v>1547</v>
+        <v>1589</v>
       </c>
       <c r="B210" s="15">
-        <v>45405</v>
+        <v>45571</v>
       </c>
       <c r="C210" s="17">
-        <v>3.770833333333333E-2</v>
+        <v>0.83</v>
       </c>
       <c r="D210" s="17">
-        <v>0.11179398148148149</v>
+        <v>0.91234953703703703</v>
       </c>
       <c r="E210" s="16" t="s">
-        <v>1511</v>
+        <v>1449</v>
       </c>
     </row>
     <row r="211" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A211" s="24" t="s">
-        <v>1546</v>
+        <v>1589</v>
       </c>
       <c r="B211" s="15">
-        <v>45402</v>
+        <v>45571</v>
       </c>
       <c r="C211" s="17">
-        <v>0.95616898148148144</v>
+        <v>0.81450231481481483</v>
       </c>
       <c r="D211" s="17">
-        <v>0.95673611111111112</v>
+        <v>0.83</v>
       </c>
       <c r="E211" s="16" t="s">
         <v>1449</v>
       </c>
     </row>
     <row r="212" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A212" s="24" t="s">
-        <v>1546</v>
+        <v>1589</v>
       </c>
       <c r="B212" s="15">
-        <v>45402</v>
+        <v>45571</v>
       </c>
       <c r="C212" s="17">
-        <v>0.72105324074074073</v>
+        <v>0.40702546296296294</v>
       </c>
       <c r="D212" s="17">
-        <v>0.75946759259259267</v>
+        <v>0.42791666666666667</v>
       </c>
       <c r="E212" s="16" t="s">
         <v>1449</v>
       </c>
     </row>
     <row r="213" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A213" s="24" t="s">
-        <v>1404</v>
+        <v>1589</v>
       </c>
       <c r="B213" s="15">
-        <v>45401</v>
+        <v>45571</v>
       </c>
       <c r="C213" s="17">
-        <v>0.92474537037037041</v>
+        <v>0.35302083333333334</v>
       </c>
       <c r="D213" s="17">
-        <v>0.9477199074074073</v>
+        <v>0.36064814814814816</v>
       </c>
       <c r="E213" s="16" t="s">
         <v>1449</v>
       </c>
     </row>
     <row r="214" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A214" s="24" t="s">
-        <v>1545</v>
+        <v>1588</v>
       </c>
       <c r="B214" s="15">
-        <v>45400</v>
+        <v>45570</v>
       </c>
       <c r="C214" s="17">
-        <v>0.77686342592592583</v>
+        <v>0.91652777777777783</v>
       </c>
       <c r="D214" s="17">
-        <v>0.78813657407407411</v>
+        <v>0.95326388888888891</v>
       </c>
       <c r="E214" s="16" t="s">
         <v>1449</v>
       </c>
     </row>
     <row r="215" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A215" s="24" t="s">
-        <v>1544</v>
+        <v>1588</v>
       </c>
       <c r="B215" s="15">
-        <v>45399</v>
+        <v>45570</v>
       </c>
       <c r="C215" s="17">
-        <v>0.67585648148148147</v>
+        <v>0.81832175925925921</v>
       </c>
       <c r="D215" s="17">
-        <v>0.67603009259259261</v>
+        <v>0.87952546296296297</v>
       </c>
       <c r="E215" s="16" t="s">
         <v>1449</v>
       </c>
     </row>
     <row r="216" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A216" s="24" t="s">
-        <v>1544</v>
+        <v>1588</v>
       </c>
       <c r="B216" s="15">
-        <v>45399</v>
+        <v>45570</v>
       </c>
       <c r="C216" s="17">
-        <v>0.31392361111111111</v>
+        <v>0.59031250000000002</v>
       </c>
       <c r="D216" s="17">
-        <v>0.31428240740740737</v>
+        <v>0.61238425925925921</v>
       </c>
       <c r="E216" s="16" t="s">
         <v>1449</v>
       </c>
     </row>
     <row r="217" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A217" s="24" t="s">
-        <v>1543</v>
+        <v>1588</v>
       </c>
       <c r="B217" s="15">
-        <v>45397</v>
+        <v>45570</v>
       </c>
       <c r="C217" s="17">
-        <v>0.80832175925925931</v>
+        <v>0.52165509259259257</v>
       </c>
       <c r="D217" s="17">
-        <v>0.85879629629629628</v>
+        <v>0.54449074074074078</v>
       </c>
       <c r="E217" s="16" t="s">
         <v>1449</v>
       </c>
     </row>
     <row r="218" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A218" s="24" t="s">
-        <v>1542</v>
+        <v>1588</v>
       </c>
       <c r="B218" s="15">
-        <v>45393</v>
+        <v>45570</v>
       </c>
       <c r="C218" s="17">
-        <v>0.74766203703703704</v>
+        <v>0.39339120370370373</v>
       </c>
       <c r="D218" s="17">
-        <v>0.79159722222222229</v>
+        <v>0.40072916666666669</v>
       </c>
       <c r="E218" s="16" t="s">
         <v>1449</v>
       </c>
     </row>
     <row r="219" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A219" s="24" t="s">
-        <v>1541</v>
+        <v>1588</v>
       </c>
       <c r="B219" s="15">
-        <v>45380</v>
+        <v>45570</v>
       </c>
       <c r="C219" s="17">
-        <v>0.66871527777777784</v>
+        <v>0.32528935185185187</v>
       </c>
       <c r="D219" s="17">
-        <v>0.66900462962962959</v>
+        <v>0.33326388888888892</v>
       </c>
       <c r="E219" s="16" t="s">
         <v>1449</v>
       </c>
     </row>
     <row r="220" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A220" s="24" t="s">
-        <v>1540</v>
+        <v>1588</v>
       </c>
       <c r="B220" s="15">
-        <v>45379</v>
+        <v>45570</v>
       </c>
       <c r="C220" s="17">
-        <v>0.291099537037037</v>
+        <v>0.25800925925925927</v>
       </c>
       <c r="D220" s="17">
-        <v>0.33969907407407413</v>
+        <v>0.26590277777777777</v>
       </c>
       <c r="E220" s="16" t="s">
         <v>1449</v>
       </c>
     </row>
     <row r="221" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A221" s="24" t="s">
-        <v>1539</v>
+        <v>1587</v>
       </c>
       <c r="B221" s="15">
-        <v>45378</v>
+        <v>45569</v>
       </c>
       <c r="C221" s="17">
-        <v>0.75444444444444436</v>
+        <v>0.31668981481481484</v>
       </c>
       <c r="D221" s="17">
-        <v>0.76982638888888888</v>
+        <v>0.36736111111111114</v>
       </c>
       <c r="E221" s="16" t="s">
         <v>1449</v>
       </c>
     </row>
     <row r="222" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A222" s="24" t="s">
-        <v>1539</v>
+        <v>1586</v>
       </c>
       <c r="B222" s="15">
-        <v>45378</v>
+        <v>45563</v>
       </c>
       <c r="C222" s="17">
-        <v>0.28278935185185183</v>
+        <v>0.97140046296296301</v>
       </c>
       <c r="D222" s="17">
-        <v>0.29488425925925926</v>
+        <v>2.5196759259259259E-2</v>
       </c>
       <c r="E222" s="16" t="s">
         <v>1449</v>
       </c>
     </row>
     <row r="223" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A223" s="24" t="s">
-        <v>1538</v>
+        <v>1585</v>
       </c>
       <c r="B223" s="15">
-        <v>45377</v>
+        <v>45558</v>
       </c>
       <c r="C223" s="17">
-        <v>0.9341666666666667</v>
+        <v>0.22712962962962963</v>
       </c>
       <c r="D223" s="17">
-        <v>0.93440972222222218</v>
+        <v>0.2275925925925926</v>
       </c>
       <c r="E223" s="16" t="s">
         <v>1449</v>
       </c>
     </row>
     <row r="224" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A224" s="24" t="s">
-        <v>1537</v>
+        <v>1584</v>
       </c>
       <c r="B224" s="15">
-        <v>45376</v>
+        <v>45556</v>
       </c>
       <c r="C224" s="17">
-        <v>2.854166666666667E-2</v>
+        <v>0.95879629629629626</v>
       </c>
       <c r="D224" s="17">
-        <v>0.37841435185185185</v>
+        <v>0.95910879629629631</v>
       </c>
       <c r="E224" s="16" t="s">
-        <v>1511</v>
+        <v>1449</v>
       </c>
     </row>
     <row r="225" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A225" s="24" t="s">
-        <v>1536</v>
+        <v>1583</v>
       </c>
       <c r="B225" s="15">
-        <v>45375</v>
+        <v>45555</v>
       </c>
       <c r="C225" s="17">
-        <v>0.56199074074074074</v>
+        <v>0.91575231481481478</v>
       </c>
       <c r="D225" s="17">
-        <v>0.62489583333333332</v>
+        <v>0.91589120370370369</v>
       </c>
       <c r="E225" s="16" t="s">
-        <v>1511</v>
+        <v>1449</v>
       </c>
     </row>
     <row r="226" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A226" s="24" t="s">
-        <v>1536</v>
+        <v>1582</v>
       </c>
       <c r="B226" s="15">
-        <v>45375</v>
+        <v>45536</v>
       </c>
       <c r="C226" s="17">
-        <v>3.7500000000000003E-3</v>
+        <v>0.94019675925925927</v>
       </c>
       <c r="D226" s="17">
-        <v>0.41827546296296297</v>
+        <v>0.94756944444444446</v>
       </c>
       <c r="E226" s="16" t="s">
-        <v>1427</v>
+        <v>1449</v>
       </c>
     </row>
     <row r="227" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A227" s="24" t="s">
-        <v>1535</v>
+        <v>1581</v>
       </c>
       <c r="B227" s="15">
-        <v>45374</v>
+        <v>45534</v>
       </c>
       <c r="C227" s="17">
-        <v>3.9930555555555559E-2</v>
+        <v>0.81668981481481484</v>
       </c>
       <c r="D227" s="17">
-        <v>0.39002314814814815</v>
+        <v>0.82254629629629628</v>
       </c>
       <c r="E227" s="16" t="s">
-        <v>1427</v>
+        <v>1449</v>
       </c>
     </row>
     <row r="228" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A228" s="24" t="s">
-        <v>1401</v>
+        <v>1580</v>
       </c>
       <c r="B228" s="15">
-        <v>45371</v>
+        <v>45527</v>
       </c>
       <c r="C228" s="17">
-        <v>0.3721990740740741</v>
+        <v>0.83584490740740736</v>
       </c>
       <c r="D228" s="17">
-        <v>0.37232638888888886</v>
+        <v>0.84403935185185175</v>
       </c>
       <c r="E228" s="16" t="s">
-        <v>1427</v>
+        <v>1449</v>
       </c>
     </row>
     <row r="229" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A229" s="24" t="s">
-        <v>1534</v>
+        <v>1579</v>
       </c>
       <c r="B229" s="15">
-        <v>45370</v>
+        <v>45523</v>
       </c>
       <c r="C229" s="17">
-        <v>0.79873842592592592</v>
+        <v>0.7833564814814814</v>
       </c>
       <c r="D229" s="17">
-        <v>0.79912037037037031</v>
+        <v>0.78387731481481471</v>
       </c>
       <c r="E229" s="16" t="s">
         <v>1449</v>
       </c>
     </row>
     <row r="230" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A230" s="24" t="s">
-        <v>1534</v>
+        <v>1578</v>
       </c>
       <c r="B230" s="15">
-        <v>45370</v>
+        <v>45521</v>
       </c>
       <c r="C230" s="17">
-        <v>0.34384259259259259</v>
+        <v>0.66483796296296294</v>
       </c>
       <c r="D230" s="17">
-        <v>0.41207175925925926</v>
+        <v>0.7405787037037036</v>
       </c>
       <c r="E230" s="16" t="s">
         <v>1511</v>
       </c>
     </row>
     <row r="231" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A231" s="24" t="s">
-        <v>1533</v>
+        <v>1476</v>
       </c>
       <c r="B231" s="15">
-        <v>45368</v>
+        <v>45519</v>
       </c>
       <c r="C231" s="17">
-        <v>4.0972222222222226E-3</v>
+        <v>0.67659722222222218</v>
       </c>
       <c r="D231" s="17">
-        <v>8.44212962962963E-2</v>
+        <v>0.75223379629629628</v>
       </c>
       <c r="E231" s="16" t="s">
         <v>1511</v>
       </c>
     </row>
     <row r="232" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A232" s="24" t="s">
-        <v>1532</v>
+        <v>1577</v>
       </c>
       <c r="B232" s="15">
-        <v>45365</v>
+        <v>45518</v>
       </c>
       <c r="C232" s="17">
-        <v>0.82101851851851848</v>
+        <v>0.58539351851851851</v>
       </c>
       <c r="D232" s="17">
-        <v>0.83724537037037028</v>
+        <v>0.65704861111111112</v>
       </c>
       <c r="E232" s="16" t="s">
-        <v>1449</v>
+        <v>1511</v>
       </c>
     </row>
     <row r="233" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A233" s="24" t="s">
-        <v>1531</v>
-[...2 lines deleted...]
-        <v>45362</v>
+        <v>1417</v>
+      </c>
+      <c r="B233" s="15" t="s">
+        <v>1418</v>
       </c>
       <c r="C233" s="17">
-        <v>0.83862268518518512</v>
+        <v>0.70833333333333337</v>
       </c>
       <c r="D233" s="17">
-        <v>0.85543981481481479</v>
+        <v>0.87569444444444444</v>
       </c>
       <c r="E233" s="16" t="s">
-        <v>1449</v>
+        <v>1419</v>
       </c>
     </row>
     <row r="234" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A234" s="24" t="s">
-        <v>1530</v>
+        <v>1575</v>
       </c>
       <c r="B234" s="15">
-        <v>45357</v>
+        <v>45498</v>
       </c>
       <c r="C234" s="17">
-        <v>0.58685185185185185</v>
+        <v>0.70807870370370374</v>
       </c>
       <c r="D234" s="17">
-        <v>0.58702546296296299</v>
+        <v>0.76278935185185182</v>
       </c>
       <c r="E234" s="16" t="s">
-        <v>1449</v>
+        <v>1576</v>
       </c>
     </row>
     <row r="235" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A235" s="24" t="s">
-        <v>1529</v>
+        <v>1574</v>
       </c>
       <c r="B235" s="15">
-        <v>45356</v>
+        <v>45468</v>
       </c>
       <c r="C235" s="17">
-        <v>0.655787037037037</v>
+        <v>0.86964120370370368</v>
       </c>
       <c r="D235" s="17">
-        <v>0.65623842592592596</v>
+        <v>0.86973379629629621</v>
       </c>
       <c r="E235" s="16" t="s">
         <v>1449</v>
       </c>
     </row>
     <row r="236" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A236" s="24" t="s">
-        <v>1528</v>
+        <v>1573</v>
       </c>
       <c r="B236" s="15">
-        <v>45354</v>
+        <v>45466</v>
       </c>
       <c r="C236" s="17">
-        <v>0.71942129629629636</v>
+        <v>0.75270833333333342</v>
       </c>
       <c r="D236" s="17">
-        <v>0.72043981481481489</v>
+        <v>0.81337962962962962</v>
       </c>
       <c r="E236" s="16" t="s">
-        <v>1449</v>
+        <v>1427</v>
       </c>
     </row>
     <row r="237" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A237" s="24" t="s">
-        <v>1527</v>
+        <v>1573</v>
       </c>
       <c r="B237" s="15">
-        <v>45351</v>
+        <v>45466</v>
       </c>
       <c r="C237" s="17">
-        <v>0.79762731481481486</v>
+        <v>0.46039351851851856</v>
       </c>
       <c r="D237" s="17">
-        <v>0.81202546296296296</v>
+        <v>0.48016203703703703</v>
       </c>
       <c r="E237" s="16" t="s">
         <v>1449</v>
       </c>
     </row>
     <row r="238" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A238" s="24" t="s">
-        <v>1527</v>
+        <v>1573</v>
       </c>
       <c r="B238" s="15">
-        <v>45351</v>
+        <v>45466</v>
       </c>
       <c r="C238" s="17">
-        <v>0</v>
+        <v>0.40108796296296295</v>
       </c>
       <c r="D238" s="17">
-        <v>7.7546296296296287E-3</v>
+        <v>0.40125000000000005</v>
       </c>
       <c r="E238" s="16" t="s">
         <v>1449</v>
       </c>
     </row>
     <row r="239" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A239" s="24" t="s">
-        <v>1526</v>
+        <v>1410</v>
       </c>
       <c r="B239" s="15">
-        <v>45350</v>
+        <v>45461</v>
       </c>
       <c r="C239" s="17">
-        <v>6.267361111111111E-2</v>
+        <v>0.81187500000000001</v>
       </c>
       <c r="D239" s="17">
-        <v>0.11520833333333334</v>
+        <v>0.8118981481481482</v>
       </c>
       <c r="E239" s="16" t="s">
         <v>1449</v>
       </c>
     </row>
     <row r="240" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A240" s="24" t="s">
-        <v>1525</v>
+        <v>1572</v>
       </c>
       <c r="B240" s="15">
-        <v>45348</v>
+        <v>45460</v>
       </c>
       <c r="C240" s="17">
-        <v>0.46854166666666663</v>
+        <v>0.72614583333333327</v>
       </c>
       <c r="D240" s="17">
-        <v>0.54050925925925919</v>
+        <v>0.72667824074074072</v>
       </c>
       <c r="E240" s="16" t="s">
-        <v>1511</v>
+        <v>1449</v>
       </c>
     </row>
     <row r="241" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A241" s="24" t="s">
-        <v>1524</v>
+        <v>1571</v>
       </c>
       <c r="B241" s="15">
-        <v>45340</v>
+        <v>45455</v>
       </c>
       <c r="C241" s="17">
-        <v>0.57208333333333339</v>
+        <v>0.94271990740740741</v>
       </c>
       <c r="D241" s="17">
-        <v>0.57216435185185188</v>
+        <v>0.96939814814814806</v>
       </c>
       <c r="E241" s="16" t="s">
         <v>1449</v>
       </c>
     </row>
     <row r="242" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A242" s="24" t="s">
-        <v>1523</v>
+        <v>1571</v>
       </c>
       <c r="B242" s="15">
-        <v>45339</v>
+        <v>45455</v>
       </c>
       <c r="C242" s="17">
-        <v>0.61028935185185185</v>
+        <v>0.79574074074074075</v>
       </c>
       <c r="D242" s="17">
-        <v>0.61034722222222226</v>
+        <v>0.79871527777777773</v>
       </c>
       <c r="E242" s="16" t="s">
         <v>1449</v>
       </c>
     </row>
     <row r="243" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A243" s="24" t="s">
-        <v>1522</v>
+        <v>1570</v>
       </c>
       <c r="B243" s="15">
-        <v>45333</v>
+        <v>45453</v>
       </c>
       <c r="C243" s="17">
-        <v>0.57701388888888883</v>
+        <v>0.74209490740740736</v>
       </c>
       <c r="D243" s="17">
-        <v>0.57785879629629633</v>
+        <v>0.74280092592592595</v>
       </c>
       <c r="E243" s="16" t="s">
         <v>1449</v>
       </c>
     </row>
     <row r="244" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A244" s="24" t="s">
-        <v>1521</v>
+        <v>1569</v>
       </c>
       <c r="B244" s="15">
-        <v>45331</v>
+        <v>45449</v>
       </c>
       <c r="C244" s="17">
-        <v>0.81399305555555557</v>
+        <v>0.94453703703703706</v>
       </c>
       <c r="D244" s="17">
-        <v>0.81406250000000002</v>
+        <v>0.94747685185185182</v>
       </c>
       <c r="E244" s="16" t="s">
         <v>1449</v>
       </c>
     </row>
     <row r="245" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A245" s="24" t="s">
-        <v>1520</v>
+        <v>1568</v>
       </c>
       <c r="B245" s="15">
-        <v>45330</v>
+        <v>45446</v>
       </c>
       <c r="C245" s="17">
-        <v>0.30182870370370368</v>
+        <v>0.4484143518518518</v>
       </c>
       <c r="D245" s="17">
-        <v>0.30212962962962964</v>
+        <v>0.4538773148148148</v>
       </c>
       <c r="E245" s="16" t="s">
         <v>1449</v>
       </c>
     </row>
     <row r="246" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A246" s="24" t="s">
-        <v>1519</v>
+        <v>1567</v>
       </c>
       <c r="B246" s="15">
-        <v>45325</v>
+        <v>45444</v>
       </c>
       <c r="C246" s="17">
-        <v>0.54</v>
+        <v>0.93086805555555552</v>
       </c>
       <c r="D246" s="17">
-        <v>0.61076388888888888</v>
+        <v>0.94547453703703699</v>
       </c>
       <c r="E246" s="16" t="s">
         <v>1449</v>
       </c>
     </row>
     <row r="247" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A247" s="24" t="s">
-        <v>1518</v>
+        <v>1566</v>
       </c>
       <c r="B247" s="15">
-        <v>45324</v>
+        <v>45442</v>
       </c>
       <c r="C247" s="17">
-        <v>0.38716435185185188</v>
+        <v>0.14391203703703703</v>
       </c>
       <c r="D247" s="17">
-        <v>0.8041666666666667</v>
+        <v>0.14744212962962963</v>
       </c>
       <c r="E247" s="16" t="s">
-        <v>1427</v>
+        <v>1449</v>
       </c>
     </row>
     <row r="248" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A248" s="24" t="s">
-        <v>1517</v>
+        <v>1566</v>
       </c>
       <c r="B248" s="15">
-        <v>45323</v>
+        <v>45442</v>
       </c>
       <c r="C248" s="17">
-        <v>0.35891203703703706</v>
+        <v>0</v>
       </c>
       <c r="D248" s="17">
-        <v>0.50634259259259262</v>
+        <v>7.1296296296296307E-3</v>
       </c>
       <c r="E248" s="16" t="s">
         <v>1511</v>
       </c>
     </row>
     <row r="249" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A249" s="24" t="s">
-        <v>1517</v>
+        <v>1565</v>
       </c>
       <c r="B249" s="15">
-        <v>45322</v>
+        <v>45441</v>
       </c>
       <c r="C249" s="17">
-        <v>0.3417824074074074</v>
+        <v>0.93409722222222225</v>
       </c>
       <c r="D249" s="17">
-        <v>0.40203703703703703</v>
+        <v>0.99998842592592585</v>
       </c>
       <c r="E249" s="16" t="s">
         <v>1511</v>
       </c>
     </row>
     <row r="250" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A250" s="24" t="s">
-        <v>1516</v>
+        <v>1565</v>
       </c>
       <c r="B250" s="15">
-        <v>45320</v>
+        <v>45441</v>
       </c>
       <c r="C250" s="17">
-        <v>0.68437500000000007</v>
+        <v>1.0879629629629629E-3</v>
       </c>
       <c r="D250" s="17">
-        <v>0.75442129629629628</v>
+        <v>2.0949074074074073E-3</v>
       </c>
       <c r="E250" s="16" t="s">
-        <v>1427</v>
+        <v>1449</v>
       </c>
     </row>
     <row r="251" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A251" s="24" t="s">
-        <v>1516</v>
+        <v>1564</v>
       </c>
       <c r="B251" s="15">
-        <v>45320</v>
+        <v>45440</v>
       </c>
       <c r="C251" s="17">
-        <v>0.12895833333333334</v>
+        <v>0.7055555555555556</v>
       </c>
       <c r="D251" s="17">
-        <v>0.13009259259259259</v>
+        <v>0.70569444444444451</v>
       </c>
       <c r="E251" s="16" t="s">
         <v>1449</v>
       </c>
     </row>
     <row r="252" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A252" s="24" t="s">
-        <v>1515</v>
+        <v>1564</v>
       </c>
       <c r="B252" s="15">
-        <v>45318</v>
+        <v>45440</v>
       </c>
       <c r="C252" s="17">
-        <v>0.1386226851851852</v>
+        <v>0.3601273148148148</v>
       </c>
       <c r="D252" s="17">
-        <v>0.13954861111111111</v>
+        <v>0.36399305555555556</v>
       </c>
       <c r="E252" s="16" t="s">
         <v>1449</v>
       </c>
     </row>
     <row r="253" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A253" s="24" t="s">
-        <v>1514</v>
+        <v>1563</v>
       </c>
       <c r="B253" s="15">
-        <v>45315</v>
+        <v>45439</v>
       </c>
       <c r="C253" s="17">
-        <v>0.39614583333333336</v>
+        <v>0.1865162037037037</v>
       </c>
       <c r="D253" s="17">
-        <v>0.39721064814814816</v>
+        <v>0.30876157407407406</v>
       </c>
       <c r="E253" s="16" t="s">
         <v>1449</v>
       </c>
     </row>
     <row r="254" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A254" s="24" t="s">
-        <v>1514</v>
+        <v>1562</v>
       </c>
       <c r="B254" s="15">
-        <v>45315</v>
+        <v>45438</v>
       </c>
       <c r="C254" s="17">
-        <v>0.1188425925925926</v>
+        <v>0.37175925925925929</v>
       </c>
       <c r="D254" s="17">
-        <v>0.12061342592592593</v>
+        <v>0.37548611111111113</v>
       </c>
       <c r="E254" s="16" t="s">
         <v>1449</v>
       </c>
     </row>
     <row r="255" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A255" s="24" t="s">
-        <v>1513</v>
+        <v>1561</v>
       </c>
       <c r="B255" s="15">
-        <v>45314</v>
+        <v>45437</v>
       </c>
       <c r="C255" s="17">
-        <v>0.15815972222222222</v>
+        <v>0.43753472222222217</v>
       </c>
       <c r="D255" s="17">
-        <v>0.16768518518518519</v>
+        <v>0.46940972222222221</v>
       </c>
       <c r="E255" s="16" t="s">
         <v>1449</v>
       </c>
     </row>
     <row r="256" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A256" s="24" t="s">
-        <v>1512</v>
+        <v>1560</v>
       </c>
       <c r="B256" s="15">
-        <v>45313</v>
+        <v>45436</v>
       </c>
       <c r="C256" s="17">
-        <v>0.20114583333333333</v>
+        <v>0.30017361111111113</v>
       </c>
       <c r="D256" s="17">
-        <v>0.20570601851851852</v>
+        <v>0.30457175925925922</v>
       </c>
       <c r="E256" s="16" t="s">
         <v>1449</v>
       </c>
     </row>
     <row r="257" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A257" s="24" t="s">
-        <v>1392</v>
+        <v>1559</v>
       </c>
       <c r="B257" s="15">
-        <v>45312</v>
+        <v>45435</v>
       </c>
       <c r="C257" s="17">
-        <v>0.31650462962962961</v>
+        <v>0.90280092592592587</v>
       </c>
       <c r="D257" s="17">
-        <v>0.38849537037037035</v>
+        <v>0.97392361111111114</v>
       </c>
       <c r="E257" s="16" t="s">
-        <v>1511</v>
+        <v>1449</v>
       </c>
     </row>
     <row r="258" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A258" s="24" t="s">
-        <v>1510</v>
+        <v>1558</v>
       </c>
       <c r="B258" s="15">
-        <v>45311</v>
+        <v>45434</v>
       </c>
       <c r="C258" s="17">
-        <v>0.13925925925925928</v>
+        <v>0.85530092592592588</v>
       </c>
       <c r="D258" s="17">
-        <v>0.14057870370370371</v>
+        <v>0.85555555555555562</v>
       </c>
       <c r="E258" s="16" t="s">
         <v>1449</v>
       </c>
     </row>
     <row r="259" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A259" s="24" t="s">
-        <v>1509</v>
+        <v>1407</v>
       </c>
       <c r="B259" s="15">
-        <v>45310</v>
+        <v>45431</v>
       </c>
       <c r="C259" s="17">
-        <v>0.44069444444444444</v>
+        <v>0.72079861111111121</v>
       </c>
       <c r="D259" s="17">
-        <v>0.44094907407407408</v>
+        <v>0.72255787037037045</v>
       </c>
       <c r="E259" s="16" t="s">
         <v>1449</v>
       </c>
     </row>
     <row r="260" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A260" s="24" t="s">
-        <v>1509</v>
+        <v>1557</v>
       </c>
       <c r="B260" s="15">
-        <v>45310</v>
+        <v>45430</v>
       </c>
       <c r="C260" s="17">
-        <v>0.18697916666666667</v>
+        <v>0.20789351851851853</v>
       </c>
       <c r="D260" s="17">
-        <v>0.18869212962962964</v>
+        <v>0.28002314814814816</v>
       </c>
       <c r="E260" s="16" t="s">
-        <v>1449</v>
+        <v>1511</v>
       </c>
     </row>
     <row r="261" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A261" s="24" t="s">
-        <v>1508</v>
+        <v>1556</v>
       </c>
       <c r="B261" s="15">
-        <v>45309</v>
+        <v>45426</v>
       </c>
       <c r="C261" s="17">
-        <v>0.35783564814814817</v>
+        <v>0.71659722222222222</v>
       </c>
       <c r="D261" s="17">
-        <v>0.36283564814814812</v>
+        <v>0.71709490740740733</v>
       </c>
       <c r="E261" s="16" t="s">
         <v>1449</v>
       </c>
     </row>
     <row r="262" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A262" s="24" t="s">
-        <v>1507</v>
+        <v>1556</v>
       </c>
       <c r="B262" s="15">
-        <v>45308</v>
+        <v>45426</v>
       </c>
       <c r="C262" s="17">
-        <v>0.39459490740740738</v>
+        <v>0.44157407407407406</v>
       </c>
       <c r="D262" s="17">
-        <v>0.40540509259259255</v>
+        <v>0.44921296296296293</v>
       </c>
       <c r="E262" s="16" t="s">
         <v>1449</v>
       </c>
     </row>
     <row r="263" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A263" s="24" t="s">
-        <v>1506</v>
+        <v>1555</v>
       </c>
       <c r="B263" s="15">
-        <v>45306</v>
+        <v>45425</v>
       </c>
       <c r="C263" s="17">
-        <v>0.46707175925925926</v>
+        <v>0.74915509259259261</v>
       </c>
       <c r="D263" s="17">
-        <v>0.48953703703703705</v>
+        <v>0.76495370370370364</v>
       </c>
       <c r="E263" s="16" t="s">
         <v>1449</v>
       </c>
     </row>
     <row r="264" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A264" s="24" t="s">
-        <v>1506</v>
+        <v>1554</v>
       </c>
       <c r="B264" s="15">
-        <v>45306</v>
+        <v>45418</v>
       </c>
       <c r="C264" s="17">
-        <v>0.13471064814814815</v>
+        <v>0.12547453703703704</v>
       </c>
       <c r="D264" s="17">
-        <v>0.1380787037037037</v>
+        <v>0.12552083333333333</v>
       </c>
       <c r="E264" s="16" t="s">
         <v>1449</v>
       </c>
     </row>
     <row r="265" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A265" s="24" t="s">
-        <v>1505</v>
+        <v>1553</v>
       </c>
       <c r="B265" s="15">
-        <v>45305</v>
+        <v>45416</v>
       </c>
       <c r="C265" s="17">
-        <v>0.76128472222222221</v>
+        <v>0.62928240740740737</v>
       </c>
       <c r="D265" s="17">
-        <v>0.80454861111111109</v>
+        <v>0.62938657407407406</v>
       </c>
       <c r="E265" s="16" t="s">
         <v>1449</v>
       </c>
     </row>
     <row r="266" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A266" s="24" t="s">
-        <v>1505</v>
+        <v>1552</v>
       </c>
       <c r="B266" s="15">
-        <v>45305</v>
+        <v>45414</v>
       </c>
       <c r="C266" s="17">
-        <v>0.44495370370370368</v>
+        <v>0.7992824074074073</v>
       </c>
       <c r="D266" s="17">
-        <v>0.44641203703703702</v>
+        <v>0.80374999999999996</v>
       </c>
       <c r="E266" s="16" t="s">
         <v>1449</v>
       </c>
     </row>
     <row r="267" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A267" s="24" t="s">
-        <v>1504</v>
+        <v>1551</v>
       </c>
       <c r="B267" s="15">
-        <v>45301</v>
+        <v>45412</v>
       </c>
       <c r="C267" s="17">
-        <v>0.40530092592592593</v>
+        <v>0.86289351851851848</v>
       </c>
       <c r="D267" s="17">
-        <v>0.67043981481481485</v>
+        <v>0.86351851851851846</v>
       </c>
       <c r="E267" s="16" t="s">
         <v>1449</v>
       </c>
     </row>
     <row r="268" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A268" s="24" t="s">
-        <v>1416</v>
+        <v>1550</v>
       </c>
       <c r="B268" s="15">
-        <v>45299</v>
+        <v>45411</v>
       </c>
       <c r="C268" s="17">
-        <v>0.91349537037037043</v>
+        <v>0.89901620370370372</v>
       </c>
       <c r="D268" s="17">
-        <v>0.92133101851851851</v>
+        <v>0.90231481481481479</v>
       </c>
       <c r="E268" s="16" t="s">
         <v>1449</v>
       </c>
     </row>
     <row r="269" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A269" s="24" t="s">
-        <v>1416</v>
+        <v>1549</v>
       </c>
       <c r="B269" s="15">
-        <v>45299</v>
+        <v>45407</v>
       </c>
       <c r="C269" s="17">
-        <v>0.84097222222222223</v>
+        <v>0.78918981481481476</v>
       </c>
       <c r="D269" s="17">
-        <v>0.85972222222222217</v>
+        <v>0.78922453703703699</v>
       </c>
       <c r="E269" s="16" t="s">
-        <v>1176</v>
+        <v>1449</v>
       </c>
     </row>
     <row r="270" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A270" s="24" t="s">
-        <v>1503</v>
+        <v>1549</v>
       </c>
       <c r="B270" s="15">
-        <v>45295</v>
+        <v>45407</v>
       </c>
       <c r="C270" s="17">
-        <v>0.7943634259259259</v>
+        <v>7.5578703703703703E-2</v>
       </c>
       <c r="D270" s="17">
-        <v>0.80862268518518521</v>
+        <v>7.570601851851852E-2</v>
       </c>
       <c r="E270" s="16" t="s">
         <v>1449</v>
       </c>
     </row>
     <row r="271" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A271" s="24" t="s">
-        <v>1468</v>
+        <v>1548</v>
       </c>
       <c r="B271" s="15">
-        <v>45290</v>
+        <v>45406</v>
       </c>
       <c r="C271" s="17">
-        <v>0.56457175925925929</v>
+        <v>0.76966435185185178</v>
       </c>
       <c r="D271" s="17">
-        <v>0.56475694444444446</v>
+        <v>0.81431712962962965</v>
       </c>
       <c r="E271" s="16" t="s">
         <v>1449</v>
       </c>
     </row>
     <row r="272" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A272" s="24" t="s">
-        <v>1467</v>
+        <v>1547</v>
       </c>
       <c r="B272" s="15">
-        <v>45289</v>
+        <v>45405</v>
       </c>
       <c r="C272" s="17">
-        <v>0.93755787037037042</v>
+        <v>3.770833333333333E-2</v>
       </c>
       <c r="D272" s="17">
-        <v>0.94495370370370368</v>
+        <v>0.11179398148148149</v>
       </c>
       <c r="E272" s="16" t="s">
-        <v>1449</v>
+        <v>1511</v>
       </c>
     </row>
     <row r="273" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A273" s="24" t="s">
-        <v>1466</v>
+        <v>1546</v>
       </c>
       <c r="B273" s="15">
-        <v>45288</v>
+        <v>45402</v>
       </c>
       <c r="C273" s="17">
-        <v>0.85758101851851853</v>
+        <v>0.95616898148148144</v>
       </c>
       <c r="D273" s="17">
-        <v>0.92297453703703702</v>
+        <v>0.95673611111111112</v>
       </c>
       <c r="E273" s="16" t="s">
-        <v>1427</v>
+        <v>1449</v>
       </c>
     </row>
     <row r="274" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A274" s="24" t="s">
-        <v>1464</v>
+        <v>1546</v>
       </c>
       <c r="B274" s="15">
-        <v>45286</v>
+        <v>45402</v>
       </c>
       <c r="C274" s="17">
-        <v>0.90993055555555558</v>
+        <v>0.72105324074074073</v>
       </c>
       <c r="D274" s="17">
-        <v>0.92599537037037039</v>
+        <v>0.75946759259259267</v>
       </c>
       <c r="E274" s="16" t="s">
-        <v>1465</v>
+        <v>1449</v>
       </c>
     </row>
     <row r="275" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A275" s="24" t="s">
-        <v>1464</v>
+        <v>1404</v>
       </c>
       <c r="B275" s="15">
-        <v>45286</v>
+        <v>45401</v>
       </c>
       <c r="C275" s="17">
-        <v>0.73880787037037043</v>
+        <v>0.92474537037037041</v>
       </c>
       <c r="D275" s="17">
-        <v>0.76894675925925926</v>
+        <v>0.9477199074074073</v>
       </c>
       <c r="E275" s="16" t="s">
         <v>1449</v>
       </c>
     </row>
     <row r="276" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A276" s="24" t="s">
-        <v>1463</v>
+        <v>1545</v>
       </c>
       <c r="B276" s="15">
-        <v>45282</v>
+        <v>45400</v>
       </c>
       <c r="C276" s="17">
-        <v>0.79862268518518509</v>
+        <v>0.77686342592592583</v>
       </c>
       <c r="D276" s="17">
-        <v>0.79871527777777773</v>
+        <v>0.78813657407407411</v>
       </c>
       <c r="E276" s="16" t="s">
         <v>1449</v>
       </c>
     </row>
     <row r="277" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A277" s="24" t="s">
-        <v>1462</v>
+        <v>1544</v>
       </c>
       <c r="B277" s="15">
-        <v>45279</v>
+        <v>45399</v>
       </c>
       <c r="C277" s="17">
-        <v>0.77399305555555553</v>
+        <v>0.67585648148148147</v>
       </c>
       <c r="D277" s="17">
-        <v>0.79027777777777775</v>
+        <v>0.67603009259259261</v>
       </c>
       <c r="E277" s="16" t="s">
         <v>1449</v>
       </c>
     </row>
     <row r="278" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A278" s="24" t="s">
-        <v>1461</v>
+        <v>1544</v>
       </c>
       <c r="B278" s="15">
-        <v>45278</v>
+        <v>45399</v>
       </c>
       <c r="C278" s="17">
-        <v>0.87456018518518519</v>
+        <v>0.31392361111111111</v>
       </c>
       <c r="D278" s="17">
-        <v>0.87971064814814814</v>
+        <v>0.31428240740740737</v>
       </c>
       <c r="E278" s="16" t="s">
         <v>1449</v>
       </c>
     </row>
     <row r="279" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A279" s="24" t="s">
-        <v>1461</v>
+        <v>1543</v>
       </c>
       <c r="B279" s="15">
-        <v>45278</v>
+        <v>45397</v>
       </c>
       <c r="C279" s="17">
-        <v>0.5597685185185185</v>
+        <v>0.80832175925925931</v>
       </c>
       <c r="D279" s="17">
-        <v>0.56019675925925927</v>
+        <v>0.85879629629629628</v>
       </c>
       <c r="E279" s="16" t="s">
         <v>1449</v>
       </c>
     </row>
     <row r="280" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A280" s="24" t="s">
-        <v>1460</v>
+        <v>1542</v>
       </c>
       <c r="B280" s="15">
-        <v>45273</v>
+        <v>45393</v>
       </c>
       <c r="C280" s="17">
-        <v>0.80584490740740744</v>
+        <v>0.74766203703703704</v>
       </c>
       <c r="D280" s="17">
-        <v>0.80884259259259261</v>
+        <v>0.79159722222222229</v>
       </c>
       <c r="E280" s="16" t="s">
         <v>1449</v>
       </c>
     </row>
     <row r="281" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A281" s="24" t="s">
-        <v>1459</v>
+        <v>1541</v>
       </c>
       <c r="B281" s="15">
-        <v>45271</v>
+        <v>45380</v>
       </c>
       <c r="C281" s="17">
-        <v>0.56427083333333339</v>
+        <v>0.66871527777777784</v>
       </c>
       <c r="D281" s="17">
-        <v>0.56434027777777784</v>
+        <v>0.66900462962962959</v>
       </c>
       <c r="E281" s="16" t="s">
         <v>1449</v>
       </c>
     </row>
     <row r="282" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A282" s="24" t="s">
-        <v>1458</v>
+        <v>1540</v>
       </c>
       <c r="B282" s="15">
-        <v>45268</v>
+        <v>45379</v>
       </c>
       <c r="C282" s="17">
-        <v>0.78085648148148146</v>
+        <v>0.291099537037037</v>
       </c>
       <c r="D282" s="17">
-        <v>0.78968749999999999</v>
+        <v>0.33969907407407413</v>
       </c>
       <c r="E282" s="16" t="s">
         <v>1449</v>
       </c>
     </row>
     <row r="283" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A283" s="24" t="s">
-        <v>1457</v>
+        <v>1539</v>
       </c>
       <c r="B283" s="15">
-        <v>45264</v>
+        <v>45378</v>
       </c>
       <c r="C283" s="17">
-        <v>0.51140046296296293</v>
+        <v>0.75444444444444436</v>
       </c>
       <c r="D283" s="17">
-        <v>0.58377314814814818</v>
+        <v>0.76982638888888888</v>
       </c>
       <c r="E283" s="16" t="s">
-        <v>1427</v>
+        <v>1449</v>
       </c>
     </row>
     <row r="284" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A284" s="24" t="s">
-        <v>1456</v>
+        <v>1539</v>
       </c>
       <c r="B284" s="15">
-        <v>45262</v>
+        <v>45378</v>
       </c>
       <c r="C284" s="17">
-        <v>0.85805555555555557</v>
+        <v>0.28278935185185183</v>
       </c>
       <c r="D284" s="17">
-        <v>0.92366898148148147</v>
+        <v>0.29488425925925926</v>
       </c>
       <c r="E284" s="16" t="s">
-        <v>1427</v>
+        <v>1449</v>
       </c>
     </row>
     <row r="285" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A285" s="24" t="s">
-        <v>1455</v>
+        <v>1538</v>
       </c>
       <c r="B285" s="15">
-        <v>45258</v>
+        <v>45377</v>
       </c>
       <c r="C285" s="17">
-        <v>0.7506018518518518</v>
+        <v>0.9341666666666667</v>
       </c>
       <c r="D285" s="17">
-        <v>0.79630787037037043</v>
+        <v>0.93440972222222218</v>
       </c>
       <c r="E285" s="16" t="s">
         <v>1449</v>
       </c>
     </row>
     <row r="286" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A286" s="24" t="s">
-        <v>1454</v>
+        <v>1537</v>
       </c>
       <c r="B286" s="15">
-        <v>45256</v>
+        <v>45376</v>
       </c>
       <c r="C286" s="17">
-        <v>0.80108796296296303</v>
+        <v>2.854166666666667E-2</v>
       </c>
       <c r="D286" s="17">
-        <v>0.80283564814814812</v>
+        <v>0.37841435185185185</v>
       </c>
       <c r="E286" s="16" t="s">
-        <v>1449</v>
+        <v>1511</v>
       </c>
     </row>
     <row r="287" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A287" s="24" t="s">
-        <v>1453</v>
+        <v>1536</v>
       </c>
       <c r="B287" s="15">
-        <v>45255</v>
+        <v>45375</v>
       </c>
       <c r="C287" s="17">
-        <v>0.74556712962962957</v>
+        <v>0.56199074074074074</v>
       </c>
       <c r="D287" s="17">
-        <v>0.74556712962962957</v>
+        <v>0.62489583333333332</v>
       </c>
       <c r="E287" s="16" t="s">
-        <v>1449</v>
+        <v>1511</v>
       </c>
     </row>
     <row r="288" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A288" s="24" t="s">
-        <v>1386</v>
+        <v>1536</v>
       </c>
       <c r="B288" s="15">
-        <v>45254</v>
+        <v>45375</v>
       </c>
       <c r="C288" s="17">
-        <v>0.8087847222222222</v>
+        <v>3.7500000000000003E-3</v>
       </c>
       <c r="D288" s="17">
-        <v>0.80881944444444442</v>
+        <v>0.41827546296296297</v>
       </c>
       <c r="E288" s="16" t="s">
-        <v>1449</v>
+        <v>1427</v>
       </c>
     </row>
     <row r="289" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A289" s="24" t="s">
-        <v>1452</v>
+        <v>1535</v>
       </c>
       <c r="B289" s="15">
-        <v>45253</v>
+        <v>45374</v>
       </c>
       <c r="C289" s="17">
-        <v>0.53993055555555558</v>
+        <v>3.9930555555555559E-2</v>
       </c>
       <c r="D289" s="17">
-        <v>0.54372685185185188</v>
+        <v>0.39002314814814815</v>
       </c>
       <c r="E289" s="16" t="s">
-        <v>1449</v>
+        <v>1427</v>
       </c>
     </row>
     <row r="290" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A290" s="24" t="s">
-        <v>1451</v>
+        <v>1401</v>
       </c>
       <c r="B290" s="15">
-        <v>45251</v>
+        <v>45371</v>
       </c>
       <c r="C290" s="17">
-        <v>0.95694444444444438</v>
+        <v>0.3721990740740741</v>
       </c>
       <c r="D290" s="17">
-        <v>0.98333333333333339</v>
+        <v>0.37232638888888886</v>
       </c>
       <c r="E290" s="16" t="s">
-        <v>1296</v>
+        <v>1427</v>
       </c>
     </row>
     <row r="291" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A291" s="24" t="s">
-        <v>1451</v>
+        <v>1534</v>
       </c>
       <c r="B291" s="15">
-        <v>45251</v>
+        <v>45370</v>
       </c>
       <c r="C291" s="17">
-        <v>0.78783564814814822</v>
+        <v>0.79873842592592592</v>
       </c>
       <c r="D291" s="17">
-        <v>0.83450231481481485</v>
+        <v>0.79912037037037031</v>
       </c>
       <c r="E291" s="16" t="s">
         <v>1449</v>
       </c>
     </row>
     <row r="292" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A292" s="24" t="s">
-        <v>1451</v>
+        <v>1534</v>
       </c>
       <c r="B292" s="15">
-        <v>45251</v>
+        <v>45370</v>
       </c>
       <c r="C292" s="17">
-        <v>0.4069444444444445</v>
+        <v>0.34384259259259259</v>
       </c>
       <c r="D292" s="17">
-        <v>0.43472222222222223</v>
+        <v>0.41207175925925926</v>
       </c>
       <c r="E292" s="16" t="s">
-        <v>1293</v>
+        <v>1511</v>
       </c>
     </row>
     <row r="293" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A293" s="24" t="s">
-        <v>1450</v>
+        <v>1533</v>
       </c>
       <c r="B293" s="15">
-        <v>45250</v>
+        <v>45368</v>
       </c>
       <c r="C293" s="17">
-        <v>0.9277777777777777</v>
+        <v>4.0972222222222226E-3</v>
       </c>
       <c r="D293" s="17">
-        <v>0.95416666666666661</v>
+        <v>8.44212962962963E-2</v>
       </c>
       <c r="E293" s="16" t="s">
-        <v>1295</v>
+        <v>1511</v>
       </c>
     </row>
     <row r="294" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A294" s="24" t="s">
-        <v>1450</v>
+        <v>1532</v>
       </c>
       <c r="B294" s="15">
-        <v>45250</v>
+        <v>45365</v>
       </c>
       <c r="C294" s="17">
-        <v>0.88384259259259268</v>
+        <v>0.82101851851851848</v>
       </c>
       <c r="D294" s="17">
-        <v>0.89004629629629628</v>
+        <v>0.83724537037037028</v>
       </c>
       <c r="E294" s="16" t="s">
         <v>1449</v>
       </c>
     </row>
     <row r="295" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A295" s="24" t="s">
-        <v>1450</v>
+        <v>1531</v>
       </c>
       <c r="B295" s="15">
-        <v>45250</v>
+        <v>45362</v>
       </c>
       <c r="C295" s="17">
-        <v>0.37847222222222227</v>
+        <v>0.83862268518518512</v>
       </c>
       <c r="D295" s="17">
-        <v>0.40625</v>
+        <v>0.85543981481481479</v>
       </c>
       <c r="E295" s="16" t="s">
-        <v>1180</v>
+        <v>1449</v>
       </c>
     </row>
     <row r="296" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A296" s="24" t="s">
-        <v>1448</v>
+        <v>1530</v>
       </c>
       <c r="B296" s="15">
-        <v>45248</v>
+        <v>45357</v>
       </c>
       <c r="C296" s="17">
-        <v>4.0358796296296295E-2</v>
+        <v>0.58685185185185185</v>
       </c>
       <c r="D296" s="17">
-        <v>4.0520833333333332E-2</v>
+        <v>0.58702546296296299</v>
       </c>
       <c r="E296" s="16" t="s">
         <v>1449</v>
       </c>
     </row>
     <row r="297" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A297" s="24" t="s">
-        <v>1444</v>
+        <v>1529</v>
       </c>
       <c r="B297" s="15">
-        <v>45245</v>
+        <v>45356</v>
       </c>
       <c r="C297" s="17">
-        <v>0.68263888888888891</v>
+        <v>0.655787037037037</v>
       </c>
       <c r="D297" s="17">
-        <v>0.70138888888888884</v>
+        <v>0.65623842592592596</v>
       </c>
       <c r="E297" s="16" t="s">
-        <v>1447</v>
+        <v>1449</v>
       </c>
     </row>
     <row r="298" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A298" s="24" t="s">
-        <v>1444</v>
+        <v>1528</v>
       </c>
       <c r="B298" s="15">
-        <v>45245</v>
+        <v>45354</v>
       </c>
       <c r="C298" s="17">
-        <v>0.30208333333333331</v>
+        <v>0.71942129629629636</v>
       </c>
       <c r="D298" s="17">
-        <v>0.3298611111111111</v>
+        <v>0.72043981481481489</v>
       </c>
       <c r="E298" s="16" t="s">
-        <v>1446</v>
+        <v>1449</v>
       </c>
     </row>
     <row r="299" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A299" s="24" t="s">
-        <v>1444</v>
+        <v>1527</v>
       </c>
       <c r="B299" s="15">
-        <v>45245</v>
+        <v>45351</v>
       </c>
       <c r="C299" s="17">
-        <v>0.17777777777777778</v>
+        <v>0.79762731481481486</v>
       </c>
       <c r="D299" s="17">
-        <v>0.19652777777777777</v>
+        <v>0.81202546296296296</v>
       </c>
       <c r="E299" s="16" t="s">
-        <v>1445</v>
+        <v>1449</v>
       </c>
     </row>
     <row r="300" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A300" s="24" t="s">
-        <v>1436</v>
+        <v>1527</v>
       </c>
       <c r="B300" s="15">
-        <v>45244</v>
+        <v>45351</v>
       </c>
       <c r="C300" s="17">
-        <v>0.8222222222222223</v>
+        <v>0</v>
       </c>
       <c r="D300" s="17">
-        <v>0.85</v>
+        <v>7.7546296296296287E-3</v>
       </c>
       <c r="E300" s="16" t="s">
-        <v>1443</v>
+        <v>1449</v>
       </c>
     </row>
     <row r="301" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A301" s="24" t="s">
-        <v>1436</v>
+        <v>1526</v>
       </c>
       <c r="B301" s="15">
-        <v>45244</v>
+        <v>45350</v>
       </c>
       <c r="C301" s="17">
-        <v>0.72152777777777777</v>
+        <v>6.267361111111111E-2</v>
       </c>
       <c r="D301" s="17">
-        <v>0.7402777777777777</v>
+        <v>0.11520833333333334</v>
       </c>
       <c r="E301" s="16" t="s">
-        <v>1442</v>
+        <v>1449</v>
       </c>
     </row>
     <row r="302" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A302" s="24" t="s">
-        <v>1436</v>
+        <v>1525</v>
       </c>
       <c r="B302" s="15">
-        <v>45244</v>
+        <v>45348</v>
       </c>
       <c r="C302" s="17">
-        <v>0.48402777777777778</v>
+        <v>0.46854166666666663</v>
       </c>
       <c r="D302" s="17">
-        <v>0.50277777777777777</v>
+        <v>0.54050925925925919</v>
       </c>
       <c r="E302" s="16" t="s">
-        <v>1441</v>
+        <v>1511</v>
       </c>
     </row>
     <row r="303" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A303" s="24" t="s">
-        <v>1436</v>
+        <v>1524</v>
       </c>
       <c r="B303" s="15">
-        <v>45244</v>
+        <v>45340</v>
       </c>
       <c r="C303" s="17">
-        <v>0.4152777777777778</v>
+        <v>0.57208333333333339</v>
       </c>
       <c r="D303" s="17">
-        <v>0.43402777777777773</v>
+        <v>0.57216435185185188</v>
       </c>
       <c r="E303" s="16" t="s">
-        <v>1440</v>
+        <v>1449</v>
       </c>
     </row>
     <row r="304" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A304" s="24" t="s">
-        <v>1436</v>
+        <v>1523</v>
       </c>
       <c r="B304" s="15">
-        <v>45244</v>
+        <v>45339</v>
       </c>
       <c r="C304" s="17">
-        <v>0.34652777777777777</v>
+        <v>0.61028935185185185</v>
       </c>
       <c r="D304" s="17">
-        <v>0.36527777777777781</v>
+        <v>0.61034722222222226</v>
       </c>
       <c r="E304" s="16" t="s">
-        <v>1439</v>
+        <v>1449</v>
       </c>
     </row>
     <row r="305" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A305" s="24" t="s">
-        <v>1436</v>
+        <v>1522</v>
       </c>
       <c r="B305" s="15">
-        <v>45244</v>
+        <v>45333</v>
       </c>
       <c r="C305" s="17">
-        <v>0.27777777777777779</v>
+        <v>0.57701388888888883</v>
       </c>
       <c r="D305" s="17">
-        <v>0.29652777777777778</v>
+        <v>0.57785879629629633</v>
       </c>
       <c r="E305" s="16" t="s">
-        <v>1438</v>
+        <v>1449</v>
       </c>
     </row>
     <row r="306" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A306" s="24" t="s">
-        <v>1436</v>
+        <v>1521</v>
       </c>
       <c r="B306" s="15">
-        <v>45244</v>
+        <v>45331</v>
       </c>
       <c r="C306" s="17">
-        <v>0.14861111111111111</v>
+        <v>0.81399305555555557</v>
       </c>
       <c r="D306" s="17">
-        <v>0.1673611111111111</v>
+        <v>0.81406250000000002</v>
       </c>
       <c r="E306" s="16" t="s">
-        <v>1437</v>
+        <v>1449</v>
       </c>
     </row>
     <row r="307" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A307" s="24" t="s">
-        <v>1424</v>
+        <v>1520</v>
       </c>
       <c r="B307" s="15">
-        <v>45243</v>
+        <v>45330</v>
       </c>
       <c r="C307" s="17">
-        <v>0.93472222222222223</v>
+        <v>0.30182870370370368</v>
       </c>
       <c r="D307" s="17">
-        <v>0.95347222222222217</v>
+        <v>0.30212962962962964</v>
       </c>
       <c r="E307" s="16" t="s">
-        <v>1435</v>
+        <v>1449</v>
       </c>
     </row>
     <row r="308" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A308" s="24" t="s">
-        <v>1424</v>
+        <v>1519</v>
       </c>
       <c r="B308" s="15">
-        <v>45243</v>
+        <v>45325</v>
       </c>
       <c r="C308" s="17">
-        <v>0.8666666666666667</v>
+        <v>0.54</v>
       </c>
       <c r="D308" s="17">
-        <v>0.88541666666666663</v>
+        <v>0.61076388888888888</v>
       </c>
       <c r="E308" s="16" t="s">
-        <v>1434</v>
+        <v>1449</v>
       </c>
     </row>
     <row r="309" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A309" s="24" t="s">
-        <v>1424</v>
+        <v>1518</v>
       </c>
       <c r="B309" s="15">
-        <v>45243</v>
+        <v>45324</v>
       </c>
       <c r="C309" s="17">
-        <v>0.79791666666666661</v>
+        <v>0.38716435185185188</v>
       </c>
       <c r="D309" s="17">
-        <v>0.81666666666666676</v>
+        <v>0.8041666666666667</v>
       </c>
       <c r="E309" s="16" t="s">
-        <v>1433</v>
+        <v>1427</v>
       </c>
     </row>
     <row r="310" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A310" s="24" t="s">
-        <v>1424</v>
+        <v>1517</v>
       </c>
       <c r="B310" s="15">
-        <v>45243</v>
+        <v>45323</v>
       </c>
       <c r="C310" s="17">
-        <v>0.69305555555555554</v>
+        <v>0.35891203703703706</v>
       </c>
       <c r="D310" s="17">
-        <v>0.71180555555555547</v>
+        <v>0.50634259259259262</v>
       </c>
       <c r="E310" s="16" t="s">
-        <v>1432</v>
+        <v>1511</v>
       </c>
     </row>
     <row r="311" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A311" s="24" t="s">
-        <v>1424</v>
+        <v>1517</v>
       </c>
       <c r="B311" s="15">
-        <v>45243</v>
+        <v>45322</v>
       </c>
       <c r="C311" s="17">
-        <v>0.59236111111111112</v>
+        <v>0.3417824074074074</v>
       </c>
       <c r="D311" s="17">
-        <v>0.61111111111111105</v>
+        <v>0.40203703703703703</v>
       </c>
       <c r="E311" s="16" t="s">
-        <v>1431</v>
+        <v>1511</v>
       </c>
     </row>
     <row r="312" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A312" s="24" t="s">
-        <v>1424</v>
+        <v>1516</v>
       </c>
       <c r="B312" s="15">
-        <v>45243</v>
+        <v>45320</v>
       </c>
       <c r="C312" s="17">
-        <v>0.52361111111111114</v>
+        <v>0.68437500000000007</v>
       </c>
       <c r="D312" s="17">
-        <v>0.54236111111111118</v>
+        <v>0.75442129629629628</v>
       </c>
       <c r="E312" s="16" t="s">
-        <v>1430</v>
+        <v>1427</v>
       </c>
     </row>
     <row r="313" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A313" s="24" t="s">
-        <v>1424</v>
+        <v>1516</v>
       </c>
       <c r="B313" s="15">
-        <v>45243</v>
+        <v>45320</v>
       </c>
       <c r="C313" s="17">
-        <v>0.50440972222222225</v>
+        <v>0.12895833333333334</v>
       </c>
       <c r="D313" s="17">
-        <v>0.50445601851851851</v>
+        <v>0.13009259259259259</v>
       </c>
       <c r="E313" s="16" t="s">
-        <v>1427</v>
+        <v>1449</v>
       </c>
     </row>
     <row r="314" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A314" s="24" t="s">
-        <v>1424</v>
+        <v>1515</v>
       </c>
       <c r="B314" s="15">
-        <v>45243</v>
+        <v>45318</v>
       </c>
       <c r="C314" s="17">
-        <v>0.4548611111111111</v>
+        <v>0.1386226851851852</v>
       </c>
       <c r="D314" s="17">
-        <v>0.47361111111111115</v>
+        <v>0.13954861111111111</v>
       </c>
       <c r="E314" s="16" t="s">
-        <v>1429</v>
+        <v>1449</v>
       </c>
     </row>
     <row r="315" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A315" s="24" t="s">
-        <v>1424</v>
+        <v>1514</v>
       </c>
       <c r="B315" s="15">
-        <v>45243</v>
+        <v>45315</v>
       </c>
       <c r="C315" s="17">
-        <v>0.38611111111111113</v>
+        <v>0.39614583333333336</v>
       </c>
       <c r="D315" s="17">
-        <v>0.40486111111111112</v>
+        <v>0.39721064814814816</v>
       </c>
       <c r="E315" s="16" t="s">
-        <v>1428</v>
+        <v>1449</v>
       </c>
     </row>
     <row r="316" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A316" s="24" t="s">
-        <v>1424</v>
+        <v>1514</v>
       </c>
       <c r="B316" s="15">
-        <v>45243</v>
+        <v>45315</v>
       </c>
       <c r="C316" s="17">
-        <v>0.37631944444444443</v>
+        <v>0.1188425925925926</v>
       </c>
       <c r="D316" s="17">
-        <v>0.45674768518518521</v>
+        <v>0.12061342592592593</v>
       </c>
       <c r="E316" s="16" t="s">
-        <v>1427</v>
+        <v>1449</v>
       </c>
     </row>
     <row r="317" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A317" s="24" t="s">
-        <v>1424</v>
+        <v>1513</v>
       </c>
       <c r="B317" s="15">
-        <v>45243</v>
+        <v>45314</v>
       </c>
       <c r="C317" s="17">
-        <v>0.31736111111111115</v>
+        <v>0.15815972222222222</v>
       </c>
       <c r="D317" s="17">
-        <v>0.33611111111111108</v>
+        <v>0.16768518518518519</v>
       </c>
       <c r="E317" s="16" t="s">
-        <v>1426</v>
+        <v>1449</v>
       </c>
     </row>
     <row r="318" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A318" s="24" t="s">
-        <v>1424</v>
+        <v>1512</v>
       </c>
       <c r="B318" s="15">
-        <v>45243</v>
+        <v>45313</v>
       </c>
       <c r="C318" s="17">
-        <v>0.18819444444444444</v>
+        <v>0.20114583333333333</v>
       </c>
       <c r="D318" s="17">
-        <v>0.20694444444444446</v>
+        <v>0.20570601851851852</v>
       </c>
       <c r="E318" s="16" t="s">
-        <v>1425</v>
+        <v>1449</v>
       </c>
     </row>
     <row r="319" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A319" s="24" t="s">
-        <v>1422</v>
+        <v>1392</v>
       </c>
       <c r="B319" s="15">
-        <v>45195</v>
+        <v>45312</v>
       </c>
       <c r="C319" s="17">
-        <v>0.56821759259259264</v>
+        <v>0.31650462962962961</v>
       </c>
       <c r="D319" s="17">
-        <v>0.58062500000000006</v>
+        <v>0.38849537037037035</v>
       </c>
       <c r="E319" s="16" t="s">
-        <v>1423</v>
+        <v>1511</v>
       </c>
     </row>
     <row r="320" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A320" s="24" t="s">
-        <v>1420</v>
+        <v>1510</v>
       </c>
       <c r="B320" s="15">
-        <v>45136</v>
+        <v>45311</v>
       </c>
       <c r="C320" s="17">
-        <v>0.4039699074074074</v>
+        <v>0.13925925925925928</v>
       </c>
       <c r="D320" s="17">
-        <v>0.41261574074074076</v>
+        <v>0.14057870370370371</v>
       </c>
       <c r="E320" s="16" t="s">
-        <v>1421</v>
+        <v>1449</v>
       </c>
     </row>
     <row r="321" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A321" s="24" t="s">
-        <v>1294</v>
+        <v>1509</v>
       </c>
       <c r="B321" s="15">
-        <v>44489</v>
+        <v>45310</v>
       </c>
       <c r="C321" s="17">
-        <v>0.92361111111111116</v>
+        <v>0.44069444444444444</v>
       </c>
       <c r="D321" s="17">
-        <v>0.45</v>
+        <v>0.44094907407407408</v>
       </c>
       <c r="E321" s="16" t="s">
-        <v>1296</v>
+        <v>1449</v>
       </c>
     </row>
     <row r="322" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A322" s="24" t="s">
-        <v>1294</v>
+        <v>1509</v>
       </c>
       <c r="B322" s="15">
-        <v>44489</v>
+        <v>45310</v>
       </c>
       <c r="C322" s="17">
-        <v>0.3743055555555555</v>
+        <v>0.18697916666666667</v>
       </c>
       <c r="D322" s="17">
-        <v>0.40069444444444446</v>
+        <v>0.18869212962962964</v>
       </c>
       <c r="E322" s="16" t="s">
-        <v>1295</v>
-[...2 lines deleted...]
-    <row r="323" spans="1:5" ht="14.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+        <v>1449</v>
+      </c>
+    </row>
+    <row r="323" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A323" s="24" t="s">
-        <v>1292</v>
+        <v>1508</v>
       </c>
       <c r="B323" s="15">
-        <v>44488</v>
+        <v>45309</v>
       </c>
       <c r="C323" s="17">
-        <v>0.8930555555555556</v>
+        <v>0.35783564814814817</v>
       </c>
       <c r="D323" s="17">
-        <v>0.92083333333333339</v>
+        <v>0.36283564814814812</v>
       </c>
       <c r="E323" s="16" t="s">
-        <v>1293</v>
+        <v>1449</v>
       </c>
     </row>
     <row r="324" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A324" s="24" t="s">
-        <v>1292</v>
+        <v>1507</v>
       </c>
       <c r="B324" s="15">
-        <v>44488</v>
+        <v>45308</v>
       </c>
       <c r="C324" s="17">
-        <v>0.3430555555555555</v>
+        <v>0.39459490740740738</v>
       </c>
       <c r="D324" s="17">
-        <v>0.37083333333333335</v>
+        <v>0.40540509259259255</v>
       </c>
       <c r="E324" s="16" t="s">
-        <v>1180</v>
-[...2 lines deleted...]
-    <row r="325" spans="1:5" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+        <v>1449</v>
+      </c>
+    </row>
+    <row r="325" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A325" s="24" t="s">
-        <v>1290</v>
+        <v>1506</v>
       </c>
       <c r="B325" s="15">
-        <v>44487</v>
+        <v>45306</v>
       </c>
       <c r="C325" s="17">
-        <v>0.93125000000000002</v>
+        <v>0.46707175925925926</v>
       </c>
       <c r="D325" s="17">
-        <v>0.9590277777777777</v>
+        <v>0.48953703703703705</v>
       </c>
       <c r="E325" s="16" t="s">
-        <v>1291</v>
-[...2 lines deleted...]
-    <row r="326" spans="1:5" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+        <v>1449</v>
+      </c>
+    </row>
+    <row r="326" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A326" s="24" t="s">
-        <v>1290</v>
+        <v>1506</v>
       </c>
       <c r="B326" s="15">
-        <v>44487</v>
+        <v>45306</v>
       </c>
       <c r="C326" s="17">
-        <v>0.38194444444444442</v>
+        <v>0.13471064814814815</v>
       </c>
       <c r="D326" s="17">
-        <v>0.40972222222222227</v>
+        <v>0.1380787037037037</v>
       </c>
       <c r="E326" s="16" t="s">
-        <v>1172</v>
-[...2 lines deleted...]
-    <row r="327" spans="1:5" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+        <v>1449</v>
+      </c>
+    </row>
+    <row r="327" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A327" s="24" t="s">
-        <v>1289</v>
+        <v>1505</v>
       </c>
       <c r="B327" s="15">
-        <v>44482</v>
+        <v>45305</v>
       </c>
       <c r="C327" s="17">
-        <v>0.92361111111111116</v>
+        <v>0.76128472222222221</v>
       </c>
       <c r="D327" s="17">
-        <v>0.94236111111111109</v>
+        <v>0.80454861111111109</v>
       </c>
       <c r="E327" s="16" t="s">
-        <v>1122</v>
-[...2 lines deleted...]
-    <row r="328" spans="1:5" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+        <v>1449</v>
+      </c>
+    </row>
+    <row r="328" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A328" s="24" t="s">
-        <v>1289</v>
+        <v>1505</v>
       </c>
       <c r="B328" s="15">
-        <v>44482</v>
+        <v>45305</v>
       </c>
       <c r="C328" s="17">
-        <v>0.37361111111111112</v>
+        <v>0.44495370370370368</v>
       </c>
       <c r="D328" s="17">
-        <v>0.3923611111111111</v>
+        <v>0.44641203703703702</v>
       </c>
       <c r="E328" s="16" t="s">
-        <v>1184</v>
-[...2 lines deleted...]
-    <row r="329" spans="1:5" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+        <v>1449</v>
+      </c>
+    </row>
+    <row r="329" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A329" s="24" t="s">
-        <v>1289</v>
+        <v>1504</v>
       </c>
       <c r="B329" s="15">
-        <v>44482</v>
+        <v>45301</v>
       </c>
       <c r="C329" s="17">
-        <v>0.17291666666666669</v>
+        <v>0.40530092592592593</v>
       </c>
       <c r="D329" s="17">
-        <v>0.19166666666666665</v>
+        <v>0.67043981481481485</v>
       </c>
       <c r="E329" s="16" t="s">
-        <v>1182</v>
-[...2 lines deleted...]
-    <row r="330" spans="1:5" ht="15.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+        <v>1449</v>
+      </c>
+    </row>
+    <row r="330" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A330" s="24" t="s">
-        <v>1288</v>
+        <v>1416</v>
       </c>
       <c r="B330" s="15">
-        <v>44481</v>
+        <v>45299</v>
       </c>
       <c r="C330" s="17">
-        <v>0.8930555555555556</v>
+        <v>0.91349537037037043</v>
       </c>
       <c r="D330" s="17">
-        <v>0.91180555555555554</v>
+        <v>0.92133101851851851</v>
       </c>
       <c r="E330" s="16" t="s">
-        <v>1190</v>
-[...2 lines deleted...]
-    <row r="331" spans="1:5" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+        <v>1449</v>
+      </c>
+    </row>
+    <row r="331" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A331" s="24" t="s">
-        <v>1288</v>
+        <v>1416</v>
       </c>
       <c r="B331" s="15">
-        <v>44481</v>
+        <v>45299</v>
       </c>
       <c r="C331" s="17">
-        <v>0.34375</v>
+        <v>0.84097222222222223</v>
       </c>
       <c r="D331" s="17">
-        <v>0.36249999999999999</v>
+        <v>0.85972222222222217</v>
       </c>
       <c r="E331" s="16" t="s">
-        <v>1179</v>
-[...2 lines deleted...]
-    <row r="332" spans="1:5" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+        <v>1176</v>
+      </c>
+    </row>
+    <row r="332" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A332" s="24" t="s">
-        <v>1288</v>
+        <v>1503</v>
       </c>
       <c r="B332" s="15">
-        <v>44481</v>
+        <v>45295</v>
       </c>
       <c r="C332" s="17">
-        <v>0.14305555555555557</v>
+        <v>0.7943634259259259</v>
       </c>
       <c r="D332" s="17">
-        <v>0.16180555555555556</v>
+        <v>0.80862268518518521</v>
       </c>
       <c r="E332" s="16" t="s">
-        <v>1174</v>
-[...2 lines deleted...]
-    <row r="333" spans="1:5" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+        <v>1449</v>
+      </c>
+    </row>
+    <row r="333" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A333" s="24" t="s">
-        <v>1287</v>
+        <v>1468</v>
       </c>
       <c r="B333" s="15">
-        <v>44480</v>
+        <v>45290</v>
       </c>
       <c r="C333" s="17">
-        <v>0.93263888888888891</v>
+        <v>0.56457175925925929</v>
       </c>
       <c r="D333" s="17">
-        <v>0.95138888888888884</v>
+        <v>0.56475694444444446</v>
       </c>
       <c r="E333" s="16" t="s">
-        <v>1187</v>
-[...2 lines deleted...]
-    <row r="334" spans="1:5" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+        <v>1449</v>
+      </c>
+    </row>
+    <row r="334" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A334" s="24" t="s">
-        <v>1287</v>
+        <v>1467</v>
       </c>
       <c r="B334" s="15">
-        <v>44480</v>
+        <v>45289</v>
       </c>
       <c r="C334" s="17">
-        <v>0.38263888888888892</v>
+        <v>0.93755787037037042</v>
       </c>
       <c r="D334" s="17">
-        <v>0.40138888888888885</v>
+        <v>0.94495370370370368</v>
       </c>
       <c r="E334" s="16" t="s">
-        <v>1175</v>
-[...2 lines deleted...]
-    <row r="335" spans="1:5" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+        <v>1449</v>
+      </c>
+    </row>
+    <row r="335" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A335" s="24" t="s">
-        <v>1287</v>
+        <v>1466</v>
       </c>
       <c r="B335" s="15">
-        <v>44480</v>
+        <v>45288</v>
       </c>
       <c r="C335" s="17">
-        <v>0.18124999999999999</v>
+        <v>0.85758101851851853</v>
       </c>
       <c r="D335" s="17">
-        <v>0.19999999999999998</v>
+        <v>0.92297453703703702</v>
       </c>
       <c r="E335" s="16" t="s">
-        <v>1168</v>
-[...2 lines deleted...]
-    <row r="336" spans="1:5" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+        <v>1427</v>
+      </c>
+    </row>
+    <row r="336" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A336" s="24" t="s">
-        <v>1286</v>
+        <v>1464</v>
       </c>
       <c r="B336" s="15">
-        <v>44475</v>
+        <v>45286</v>
       </c>
       <c r="C336" s="17">
-        <v>0.91875000000000007</v>
+        <v>0.90993055555555558</v>
       </c>
       <c r="D336" s="17">
-        <v>0.9375</v>
+        <v>0.92599537037037039</v>
       </c>
       <c r="E336" s="16" t="s">
-        <v>1191</v>
+        <v>1465</v>
       </c>
     </row>
     <row r="337" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A337" s="24" t="s">
-        <v>1286</v>
+        <v>1464</v>
       </c>
       <c r="B337" s="15">
-        <v>44475</v>
+        <v>45286</v>
       </c>
       <c r="C337" s="17">
-        <v>0.36944444444444446</v>
+        <v>0.73880787037037043</v>
       </c>
       <c r="D337" s="17">
-        <v>0.38819444444444445</v>
+        <v>0.76894675925925926</v>
       </c>
       <c r="E337" s="16" t="s">
-        <v>1183</v>
+        <v>1449</v>
       </c>
     </row>
     <row r="338" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A338" s="24" t="s">
-        <v>1286</v>
+        <v>1463</v>
       </c>
       <c r="B338" s="15">
-        <v>44475</v>
+        <v>45282</v>
       </c>
       <c r="C338" s="17">
-        <v>0.16874999999999998</v>
+        <v>0.79862268518518509</v>
       </c>
       <c r="D338" s="17">
-        <v>0.1875</v>
+        <v>0.79871527777777773</v>
       </c>
       <c r="E338" s="16" t="s">
-        <v>1178</v>
+        <v>1449</v>
       </c>
     </row>
     <row r="339" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A339" s="24" t="s">
-        <v>1285</v>
+        <v>1462</v>
       </c>
       <c r="B339" s="15">
-        <v>44474</v>
+        <v>45279</v>
       </c>
       <c r="C339" s="17">
-        <v>0.88888888888888884</v>
+        <v>0.77399305555555553</v>
       </c>
       <c r="D339" s="17">
-        <v>0.90763888888888899</v>
+        <v>0.79027777777777775</v>
       </c>
       <c r="E339" s="16" t="s">
-        <v>1188</v>
-[...2 lines deleted...]
-    <row r="340" spans="1:5" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+        <v>1449</v>
+      </c>
+    </row>
+    <row r="340" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A340" s="24" t="s">
-        <v>1285</v>
+        <v>1461</v>
       </c>
       <c r="B340" s="15">
-        <v>44474</v>
+        <v>45278</v>
       </c>
       <c r="C340" s="17">
-        <v>0.40833333333333338</v>
+        <v>0.87456018518518519</v>
       </c>
       <c r="D340" s="17">
-        <v>0.42708333333333331</v>
+        <v>0.87971064814814814</v>
       </c>
       <c r="E340" s="16" t="s">
-        <v>1176</v>
+        <v>1449</v>
       </c>
     </row>
     <row r="341" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A341" s="24" t="s">
-        <v>1285</v>
+        <v>1461</v>
       </c>
       <c r="B341" s="15">
-        <v>44474</v>
+        <v>45278</v>
       </c>
       <c r="C341" s="17">
-        <v>0.1388888888888889</v>
+        <v>0.5597685185185185</v>
       </c>
       <c r="D341" s="17">
-        <v>0.15763888888888888</v>
+        <v>0.56019675925925927</v>
       </c>
       <c r="E341" s="16" t="s">
-        <v>1170</v>
+        <v>1449</v>
       </c>
     </row>
     <row r="342" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A342" s="24" t="s">
-        <v>1284</v>
+        <v>1460</v>
       </c>
       <c r="B342" s="15">
-        <v>44473</v>
+        <v>45273</v>
       </c>
       <c r="C342" s="17">
-        <v>0.92847222222222225</v>
+        <v>0.80584490740740744</v>
       </c>
       <c r="D342" s="17">
-        <v>0.9472222222222223</v>
+        <v>0.80884259259259261</v>
       </c>
       <c r="E342" s="16" t="s">
-        <v>1186</v>
+        <v>1449</v>
       </c>
     </row>
     <row r="343" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A343" s="24" t="s">
-        <v>1284</v>
+        <v>1459</v>
       </c>
       <c r="B343" s="15">
-        <v>44473</v>
+        <v>45271</v>
       </c>
       <c r="C343" s="17">
-        <v>0.37986111111111115</v>
+        <v>0.56427083333333339</v>
       </c>
       <c r="D343" s="17">
-        <v>0.39861111111111108</v>
+        <v>0.56434027777777784</v>
       </c>
       <c r="E343" s="16" t="s">
-        <v>1171</v>
-[...2 lines deleted...]
-    <row r="344" spans="1:5" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+        <v>1449</v>
+      </c>
+    </row>
+    <row r="344" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A344" s="24" t="s">
-        <v>1284</v>
+        <v>1458</v>
       </c>
       <c r="B344" s="15">
-        <v>44473</v>
+        <v>45268</v>
       </c>
       <c r="C344" s="17">
-        <v>0.17708333333333334</v>
+        <v>0.78085648148148146</v>
       </c>
       <c r="D344" s="17">
-        <v>0.19583333333333333</v>
+        <v>0.78968749999999999</v>
       </c>
       <c r="E344" s="16" t="s">
-        <v>1166</v>
-[...2 lines deleted...]
-    <row r="345" spans="1:5" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+        <v>1449</v>
+      </c>
+    </row>
+    <row r="345" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A345" s="24" t="s">
-        <v>1199</v>
+        <v>1457</v>
       </c>
       <c r="B345" s="15">
-        <v>44076</v>
+        <v>45264</v>
       </c>
       <c r="C345" s="17">
-        <v>0.71592592592592597</v>
+        <v>0.51140046296296293</v>
       </c>
       <c r="D345" s="17">
-        <v>0.81778935185185186</v>
+        <v>0.58377314814814818</v>
       </c>
       <c r="E345" s="16" t="s">
-        <v>1200</v>
-[...2 lines deleted...]
-    <row r="346" spans="1:5" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+        <v>1427</v>
+      </c>
+    </row>
+    <row r="346" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A346" s="24" t="s">
-        <v>1197</v>
+        <v>1456</v>
       </c>
       <c r="B346" s="15">
-        <v>43788</v>
+        <v>45262</v>
       </c>
       <c r="C346" s="17">
-        <v>0.87569444444444444</v>
+        <v>0.85805555555555557</v>
       </c>
       <c r="D346" s="17">
-        <v>0.90277777777777779</v>
+        <v>0.92366898148148147</v>
       </c>
       <c r="E346" s="16" t="s">
-        <v>1198</v>
-[...2 lines deleted...]
-    <row r="347" spans="1:5" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+        <v>1427</v>
+      </c>
+    </row>
+    <row r="347" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A347" s="24" t="s">
-        <v>1195</v>
+        <v>1455</v>
       </c>
       <c r="B347" s="15">
-        <v>43725</v>
+        <v>45258</v>
       </c>
       <c r="C347" s="17">
-        <v>0.84861111111111109</v>
+        <v>0.7506018518518518</v>
       </c>
       <c r="D347" s="17">
-        <v>0.88680555555555562</v>
+        <v>0.79630787037037043</v>
       </c>
       <c r="E347" s="16" t="s">
-        <v>1196</v>
-[...2 lines deleted...]
-    <row r="348" spans="1:5" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+        <v>1449</v>
+      </c>
+    </row>
+    <row r="348" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A348" s="24" t="s">
-        <v>1192</v>
+        <v>1454</v>
       </c>
       <c r="B348" s="15">
-        <v>43724</v>
+        <v>45256</v>
       </c>
       <c r="C348" s="17">
-        <v>0.94374999999999998</v>
+        <v>0.80108796296296303</v>
       </c>
       <c r="D348" s="17">
-        <v>0.97083333333333333</v>
+        <v>0.80283564814814812</v>
       </c>
       <c r="E348" s="16" t="s">
-        <v>1194</v>
-[...2 lines deleted...]
-    <row r="349" spans="1:5" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+        <v>1449</v>
+      </c>
+    </row>
+    <row r="349" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A349" s="24" t="s">
-        <v>1192</v>
+        <v>1453</v>
       </c>
       <c r="B349" s="15">
-        <v>43724</v>
+        <v>45255</v>
       </c>
       <c r="C349" s="17">
-        <v>0.84097222222222223</v>
+        <v>0.74556712962962957</v>
       </c>
       <c r="D349" s="17">
-        <v>0.86805555555555547</v>
+        <v>0.74556712962962957</v>
       </c>
       <c r="E349" s="16" t="s">
-        <v>1193</v>
+        <v>1449</v>
       </c>
     </row>
     <row r="350" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A350" s="24" t="s">
-        <v>1189</v>
+        <v>1386</v>
       </c>
       <c r="B350" s="15">
-        <v>43313</v>
+        <v>45254</v>
       </c>
       <c r="C350" s="17">
-        <v>0.8979166666666667</v>
+        <v>0.8087847222222222</v>
       </c>
       <c r="D350" s="17">
-        <v>0.91666666666666663</v>
+        <v>0.80881944444444442</v>
       </c>
       <c r="E350" s="16" t="s">
-        <v>1122</v>
+        <v>1449</v>
       </c>
     </row>
     <row r="351" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A351" s="24" t="s">
-        <v>1189</v>
+        <v>1452</v>
       </c>
       <c r="B351" s="15">
-        <v>43313</v>
+        <v>45253</v>
       </c>
       <c r="C351" s="17">
-        <v>0.82916666666666661</v>
+        <v>0.53993055555555558</v>
       </c>
       <c r="D351" s="17">
-        <v>0.84791666666666676</v>
+        <v>0.54372685185185188</v>
       </c>
       <c r="E351" s="16" t="s">
-        <v>1191</v>
+        <v>1449</v>
       </c>
     </row>
     <row r="352" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A352" s="24" t="s">
-        <v>1189</v>
+        <v>1451</v>
       </c>
       <c r="B352" s="15">
-        <v>43313</v>
+        <v>45251</v>
       </c>
       <c r="C352" s="17">
-        <v>0.34861111111111115</v>
+        <v>0.95694444444444438</v>
       </c>
       <c r="D352" s="17">
-        <v>0.36736111111111108</v>
+        <v>0.98333333333333339</v>
       </c>
       <c r="E352" s="16" t="s">
-        <v>1190</v>
+        <v>1296</v>
       </c>
     </row>
     <row r="353" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A353" s="24" t="s">
-        <v>1185</v>
+        <v>1451</v>
       </c>
       <c r="B353" s="15">
-        <v>43312</v>
+        <v>45251</v>
       </c>
       <c r="C353" s="17">
-        <v>0.93680555555555556</v>
+        <v>0.78783564814814822</v>
       </c>
       <c r="D353" s="17">
-        <v>0.9555555555555556</v>
+        <v>0.83450231481481485</v>
       </c>
       <c r="E353" s="16" t="s">
-        <v>1188</v>
-[...2 lines deleted...]
-    <row r="354" spans="1:5" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+        <v>1449</v>
+      </c>
+    </row>
+    <row r="354" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A354" s="24" t="s">
-        <v>1185</v>
+        <v>1451</v>
       </c>
       <c r="B354" s="15">
-        <v>43312</v>
+        <v>45251</v>
       </c>
       <c r="C354" s="17">
-        <v>0.38750000000000001</v>
+        <v>0.4069444444444445</v>
       </c>
       <c r="D354" s="17">
-        <v>0.40625</v>
+        <v>0.43472222222222223</v>
       </c>
       <c r="E354" s="16" t="s">
-        <v>1187</v>
-[...2 lines deleted...]
-    <row r="355" spans="1:5" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+        <v>1293</v>
+      </c>
+    </row>
+    <row r="355" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A355" s="24" t="s">
-        <v>1185</v>
+        <v>1450</v>
       </c>
       <c r="B355" s="15">
-        <v>43312</v>
+        <v>45250</v>
       </c>
       <c r="C355" s="17">
-        <v>0.31875000000000003</v>
+        <v>0.9277777777777777</v>
       </c>
       <c r="D355" s="17">
-        <v>0.33749999999999997</v>
+        <v>0.95416666666666661</v>
       </c>
       <c r="E355" s="16" t="s">
-        <v>1186</v>
-[...2 lines deleted...]
-    <row r="356" spans="1:5" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+        <v>1295</v>
+      </c>
+    </row>
+    <row r="356" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A356" s="24" t="s">
-        <v>1181</v>
+        <v>1450</v>
       </c>
       <c r="B356" s="15">
-        <v>43311</v>
+        <v>45250</v>
       </c>
       <c r="C356" s="17">
-        <v>0.90694444444444444</v>
+        <v>0.88384259259259268</v>
       </c>
       <c r="D356" s="17">
-        <v>0.92569444444444438</v>
+        <v>0.89004629629629628</v>
       </c>
       <c r="E356" s="16" t="s">
-        <v>1184</v>
+        <v>1449</v>
       </c>
     </row>
     <row r="357" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A357" s="24" t="s">
-        <v>1181</v>
+        <v>1450</v>
       </c>
       <c r="B357" s="15">
-        <v>43311</v>
+        <v>45250</v>
       </c>
       <c r="C357" s="17">
-        <v>0.3576388888888889</v>
+        <v>0.37847222222222227</v>
       </c>
       <c r="D357" s="17">
-        <v>0.37638888888888888</v>
+        <v>0.40625</v>
       </c>
       <c r="E357" s="16" t="s">
-        <v>1183</v>
-[...2 lines deleted...]
-    <row r="358" spans="1:5" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+        <v>1180</v>
+      </c>
+    </row>
+    <row r="358" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A358" s="24" t="s">
-        <v>1181</v>
+        <v>1448</v>
       </c>
       <c r="B358" s="15">
-        <v>43311</v>
+        <v>45248</v>
       </c>
       <c r="C358" s="17">
-        <v>0.15208333333333332</v>
+        <v>4.0358796296296295E-2</v>
       </c>
       <c r="D358" s="17">
-        <v>0.17083333333333331</v>
+        <v>4.0520833333333332E-2</v>
       </c>
       <c r="E358" s="16" t="s">
-        <v>1182</v>
-[...2 lines deleted...]
-    <row r="359" spans="1:5" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+        <v>1449</v>
+      </c>
+    </row>
+    <row r="359" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A359" s="24" t="s">
-        <v>1177</v>
+        <v>1444</v>
       </c>
       <c r="B359" s="15">
-        <v>43306</v>
+        <v>45245</v>
       </c>
       <c r="C359" s="17">
-        <v>0.88888888888888884</v>
+        <v>0.68263888888888891</v>
       </c>
       <c r="D359" s="17">
-        <v>0.91666666666666663</v>
+        <v>0.70138888888888884</v>
       </c>
       <c r="E359" s="16" t="s">
-        <v>1180</v>
-[...2 lines deleted...]
-    <row r="360" spans="1:5" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+        <v>1447</v>
+      </c>
+    </row>
+    <row r="360" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A360" s="24" t="s">
-        <v>1177</v>
+        <v>1444</v>
       </c>
       <c r="B360" s="15">
-        <v>43306</v>
+        <v>45245</v>
       </c>
       <c r="C360" s="17">
-        <v>0.41319444444444442</v>
+        <v>0.30208333333333331</v>
       </c>
       <c r="D360" s="17">
-        <v>0.43194444444444446</v>
+        <v>0.3298611111111111</v>
       </c>
       <c r="E360" s="16" t="s">
-        <v>1179</v>
-[...2 lines deleted...]
-    <row r="361" spans="1:5" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+        <v>1446</v>
+      </c>
+    </row>
+    <row r="361" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A361" s="24" t="s">
-        <v>1177</v>
+        <v>1444</v>
       </c>
       <c r="B361" s="15">
-        <v>43306</v>
+        <v>45245</v>
       </c>
       <c r="C361" s="17">
-        <v>0.13958333333333334</v>
+        <v>0.17777777777777778</v>
       </c>
       <c r="D361" s="17">
-        <v>0.15833333333333333</v>
+        <v>0.19652777777777777</v>
       </c>
       <c r="E361" s="16" t="s">
-        <v>1178</v>
-[...2 lines deleted...]
-    <row r="362" spans="1:5" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+        <v>1445</v>
+      </c>
+    </row>
+    <row r="362" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A362" s="24" t="s">
-        <v>1173</v>
+        <v>1436</v>
       </c>
       <c r="B362" s="15">
-        <v>43305</v>
+        <v>45244</v>
       </c>
       <c r="C362" s="17">
-        <v>0.93263888888888891</v>
+        <v>0.8222222222222223</v>
       </c>
       <c r="D362" s="17">
-        <v>0.95138888888888884</v>
+        <v>0.85</v>
       </c>
       <c r="E362" s="16" t="s">
-        <v>1176</v>
-[...2 lines deleted...]
-    <row r="363" spans="1:5" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+        <v>1443</v>
+      </c>
+    </row>
+    <row r="363" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A363" s="24" t="s">
-        <v>1173</v>
+        <v>1436</v>
       </c>
       <c r="B363" s="15">
-        <v>43305</v>
+        <v>45244</v>
       </c>
       <c r="C363" s="17">
-        <v>0.3833333333333333</v>
+        <v>0.72152777777777777</v>
       </c>
       <c r="D363" s="17">
-        <v>0.40208333333333335</v>
+        <v>0.7402777777777777</v>
       </c>
       <c r="E363" s="16" t="s">
-        <v>1175</v>
-[...2 lines deleted...]
-    <row r="364" spans="1:5" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+        <v>1442</v>
+      </c>
+    </row>
+    <row r="364" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A364" s="24" t="s">
-        <v>1173</v>
+        <v>1436</v>
       </c>
       <c r="B364" s="15">
-        <v>43305</v>
+        <v>45244</v>
       </c>
       <c r="C364" s="17">
-        <v>0.17777777777777778</v>
+        <v>0.48402777777777778</v>
       </c>
       <c r="D364" s="17">
-        <v>0.19652777777777777</v>
+        <v>0.50277777777777777</v>
       </c>
       <c r="E364" s="16" t="s">
-        <v>1174</v>
-[...2 lines deleted...]
-    <row r="365" spans="1:5" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+        <v>1441</v>
+      </c>
+    </row>
+    <row r="365" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A365" s="24" t="s">
-        <v>1169</v>
+        <v>1436</v>
       </c>
       <c r="B365" s="15">
-        <v>43304</v>
+        <v>45244</v>
       </c>
       <c r="C365" s="17">
-        <v>0.82916666666666661</v>
+        <v>0.4152777777777778</v>
       </c>
       <c r="D365" s="17">
-        <v>0.8569444444444444</v>
+        <v>0.43402777777777773</v>
       </c>
       <c r="E365" s="16" t="s">
-        <v>1172</v>
+        <v>1440</v>
       </c>
     </row>
     <row r="366" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A366" s="24" t="s">
-        <v>1169</v>
+        <v>1436</v>
       </c>
       <c r="B366" s="15">
-        <v>43304</v>
+        <v>45244</v>
       </c>
       <c r="C366" s="17">
-        <v>0.3527777777777778</v>
+        <v>0.34652777777777777</v>
       </c>
       <c r="D366" s="17">
-        <v>0.37152777777777773</v>
+        <v>0.36527777777777781</v>
       </c>
       <c r="E366" s="16" t="s">
-        <v>1171</v>
-[...2 lines deleted...]
-    <row r="367" spans="1:5" ht="15.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+        <v>1439</v>
+      </c>
+    </row>
+    <row r="367" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A367" s="24" t="s">
-        <v>1169</v>
+        <v>1436</v>
       </c>
       <c r="B367" s="15">
-        <v>43304</v>
+        <v>45244</v>
       </c>
       <c r="C367" s="17">
-        <v>0.14791666666666667</v>
+        <v>0.27777777777777779</v>
       </c>
       <c r="D367" s="17">
-        <v>0.16666666666666666</v>
+        <v>0.29652777777777778</v>
       </c>
       <c r="E367" s="16" t="s">
-        <v>1170</v>
-[...2 lines deleted...]
-    <row r="368" spans="1:5" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+        <v>1438</v>
+      </c>
+    </row>
+    <row r="368" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A368" s="24" t="s">
-        <v>1167</v>
+        <v>1436</v>
       </c>
       <c r="B368" s="15">
-        <v>43297</v>
+        <v>45244</v>
       </c>
       <c r="C368" s="17">
-        <v>0.1423611111111111</v>
+        <v>0.14861111111111111</v>
       </c>
       <c r="D368" s="17">
-        <v>0.16180555555555556</v>
+        <v>0.1673611111111111</v>
       </c>
       <c r="E368" s="16" t="s">
-        <v>1168</v>
-[...2 lines deleted...]
-    <row r="369" spans="1:5" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+        <v>1437</v>
+      </c>
+    </row>
+    <row r="369" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A369" s="24" t="s">
-        <v>1165</v>
+        <v>1424</v>
       </c>
       <c r="B369" s="15">
-        <v>43291</v>
+        <v>45243</v>
       </c>
       <c r="C369" s="17">
-        <v>0.16805555555555554</v>
+        <v>0.93472222222222223</v>
       </c>
       <c r="D369" s="17">
-        <v>0.1875</v>
+        <v>0.95347222222222217</v>
       </c>
       <c r="E369" s="16" t="s">
-        <v>1166</v>
-[...2 lines deleted...]
-    <row r="370" spans="1:5" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+        <v>1435</v>
+      </c>
+    </row>
+    <row r="370" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A370" s="24" t="s">
-        <v>1164</v>
+        <v>1424</v>
       </c>
       <c r="B370" s="15">
-        <v>42644</v>
-[...5 lines deleted...]
-        <v>0.86458333333333337</v>
+        <v>45243</v>
+      </c>
+      <c r="C370" s="17">
+        <v>0.8666666666666667</v>
+      </c>
+      <c r="D370" s="17">
+        <v>0.88541666666666663</v>
       </c>
       <c r="E370" s="16" t="s">
-        <v>1102</v>
-[...2 lines deleted...]
-    <row r="371" spans="1:5" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+        <v>1434</v>
+      </c>
+    </row>
+    <row r="371" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A371" s="24" t="s">
-        <v>1162</v>
+        <v>1424</v>
       </c>
       <c r="B371" s="15">
-        <v>42086</v>
-[...5 lines deleted...]
-        <v>0.80833333333333324</v>
+        <v>45243</v>
+      </c>
+      <c r="C371" s="17">
+        <v>0.79791666666666661</v>
+      </c>
+      <c r="D371" s="17">
+        <v>0.81666666666666676</v>
       </c>
       <c r="E371" s="16" t="s">
-        <v>1163</v>
-[...2 lines deleted...]
-    <row r="372" spans="1:5" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+        <v>1433</v>
+      </c>
+    </row>
+    <row r="372" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A372" s="24" t="s">
-        <v>1161</v>
+        <v>1424</v>
       </c>
       <c r="B372" s="15">
-        <v>42042</v>
+        <v>45243</v>
       </c>
       <c r="C372" s="17">
+        <v>0.69305555555555554</v>
+      </c>
+      <c r="D372" s="17">
+        <v>0.71180555555555547</v>
+      </c>
+      <c r="E372" s="16" t="s">
+        <v>1432</v>
+      </c>
+    </row>
+    <row r="373" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A373" s="24" t="s">
+        <v>1424</v>
+      </c>
+      <c r="B373" s="15">
+        <v>45243</v>
+      </c>
+      <c r="C373" s="17">
+        <v>0.59236111111111112</v>
+      </c>
+      <c r="D373" s="17">
+        <v>0.61111111111111105</v>
+      </c>
+      <c r="E373" s="16" t="s">
+        <v>1431</v>
+      </c>
+    </row>
+    <row r="374" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A374" s="24" t="s">
+        <v>1424</v>
+      </c>
+      <c r="B374" s="15">
+        <v>45243</v>
+      </c>
+      <c r="C374" s="17">
+        <v>0.52361111111111114</v>
+      </c>
+      <c r="D374" s="17">
+        <v>0.54236111111111118</v>
+      </c>
+      <c r="E374" s="16" t="s">
+        <v>1430</v>
+      </c>
+    </row>
+    <row r="375" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A375" s="24" t="s">
+        <v>1424</v>
+      </c>
+      <c r="B375" s="15">
+        <v>45243</v>
+      </c>
+      <c r="C375" s="17">
+        <v>0.50440972222222225</v>
+      </c>
+      <c r="D375" s="17">
+        <v>0.50445601851851851</v>
+      </c>
+      <c r="E375" s="16" t="s">
+        <v>1427</v>
+      </c>
+    </row>
+    <row r="376" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A376" s="24" t="s">
+        <v>1424</v>
+      </c>
+      <c r="B376" s="15">
+        <v>45243</v>
+      </c>
+      <c r="C376" s="17">
+        <v>0.4548611111111111</v>
+      </c>
+      <c r="D376" s="17">
+        <v>0.47361111111111115</v>
+      </c>
+      <c r="E376" s="16" t="s">
+        <v>1429</v>
+      </c>
+    </row>
+    <row r="377" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A377" s="24" t="s">
+        <v>1424</v>
+      </c>
+      <c r="B377" s="15">
+        <v>45243</v>
+      </c>
+      <c r="C377" s="17">
+        <v>0.38611111111111113</v>
+      </c>
+      <c r="D377" s="17">
+        <v>0.40486111111111112</v>
+      </c>
+      <c r="E377" s="16" t="s">
+        <v>1428</v>
+      </c>
+    </row>
+    <row r="378" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A378" s="24" t="s">
+        <v>1424</v>
+      </c>
+      <c r="B378" s="15">
+        <v>45243</v>
+      </c>
+      <c r="C378" s="17">
+        <v>0.37631944444444443</v>
+      </c>
+      <c r="D378" s="17">
+        <v>0.45674768518518521</v>
+      </c>
+      <c r="E378" s="16" t="s">
+        <v>1427</v>
+      </c>
+    </row>
+    <row r="379" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A379" s="24" t="s">
+        <v>1424</v>
+      </c>
+      <c r="B379" s="15">
+        <v>45243</v>
+      </c>
+      <c r="C379" s="17">
+        <v>0.31736111111111115</v>
+      </c>
+      <c r="D379" s="17">
+        <v>0.33611111111111108</v>
+      </c>
+      <c r="E379" s="16" t="s">
+        <v>1426</v>
+      </c>
+    </row>
+    <row r="380" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A380" s="24" t="s">
+        <v>1424</v>
+      </c>
+      <c r="B380" s="15">
+        <v>45243</v>
+      </c>
+      <c r="C380" s="17">
+        <v>0.18819444444444444</v>
+      </c>
+      <c r="D380" s="17">
+        <v>0.20694444444444446</v>
+      </c>
+      <c r="E380" s="16" t="s">
+        <v>1425</v>
+      </c>
+    </row>
+    <row r="381" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A381" s="24" t="s">
+        <v>1422</v>
+      </c>
+      <c r="B381" s="15">
+        <v>45195</v>
+      </c>
+      <c r="C381" s="17">
+        <v>0.56821759259259264</v>
+      </c>
+      <c r="D381" s="17">
+        <v>0.58062500000000006</v>
+      </c>
+      <c r="E381" s="16" t="s">
+        <v>1423</v>
+      </c>
+    </row>
+    <row r="382" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A382" s="24" t="s">
+        <v>1420</v>
+      </c>
+      <c r="B382" s="15">
+        <v>45136</v>
+      </c>
+      <c r="C382" s="17">
+        <v>0.4039699074074074</v>
+      </c>
+      <c r="D382" s="17">
+        <v>0.41261574074074076</v>
+      </c>
+      <c r="E382" s="16" t="s">
+        <v>1421</v>
+      </c>
+    </row>
+    <row r="383" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A383" s="24" t="s">
+        <v>1294</v>
+      </c>
+      <c r="B383" s="15">
+        <v>44489</v>
+      </c>
+      <c r="C383" s="17">
+        <v>0.92361111111111116</v>
+      </c>
+      <c r="D383" s="17">
+        <v>0.45</v>
+      </c>
+      <c r="E383" s="16" t="s">
+        <v>1296</v>
+      </c>
+    </row>
+    <row r="384" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A384" s="24" t="s">
+        <v>1294</v>
+      </c>
+      <c r="B384" s="15">
+        <v>44489</v>
+      </c>
+      <c r="C384" s="17">
+        <v>0.3743055555555555</v>
+      </c>
+      <c r="D384" s="17">
+        <v>0.40069444444444446</v>
+      </c>
+      <c r="E384" s="16" t="s">
+        <v>1295</v>
+      </c>
+    </row>
+    <row r="385" spans="1:5" ht="14.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A385" s="24" t="s">
+        <v>1292</v>
+      </c>
+      <c r="B385" s="15">
+        <v>44488</v>
+      </c>
+      <c r="C385" s="17">
         <v>0.8930555555555556</v>
       </c>
-      <c r="D372" s="17">
-[...221 lines deleted...]
-        <v>0.86111111111111116</v>
+      <c r="D385" s="17">
+        <v>0.92083333333333339</v>
       </c>
       <c r="E385" s="16" t="s">
-        <v>1102</v>
-[...2 lines deleted...]
-    <row r="386" spans="1:5" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+        <v>1293</v>
+      </c>
+    </row>
+    <row r="386" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A386" s="24" t="s">
-        <v>1146</v>
+        <v>1292</v>
       </c>
       <c r="B386" s="15">
-        <v>40206</v>
-[...5 lines deleted...]
-        <v>0.27499999999999997</v>
+        <v>44488</v>
+      </c>
+      <c r="C386" s="17">
+        <v>0.3430555555555555</v>
+      </c>
+      <c r="D386" s="17">
+        <v>0.37083333333333335</v>
       </c>
       <c r="E386" s="16" t="s">
-        <v>1102</v>
+        <v>1180</v>
       </c>
     </row>
     <row r="387" spans="1:5" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A387" s="24" t="s">
-        <v>1144</v>
+        <v>1290</v>
       </c>
       <c r="B387" s="15">
-        <v>38875</v>
-[...4 lines deleted...]
-      <c r="D387" s="16"/>
+        <v>44487</v>
+      </c>
+      <c r="C387" s="17">
+        <v>0.93125000000000002</v>
+      </c>
+      <c r="D387" s="17">
+        <v>0.9590277777777777</v>
+      </c>
       <c r="E387" s="16" t="s">
-        <v>1145</v>
+        <v>1291</v>
       </c>
     </row>
     <row r="388" spans="1:5" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A388" s="24" t="s">
-        <v>1142</v>
+        <v>1290</v>
       </c>
       <c r="B388" s="15">
-        <v>38543</v>
-[...4 lines deleted...]
-      <c r="D388" s="16"/>
+        <v>44487</v>
+      </c>
+      <c r="C388" s="17">
+        <v>0.38194444444444442</v>
+      </c>
+      <c r="D388" s="17">
+        <v>0.40972222222222227</v>
+      </c>
       <c r="E388" s="16" t="s">
-        <v>1143</v>
+        <v>1172</v>
       </c>
     </row>
     <row r="389" spans="1:5" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A389" s="24" t="s">
-        <v>1140</v>
+        <v>1289</v>
       </c>
       <c r="B389" s="15">
-        <v>38498</v>
-[...4 lines deleted...]
-      <c r="D389" s="16"/>
+        <v>44482</v>
+      </c>
+      <c r="C389" s="17">
+        <v>0.92361111111111116</v>
+      </c>
+      <c r="D389" s="17">
+        <v>0.94236111111111109</v>
+      </c>
       <c r="E389" s="16" t="s">
-        <v>1141</v>
+        <v>1122</v>
       </c>
     </row>
     <row r="390" spans="1:5" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A390" s="24" t="s">
-        <v>1138</v>
+        <v>1289</v>
       </c>
       <c r="B390" s="15">
-        <v>38402</v>
-[...4 lines deleted...]
-      <c r="D390" s="16"/>
+        <v>44482</v>
+      </c>
+      <c r="C390" s="17">
+        <v>0.37361111111111112</v>
+      </c>
+      <c r="D390" s="17">
+        <v>0.3923611111111111</v>
+      </c>
       <c r="E390" s="16" t="s">
-        <v>1139</v>
+        <v>1184</v>
       </c>
     </row>
     <row r="391" spans="1:5" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A391" s="24" t="s">
-        <v>1136</v>
+        <v>1289</v>
       </c>
       <c r="B391" s="15">
-        <v>38171</v>
-[...4 lines deleted...]
-      <c r="D391" s="16"/>
+        <v>44482</v>
+      </c>
+      <c r="C391" s="17">
+        <v>0.17291666666666669</v>
+      </c>
+      <c r="D391" s="17">
+        <v>0.19166666666666665</v>
+      </c>
       <c r="E391" s="16" t="s">
-        <v>1137</v>
-[...2 lines deleted...]
-    <row r="392" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
+        <v>1182</v>
+      </c>
+    </row>
+    <row r="392" spans="1:5" ht="15.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A392" s="24" t="s">
-        <v>1135</v>
+        <v>1288</v>
       </c>
       <c r="B392" s="15">
-        <v>37944</v>
-[...5 lines deleted...]
-        <v>0.26250000000000001</v>
+        <v>44481</v>
+      </c>
+      <c r="C392" s="17">
+        <v>0.8930555555555556</v>
+      </c>
+      <c r="D392" s="17">
+        <v>0.91180555555555554</v>
       </c>
       <c r="E392" s="16" t="s">
-        <v>1119</v>
-[...2 lines deleted...]
-    <row r="393" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
+        <v>1190</v>
+      </c>
+    </row>
+    <row r="393" spans="1:5" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A393" s="24" t="s">
-        <v>1134</v>
+        <v>1288</v>
       </c>
       <c r="B393" s="15">
-        <v>37943</v>
-[...5 lines deleted...]
-        <v>0.26666666666666666</v>
+        <v>44481</v>
+      </c>
+      <c r="C393" s="17">
+        <v>0.34375</v>
+      </c>
+      <c r="D393" s="17">
+        <v>0.36249999999999999</v>
       </c>
       <c r="E393" s="16" t="s">
-        <v>1102</v>
-[...2 lines deleted...]
-    <row r="394" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
+        <v>1179</v>
+      </c>
+    </row>
+    <row r="394" spans="1:5" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A394" s="24" t="s">
-        <v>1133</v>
+        <v>1288</v>
       </c>
       <c r="B394" s="15">
-        <v>37942</v>
-[...5 lines deleted...]
-        <v>0.30486111111111108</v>
+        <v>44481</v>
+      </c>
+      <c r="C394" s="17">
+        <v>0.14305555555555557</v>
+      </c>
+      <c r="D394" s="17">
+        <v>0.16180555555555556</v>
       </c>
       <c r="E394" s="16" t="s">
-        <v>1102</v>
-[...2 lines deleted...]
-    <row r="395" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
+        <v>1174</v>
+      </c>
+    </row>
+    <row r="395" spans="1:5" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A395" s="24" t="s">
-        <v>1132</v>
+        <v>1287</v>
       </c>
       <c r="B395" s="15">
-        <v>37941</v>
-[...5 lines deleted...]
-        <v>0.27499999999999997</v>
+        <v>44480</v>
+      </c>
+      <c r="C395" s="17">
+        <v>0.93263888888888891</v>
+      </c>
+      <c r="D395" s="17">
+        <v>0.95138888888888884</v>
       </c>
       <c r="E395" s="16" t="s">
-        <v>1102</v>
-[...2 lines deleted...]
-    <row r="396" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
+        <v>1187</v>
+      </c>
+    </row>
+    <row r="396" spans="1:5" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A396" s="24" t="s">
-        <v>1130</v>
+        <v>1287</v>
       </c>
       <c r="B396" s="15">
-        <v>37939</v>
-[...2 lines deleted...]
-        <v>0.78125</v>
+        <v>44480</v>
+      </c>
+      <c r="C396" s="17">
+        <v>0.38263888888888892</v>
       </c>
       <c r="D396" s="17">
-        <v>0.87523148148148155</v>
+        <v>0.40138888888888885</v>
       </c>
       <c r="E396" s="16" t="s">
-        <v>1131</v>
-[...2 lines deleted...]
-    <row r="397" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
+        <v>1175</v>
+      </c>
+    </row>
+    <row r="397" spans="1:5" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A397" s="24" t="s">
-        <v>1129</v>
+        <v>1287</v>
       </c>
       <c r="B397" s="15">
-        <v>37934</v>
-[...5 lines deleted...]
-        <v>0.30486111111111108</v>
+        <v>44480</v>
+      </c>
+      <c r="C397" s="17">
+        <v>0.18124999999999999</v>
+      </c>
+      <c r="D397" s="17">
+        <v>0.19999999999999998</v>
       </c>
       <c r="E397" s="16" t="s">
-        <v>1102</v>
-[...2 lines deleted...]
-    <row r="398" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
+        <v>1168</v>
+      </c>
+    </row>
+    <row r="398" spans="1:5" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A398" s="24" t="s">
-        <v>1128</v>
+        <v>1286</v>
       </c>
       <c r="B398" s="15">
-        <v>37933</v>
-[...5 lines deleted...]
-        <v>0.30902777777777779</v>
+        <v>44475</v>
+      </c>
+      <c r="C398" s="17">
+        <v>0.91875000000000007</v>
+      </c>
+      <c r="D398" s="17">
+        <v>0.9375</v>
       </c>
       <c r="E398" s="16" t="s">
-        <v>1102</v>
+        <v>1191</v>
       </c>
     </row>
     <row r="399" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A399" s="24" t="s">
-        <v>1126</v>
+        <v>1286</v>
       </c>
       <c r="B399" s="15">
-        <v>37932</v>
-[...5 lines deleted...]
-        <v>0.38194444444444442</v>
+        <v>44475</v>
+      </c>
+      <c r="C399" s="17">
+        <v>0.36944444444444446</v>
+      </c>
+      <c r="D399" s="17">
+        <v>0.38819444444444445</v>
       </c>
       <c r="E399" s="16" t="s">
-        <v>1102</v>
+        <v>1183</v>
       </c>
     </row>
     <row r="400" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A400" s="24" t="s">
-        <v>1126</v>
+        <v>1286</v>
       </c>
       <c r="B400" s="15">
-        <v>37932</v>
-[...5 lines deleted...]
-        <v>0.31597222222222221</v>
+        <v>44475</v>
+      </c>
+      <c r="C400" s="17">
+        <v>0.16874999999999998</v>
+      </c>
+      <c r="D400" s="17">
+        <v>0.1875</v>
       </c>
       <c r="E400" s="16" t="s">
-        <v>1127</v>
+        <v>1178</v>
       </c>
     </row>
     <row r="401" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A401" s="24" t="s">
-        <v>1123</v>
+        <v>1285</v>
       </c>
       <c r="B401" s="15">
-        <v>37932</v>
-[...5 lines deleted...]
-        <v>0.27430555555555552</v>
+        <v>44474</v>
+      </c>
+      <c r="C401" s="17">
+        <v>0.88888888888888884</v>
+      </c>
+      <c r="D401" s="17">
+        <v>0.90763888888888899</v>
       </c>
       <c r="E401" s="16" t="s">
-        <v>1125</v>
-[...2 lines deleted...]
-    <row r="402" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
+        <v>1188</v>
+      </c>
+    </row>
+    <row r="402" spans="1:5" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A402" s="24" t="s">
-        <v>1123</v>
+        <v>1285</v>
       </c>
       <c r="B402" s="15">
-        <v>37932</v>
-[...5 lines deleted...]
-        <v>0.24583333333333335</v>
+        <v>44474</v>
+      </c>
+      <c r="C402" s="17">
+        <v>0.40833333333333338</v>
+      </c>
+      <c r="D402" s="17">
+        <v>0.42708333333333331</v>
       </c>
       <c r="E402" s="16" t="s">
-        <v>1124</v>
+        <v>1176</v>
       </c>
     </row>
     <row r="403" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A403" s="24" t="s">
-        <v>1121</v>
+        <v>1285</v>
       </c>
       <c r="B403" s="15">
-        <v>37631</v>
+        <v>44474</v>
       </c>
       <c r="C403" s="17">
-        <v>0.34965277777777781</v>
-[...2 lines deleted...]
-        <v>0.37013888888888885</v>
+        <v>0.1388888888888889</v>
+      </c>
+      <c r="D403" s="17">
+        <v>0.15763888888888888</v>
       </c>
       <c r="E403" s="16" t="s">
-        <v>1122</v>
+        <v>1170</v>
       </c>
     </row>
     <row r="404" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A404" s="24" t="s">
-        <v>1118</v>
+        <v>1284</v>
       </c>
       <c r="B404" s="15">
-        <v>37631</v>
-[...5 lines deleted...]
-        <v>0.33611111111111108</v>
+        <v>44473</v>
+      </c>
+      <c r="C404" s="17">
+        <v>0.92847222222222225</v>
+      </c>
+      <c r="D404" s="17">
+        <v>0.9472222222222223</v>
       </c>
       <c r="E404" s="16" t="s">
-        <v>1120</v>
+        <v>1186</v>
       </c>
     </row>
     <row r="405" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A405" s="24" t="s">
-        <v>1118</v>
+        <v>1284</v>
       </c>
       <c r="B405" s="15">
-        <v>37631</v>
-[...5 lines deleted...]
-        <v>0.2986111111111111</v>
+        <v>44473</v>
+      </c>
+      <c r="C405" s="17">
+        <v>0.37986111111111115</v>
+      </c>
+      <c r="D405" s="17">
+        <v>0.39861111111111108</v>
       </c>
       <c r="E405" s="16" t="s">
-        <v>1119</v>
-[...2 lines deleted...]
-    <row r="406" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
+        <v>1171</v>
+      </c>
+    </row>
+    <row r="406" spans="1:5" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A406" s="24" t="s">
-        <v>1116</v>
+        <v>1284</v>
       </c>
       <c r="B406" s="15">
-        <v>37582</v>
-[...5 lines deleted...]
-        <v>0.94791666666666663</v>
+        <v>44473</v>
+      </c>
+      <c r="C406" s="17">
+        <v>0.17708333333333334</v>
+      </c>
+      <c r="D406" s="17">
+        <v>0.19583333333333333</v>
       </c>
       <c r="E406" s="16" t="s">
-        <v>1117</v>
-[...2 lines deleted...]
-    <row r="407" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
+        <v>1166</v>
+      </c>
+    </row>
+    <row r="407" spans="1:5" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A407" s="24" t="s">
-        <v>1114</v>
+        <v>1199</v>
       </c>
       <c r="B407" s="15">
-        <v>37581</v>
+        <v>44076</v>
       </c>
       <c r="C407" s="17">
-        <v>0.91810185185185178</v>
+        <v>0.71592592592592597</v>
       </c>
       <c r="D407" s="17">
-        <v>0.96368055555555554</v>
+        <v>0.81778935185185186</v>
       </c>
       <c r="E407" s="16" t="s">
-        <v>1115</v>
-[...2 lines deleted...]
-    <row r="408" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
+        <v>1200</v>
+      </c>
+    </row>
+    <row r="408" spans="1:5" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A408" s="24" t="s">
-        <v>1111</v>
-[...2 lines deleted...]
-        <v>1112</v>
+        <v>1197</v>
+      </c>
+      <c r="B408" s="15">
+        <v>43788</v>
       </c>
       <c r="C408" s="17">
-        <v>0.9390856481481481</v>
+        <v>0.87569444444444444</v>
       </c>
       <c r="D408" s="17">
-        <v>5.3090277777777778E-2</v>
+        <v>0.90277777777777779</v>
       </c>
       <c r="E408" s="16" t="s">
-        <v>1113</v>
-[...2 lines deleted...]
-    <row r="409" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
+        <v>1198</v>
+      </c>
+    </row>
+    <row r="409" spans="1:5" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A409" s="24" t="s">
-        <v>1108</v>
+        <v>1195</v>
       </c>
       <c r="B409" s="15">
-        <v>37552</v>
-[...5 lines deleted...]
-        <v>0.43541666666666662</v>
+        <v>43725</v>
+      </c>
+      <c r="C409" s="17">
+        <v>0.84861111111111109</v>
+      </c>
+      <c r="D409" s="17">
+        <v>0.88680555555555562</v>
       </c>
       <c r="E409" s="16" t="s">
-        <v>1110</v>
-[...2 lines deleted...]
-    <row r="410" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
+        <v>1196</v>
+      </c>
+    </row>
+    <row r="410" spans="1:5" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A410" s="24" t="s">
-        <v>1108</v>
+        <v>1192</v>
       </c>
       <c r="B410" s="15">
-        <v>37552</v>
-[...5 lines deleted...]
-        <v>0.36736111111111108</v>
+        <v>43724</v>
+      </c>
+      <c r="C410" s="17">
+        <v>0.94374999999999998</v>
+      </c>
+      <c r="D410" s="17">
+        <v>0.97083333333333333</v>
       </c>
       <c r="E410" s="16" t="s">
-        <v>1109</v>
-[...2 lines deleted...]
-    <row r="411" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
+        <v>1194</v>
+      </c>
+    </row>
+    <row r="411" spans="1:5" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A411" s="24" t="s">
-        <v>1106</v>
+        <v>1192</v>
       </c>
       <c r="B411" s="15">
-        <v>37552</v>
-[...5 lines deleted...]
-        <v>0.29791666666666666</v>
+        <v>43724</v>
+      </c>
+      <c r="C411" s="17">
+        <v>0.84097222222222223</v>
+      </c>
+      <c r="D411" s="17">
+        <v>0.86805555555555547</v>
       </c>
       <c r="E411" s="16" t="s">
-        <v>1107</v>
+        <v>1193</v>
       </c>
     </row>
     <row r="412" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A412" s="24" t="s">
-        <v>1106</v>
+        <v>1189</v>
       </c>
       <c r="B412" s="15">
-        <v>37552</v>
-[...5 lines deleted...]
-        <v>0.24444444444444446</v>
+        <v>43313</v>
+      </c>
+      <c r="C412" s="17">
+        <v>0.8979166666666667</v>
+      </c>
+      <c r="D412" s="17">
+        <v>0.91666666666666663</v>
       </c>
       <c r="E412" s="16" t="s">
-        <v>1102</v>
+        <v>1122</v>
       </c>
     </row>
     <row r="413" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A413" s="24" t="s">
-        <v>1104</v>
+        <v>1189</v>
       </c>
       <c r="B413" s="15">
-        <v>37545</v>
+        <v>43313</v>
       </c>
       <c r="C413" s="17">
-        <v>0.4304398148148148</v>
+        <v>0.82916666666666661</v>
       </c>
       <c r="D413" s="17">
-        <v>0.50105324074074076</v>
+        <v>0.84791666666666676</v>
       </c>
       <c r="E413" s="16" t="s">
-        <v>1105</v>
+        <v>1191</v>
       </c>
     </row>
     <row r="414" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A414" s="24" t="s">
-        <v>1103</v>
+        <v>1189</v>
       </c>
       <c r="B414" s="15">
-        <v>37466</v>
-[...5 lines deleted...]
-        <v>0.34097222222222223</v>
+        <v>43313</v>
+      </c>
+      <c r="C414" s="17">
+        <v>0.34861111111111115</v>
+      </c>
+      <c r="D414" s="17">
+        <v>0.36736111111111108</v>
       </c>
       <c r="E414" s="16" t="s">
-        <v>1102</v>
+        <v>1190</v>
       </c>
     </row>
     <row r="415" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A415" s="24" t="s">
+        <v>1185</v>
+      </c>
+      <c r="B415" s="15">
+        <v>43312</v>
+      </c>
+      <c r="C415" s="17">
+        <v>0.93680555555555556</v>
+      </c>
+      <c r="D415" s="17">
+        <v>0.9555555555555556</v>
+      </c>
+      <c r="E415" s="16" t="s">
+        <v>1188</v>
+      </c>
+    </row>
+    <row r="416" spans="1:5" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A416" s="24" t="s">
+        <v>1185</v>
+      </c>
+      <c r="B416" s="15">
+        <v>43312</v>
+      </c>
+      <c r="C416" s="17">
+        <v>0.38750000000000001</v>
+      </c>
+      <c r="D416" s="17">
+        <v>0.40625</v>
+      </c>
+      <c r="E416" s="16" t="s">
+        <v>1187</v>
+      </c>
+    </row>
+    <row r="417" spans="1:5" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A417" s="24" t="s">
+        <v>1185</v>
+      </c>
+      <c r="B417" s="15">
+        <v>43312</v>
+      </c>
+      <c r="C417" s="17">
+        <v>0.31875000000000003</v>
+      </c>
+      <c r="D417" s="17">
+        <v>0.33749999999999997</v>
+      </c>
+      <c r="E417" s="16" t="s">
+        <v>1186</v>
+      </c>
+    </row>
+    <row r="418" spans="1:5" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A418" s="24" t="s">
+        <v>1181</v>
+      </c>
+      <c r="B418" s="15">
+        <v>43311</v>
+      </c>
+      <c r="C418" s="17">
+        <v>0.90694444444444444</v>
+      </c>
+      <c r="D418" s="17">
+        <v>0.92569444444444438</v>
+      </c>
+      <c r="E418" s="16" t="s">
+        <v>1184</v>
+      </c>
+    </row>
+    <row r="419" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A419" s="24" t="s">
+        <v>1181</v>
+      </c>
+      <c r="B419" s="15">
+        <v>43311</v>
+      </c>
+      <c r="C419" s="17">
+        <v>0.3576388888888889</v>
+      </c>
+      <c r="D419" s="17">
+        <v>0.37638888888888888</v>
+      </c>
+      <c r="E419" s="16" t="s">
+        <v>1183</v>
+      </c>
+    </row>
+    <row r="420" spans="1:5" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A420" s="24" t="s">
+        <v>1181</v>
+      </c>
+      <c r="B420" s="15">
+        <v>43311</v>
+      </c>
+      <c r="C420" s="17">
+        <v>0.15208333333333332</v>
+      </c>
+      <c r="D420" s="17">
+        <v>0.17083333333333331</v>
+      </c>
+      <c r="E420" s="16" t="s">
+        <v>1182</v>
+      </c>
+    </row>
+    <row r="421" spans="1:5" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A421" s="24" t="s">
+        <v>1177</v>
+      </c>
+      <c r="B421" s="15">
+        <v>43306</v>
+      </c>
+      <c r="C421" s="17">
+        <v>0.88888888888888884</v>
+      </c>
+      <c r="D421" s="17">
+        <v>0.91666666666666663</v>
+      </c>
+      <c r="E421" s="16" t="s">
+        <v>1180</v>
+      </c>
+    </row>
+    <row r="422" spans="1:5" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A422" s="24" t="s">
+        <v>1177</v>
+      </c>
+      <c r="B422" s="15">
+        <v>43306</v>
+      </c>
+      <c r="C422" s="17">
+        <v>0.41319444444444442</v>
+      </c>
+      <c r="D422" s="17">
+        <v>0.43194444444444446</v>
+      </c>
+      <c r="E422" s="16" t="s">
+        <v>1179</v>
+      </c>
+    </row>
+    <row r="423" spans="1:5" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A423" s="24" t="s">
+        <v>1177</v>
+      </c>
+      <c r="B423" s="15">
+        <v>43306</v>
+      </c>
+      <c r="C423" s="17">
+        <v>0.13958333333333334</v>
+      </c>
+      <c r="D423" s="17">
+        <v>0.15833333333333333</v>
+      </c>
+      <c r="E423" s="16" t="s">
+        <v>1178</v>
+      </c>
+    </row>
+    <row r="424" spans="1:5" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A424" s="24" t="s">
+        <v>1173</v>
+      </c>
+      <c r="B424" s="15">
+        <v>43305</v>
+      </c>
+      <c r="C424" s="17">
+        <v>0.93263888888888891</v>
+      </c>
+      <c r="D424" s="17">
+        <v>0.95138888888888884</v>
+      </c>
+      <c r="E424" s="16" t="s">
+        <v>1176</v>
+      </c>
+    </row>
+    <row r="425" spans="1:5" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A425" s="24" t="s">
+        <v>1173</v>
+      </c>
+      <c r="B425" s="15">
+        <v>43305</v>
+      </c>
+      <c r="C425" s="17">
+        <v>0.3833333333333333</v>
+      </c>
+      <c r="D425" s="17">
+        <v>0.40208333333333335</v>
+      </c>
+      <c r="E425" s="16" t="s">
+        <v>1175</v>
+      </c>
+    </row>
+    <row r="426" spans="1:5" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A426" s="24" t="s">
+        <v>1173</v>
+      </c>
+      <c r="B426" s="15">
+        <v>43305</v>
+      </c>
+      <c r="C426" s="17">
+        <v>0.17777777777777778</v>
+      </c>
+      <c r="D426" s="17">
+        <v>0.19652777777777777</v>
+      </c>
+      <c r="E426" s="16" t="s">
+        <v>1174</v>
+      </c>
+    </row>
+    <row r="427" spans="1:5" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A427" s="24" t="s">
+        <v>1169</v>
+      </c>
+      <c r="B427" s="15">
+        <v>43304</v>
+      </c>
+      <c r="C427" s="17">
+        <v>0.82916666666666661</v>
+      </c>
+      <c r="D427" s="17">
+        <v>0.8569444444444444</v>
+      </c>
+      <c r="E427" s="16" t="s">
+        <v>1172</v>
+      </c>
+    </row>
+    <row r="428" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A428" s="24" t="s">
+        <v>1169</v>
+      </c>
+      <c r="B428" s="15">
+        <v>43304</v>
+      </c>
+      <c r="C428" s="17">
+        <v>0.3527777777777778</v>
+      </c>
+      <c r="D428" s="17">
+        <v>0.37152777777777773</v>
+      </c>
+      <c r="E428" s="16" t="s">
+        <v>1171</v>
+      </c>
+    </row>
+    <row r="429" spans="1:5" ht="15.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A429" s="24" t="s">
+        <v>1169</v>
+      </c>
+      <c r="B429" s="15">
+        <v>43304</v>
+      </c>
+      <c r="C429" s="17">
+        <v>0.14791666666666667</v>
+      </c>
+      <c r="D429" s="17">
+        <v>0.16666666666666666</v>
+      </c>
+      <c r="E429" s="16" t="s">
+        <v>1170</v>
+      </c>
+    </row>
+    <row r="430" spans="1:5" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A430" s="24" t="s">
+        <v>1167</v>
+      </c>
+      <c r="B430" s="15">
+        <v>43297</v>
+      </c>
+      <c r="C430" s="17">
+        <v>0.1423611111111111</v>
+      </c>
+      <c r="D430" s="17">
+        <v>0.16180555555555556</v>
+      </c>
+      <c r="E430" s="16" t="s">
+        <v>1168</v>
+      </c>
+    </row>
+    <row r="431" spans="1:5" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A431" s="24" t="s">
+        <v>1165</v>
+      </c>
+      <c r="B431" s="15">
+        <v>43291</v>
+      </c>
+      <c r="C431" s="17">
+        <v>0.16805555555555554</v>
+      </c>
+      <c r="D431" s="17">
+        <v>0.1875</v>
+      </c>
+      <c r="E431" s="16" t="s">
+        <v>1166</v>
+      </c>
+    </row>
+    <row r="432" spans="1:5" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A432" s="24" t="s">
+        <v>1164</v>
+      </c>
+      <c r="B432" s="15">
+        <v>42644</v>
+      </c>
+      <c r="C432" s="33">
+        <v>0.84583333333333333</v>
+      </c>
+      <c r="D432" s="33">
+        <v>0.86458333333333337</v>
+      </c>
+      <c r="E432" s="16" t="s">
+        <v>1102</v>
+      </c>
+    </row>
+    <row r="433" spans="1:5" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A433" s="24" t="s">
+        <v>1162</v>
+      </c>
+      <c r="B433" s="15">
+        <v>42086</v>
+      </c>
+      <c r="C433" s="33">
+        <v>0.8041666666666667</v>
+      </c>
+      <c r="D433" s="33">
+        <v>0.80833333333333324</v>
+      </c>
+      <c r="E433" s="16" t="s">
+        <v>1163</v>
+      </c>
+    </row>
+    <row r="434" spans="1:5" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A434" s="24" t="s">
+        <v>1161</v>
+      </c>
+      <c r="B434" s="15">
+        <v>42042</v>
+      </c>
+      <c r="C434" s="17">
+        <v>0.8930555555555556</v>
+      </c>
+      <c r="D434" s="17">
+        <v>0.91249999999999998</v>
+      </c>
+      <c r="E434" s="16" t="s">
+        <v>1127</v>
+      </c>
+    </row>
+    <row r="435" spans="1:5" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A435" s="24" t="s">
+        <v>1161</v>
+      </c>
+      <c r="B435" s="15">
+        <v>42042</v>
+      </c>
+      <c r="C435" s="17">
+        <v>0.82500000000000007</v>
+      </c>
+      <c r="D435" s="17">
+        <v>0.84444444444444444</v>
+      </c>
+      <c r="E435" s="16" t="s">
+        <v>1158</v>
+      </c>
+    </row>
+    <row r="436" spans="1:5" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A436" s="24" t="s">
+        <v>1160</v>
+      </c>
+      <c r="B436" s="15">
+        <v>42042</v>
+      </c>
+      <c r="C436" s="17">
+        <v>0.75763888888888886</v>
+      </c>
+      <c r="D436" s="17">
+        <v>0.77708333333333324</v>
+      </c>
+      <c r="E436" s="16" t="s">
+        <v>1157</v>
+      </c>
+    </row>
+    <row r="437" spans="1:5" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A437" s="24" t="s">
+        <v>1159</v>
+      </c>
+      <c r="B437" s="15">
+        <v>41435</v>
+      </c>
+      <c r="C437" s="17">
+        <v>0.87337962962962967</v>
+      </c>
+      <c r="D437" s="17">
+        <v>0.87494212962962958</v>
+      </c>
+      <c r="E437" s="16" t="s">
+        <v>1155</v>
+      </c>
+    </row>
+    <row r="438" spans="1:5" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A438" s="24" t="s">
+        <v>854</v>
+      </c>
+      <c r="B438" s="15">
+        <v>41236</v>
+      </c>
+      <c r="C438" s="17">
+        <v>0.38688657407407406</v>
+      </c>
+      <c r="D438" s="17">
+        <v>0.40625</v>
+      </c>
+      <c r="E438" s="16" t="s">
+        <v>1127</v>
+      </c>
+    </row>
+    <row r="439" spans="1:5" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A439" s="24" t="s">
+        <v>854</v>
+      </c>
+      <c r="B439" s="15">
+        <v>41236</v>
+      </c>
+      <c r="C439" s="17">
+        <v>0.34035879629629634</v>
+      </c>
+      <c r="D439" s="17">
+        <v>0.35972222222222222</v>
+      </c>
+      <c r="E439" s="16" t="s">
+        <v>1158</v>
+      </c>
+    </row>
+    <row r="440" spans="1:5" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A440" s="24" t="s">
+        <v>854</v>
+      </c>
+      <c r="B440" s="15">
+        <v>41236</v>
+      </c>
+      <c r="C440" s="17">
+        <v>0.29383101851851851</v>
+      </c>
+      <c r="D440" s="17">
+        <v>0.31319444444444444</v>
+      </c>
+      <c r="E440" s="16" t="s">
+        <v>1157</v>
+      </c>
+    </row>
+    <row r="441" spans="1:5" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A441" s="24" t="s">
+        <v>1156</v>
+      </c>
+      <c r="B441" s="15">
+        <v>41144</v>
+      </c>
+      <c r="C441" s="33">
+        <v>0.82916666666666661</v>
+      </c>
+      <c r="D441" s="33">
+        <v>0.84791666666666676</v>
+      </c>
+      <c r="E441" s="16" t="s">
+        <v>1102</v>
+      </c>
+    </row>
+    <row r="442" spans="1:5" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A442" s="24" t="s">
+        <v>1154</v>
+      </c>
+      <c r="B442" s="15">
+        <v>40929</v>
+      </c>
+      <c r="C442" s="17">
+        <v>2.4305555555555556E-3</v>
+      </c>
+      <c r="D442" s="17">
+        <v>3.7037037037037034E-3</v>
+      </c>
+      <c r="E442" s="16" t="s">
+        <v>1155</v>
+      </c>
+    </row>
+    <row r="443" spans="1:5" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A443" s="24" t="s">
+        <v>1152</v>
+      </c>
+      <c r="B443" s="15">
+        <v>40826</v>
+      </c>
+      <c r="C443" s="17">
+        <v>3.0555555555555557E-3</v>
+      </c>
+      <c r="D443" s="17">
+        <v>3.7500000000000003E-3</v>
+      </c>
+      <c r="E443" s="16" t="s">
+        <v>1153</v>
+      </c>
+    </row>
+    <row r="444" spans="1:5" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A444" s="24" t="s">
+        <v>1150</v>
+      </c>
+      <c r="B444" s="15">
+        <v>40825</v>
+      </c>
+      <c r="C444" s="17">
+        <v>3.0555555555555557E-3</v>
+      </c>
+      <c r="D444" s="17">
+        <v>3.7500000000000003E-3</v>
+      </c>
+      <c r="E444" s="16" t="s">
+        <v>1151</v>
+      </c>
+    </row>
+    <row r="445" spans="1:5" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A445" s="24" t="s">
+        <v>1149</v>
+      </c>
+      <c r="B445" s="15">
+        <v>40805</v>
+      </c>
+      <c r="C445" s="33">
+        <v>0.87638888888888899</v>
+      </c>
+      <c r="D445" s="33">
+        <v>0.89513888888888893</v>
+      </c>
+      <c r="E445" s="16" t="s">
+        <v>1102</v>
+      </c>
+    </row>
+    <row r="446" spans="1:5" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A446" s="24" t="s">
+        <v>1148</v>
+      </c>
+      <c r="B446" s="15">
+        <v>40786</v>
+      </c>
+      <c r="C446" s="33">
+        <v>0.4680555555555555</v>
+      </c>
+      <c r="D446" s="33">
+        <v>0.48680555555555555</v>
+      </c>
+      <c r="E446" s="16" t="s">
+        <v>1102</v>
+      </c>
+    </row>
+    <row r="447" spans="1:5" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A447" s="24" t="s">
+        <v>1147</v>
+      </c>
+      <c r="B447" s="15">
+        <v>40413</v>
+      </c>
+      <c r="C447" s="33">
+        <v>0.84236111111111101</v>
+      </c>
+      <c r="D447" s="33">
+        <v>0.86111111111111116</v>
+      </c>
+      <c r="E447" s="16" t="s">
+        <v>1102</v>
+      </c>
+    </row>
+    <row r="448" spans="1:5" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A448" s="24" t="s">
+        <v>1146</v>
+      </c>
+      <c r="B448" s="15">
+        <v>40206</v>
+      </c>
+      <c r="C448" s="33">
+        <v>0.25625000000000003</v>
+      </c>
+      <c r="D448" s="33">
+        <v>0.27499999999999997</v>
+      </c>
+      <c r="E448" s="16" t="s">
+        <v>1102</v>
+      </c>
+    </row>
+    <row r="449" spans="1:5" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A449" s="24" t="s">
+        <v>1144</v>
+      </c>
+      <c r="B449" s="15">
+        <v>38875</v>
+      </c>
+      <c r="C449" s="33">
+        <v>0.14583333333333334</v>
+      </c>
+      <c r="D449" s="16"/>
+      <c r="E449" s="16" t="s">
+        <v>1145</v>
+      </c>
+    </row>
+    <row r="450" spans="1:5" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A450" s="24" t="s">
+        <v>1142</v>
+      </c>
+      <c r="B450" s="15">
+        <v>38543</v>
+      </c>
+      <c r="C450" s="33">
+        <v>0.68333333333333324</v>
+      </c>
+      <c r="D450" s="16"/>
+      <c r="E450" s="16" t="s">
+        <v>1143</v>
+      </c>
+    </row>
+    <row r="451" spans="1:5" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A451" s="24" t="s">
+        <v>1140</v>
+      </c>
+      <c r="B451" s="15">
+        <v>38498</v>
+      </c>
+      <c r="C451" s="33">
+        <v>0.68958333333333333</v>
+      </c>
+      <c r="D451" s="16"/>
+      <c r="E451" s="16" t="s">
+        <v>1141</v>
+      </c>
+    </row>
+    <row r="452" spans="1:5" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A452" s="24" t="s">
+        <v>1138</v>
+      </c>
+      <c r="B452" s="15">
+        <v>38402</v>
+      </c>
+      <c r="C452" s="33">
+        <v>0.15347222222222223</v>
+      </c>
+      <c r="D452" s="16"/>
+      <c r="E452" s="16" t="s">
+        <v>1139</v>
+      </c>
+    </row>
+    <row r="453" spans="1:5" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A453" s="24" t="s">
+        <v>1136</v>
+      </c>
+      <c r="B453" s="15">
+        <v>38171</v>
+      </c>
+      <c r="C453" s="33">
+        <v>0.76041666666666663</v>
+      </c>
+      <c r="D453" s="16"/>
+      <c r="E453" s="16" t="s">
+        <v>1137</v>
+      </c>
+    </row>
+    <row r="454" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A454" s="24" t="s">
+        <v>1135</v>
+      </c>
+      <c r="B454" s="15">
+        <v>37944</v>
+      </c>
+      <c r="C454" s="33">
+        <v>0.24236111111111111</v>
+      </c>
+      <c r="D454" s="33">
+        <v>0.26250000000000001</v>
+      </c>
+      <c r="E454" s="16" t="s">
+        <v>1119</v>
+      </c>
+    </row>
+    <row r="455" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A455" s="24" t="s">
+        <v>1134</v>
+      </c>
+      <c r="B455" s="15">
+        <v>37943</v>
+      </c>
+      <c r="C455" s="33">
+        <v>0.24652777777777779</v>
+      </c>
+      <c r="D455" s="33">
+        <v>0.26666666666666666</v>
+      </c>
+      <c r="E455" s="16" t="s">
+        <v>1102</v>
+      </c>
+    </row>
+    <row r="456" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A456" s="24" t="s">
+        <v>1133</v>
+      </c>
+      <c r="B456" s="15">
+        <v>37942</v>
+      </c>
+      <c r="C456" s="33">
+        <v>0.28472222222222221</v>
+      </c>
+      <c r="D456" s="33">
+        <v>0.30486111111111108</v>
+      </c>
+      <c r="E456" s="16" t="s">
+        <v>1102</v>
+      </c>
+    </row>
+    <row r="457" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A457" s="24" t="s">
+        <v>1132</v>
+      </c>
+      <c r="B457" s="15">
+        <v>37941</v>
+      </c>
+      <c r="C457" s="33">
+        <v>0.25555555555555559</v>
+      </c>
+      <c r="D457" s="33">
+        <v>0.27499999999999997</v>
+      </c>
+      <c r="E457" s="16" t="s">
+        <v>1102</v>
+      </c>
+    </row>
+    <row r="458" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A458" s="24" t="s">
+        <v>1130</v>
+      </c>
+      <c r="B458" s="15">
+        <v>37939</v>
+      </c>
+      <c r="C458" s="33">
+        <v>0.78125</v>
+      </c>
+      <c r="D458" s="17">
+        <v>0.87523148148148155</v>
+      </c>
+      <c r="E458" s="16" t="s">
+        <v>1131</v>
+      </c>
+    </row>
+    <row r="459" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A459" s="24" t="s">
+        <v>1129</v>
+      </c>
+      <c r="B459" s="15">
+        <v>37934</v>
+      </c>
+      <c r="C459" s="33">
+        <v>0.28472222222222221</v>
+      </c>
+      <c r="D459" s="33">
+        <v>0.30486111111111108</v>
+      </c>
+      <c r="E459" s="16" t="s">
+        <v>1102</v>
+      </c>
+    </row>
+    <row r="460" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A460" s="24" t="s">
+        <v>1128</v>
+      </c>
+      <c r="B460" s="15">
+        <v>37933</v>
+      </c>
+      <c r="C460" s="33">
+        <v>0.28888888888888892</v>
+      </c>
+      <c r="D460" s="33">
+        <v>0.30902777777777779</v>
+      </c>
+      <c r="E460" s="16" t="s">
+        <v>1102</v>
+      </c>
+    </row>
+    <row r="461" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A461" s="24" t="s">
+        <v>1126</v>
+      </c>
+      <c r="B461" s="15">
+        <v>37932</v>
+      </c>
+      <c r="C461" s="33">
+        <v>0.36180555555555555</v>
+      </c>
+      <c r="D461" s="33">
+        <v>0.38194444444444442</v>
+      </c>
+      <c r="E461" s="16" t="s">
+        <v>1102</v>
+      </c>
+    </row>
+    <row r="462" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A462" s="24" t="s">
+        <v>1126</v>
+      </c>
+      <c r="B462" s="15">
+        <v>37932</v>
+      </c>
+      <c r="C462" s="33">
+        <v>0.2951388888888889</v>
+      </c>
+      <c r="D462" s="33">
+        <v>0.31597222222222221</v>
+      </c>
+      <c r="E462" s="16" t="s">
+        <v>1127</v>
+      </c>
+    </row>
+    <row r="463" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A463" s="24" t="s">
+        <v>1123</v>
+      </c>
+      <c r="B463" s="15">
+        <v>37932</v>
+      </c>
+      <c r="C463" s="33">
+        <v>0.25347222222222221</v>
+      </c>
+      <c r="D463" s="33">
+        <v>0.27430555555555552</v>
+      </c>
+      <c r="E463" s="16" t="s">
+        <v>1125</v>
+      </c>
+    </row>
+    <row r="464" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A464" s="24" t="s">
+        <v>1123</v>
+      </c>
+      <c r="B464" s="15">
+        <v>37932</v>
+      </c>
+      <c r="C464" s="33">
+        <v>0.22500000000000001</v>
+      </c>
+      <c r="D464" s="33">
+        <v>0.24583333333333335</v>
+      </c>
+      <c r="E464" s="16" t="s">
+        <v>1124</v>
+      </c>
+    </row>
+    <row r="465" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A465" s="24" t="s">
+        <v>1121</v>
+      </c>
+      <c r="B465" s="15">
+        <v>37631</v>
+      </c>
+      <c r="C465" s="17">
+        <v>0.34965277777777781</v>
+      </c>
+      <c r="D465" s="33">
+        <v>0.37013888888888885</v>
+      </c>
+      <c r="E465" s="16" t="s">
+        <v>1122</v>
+      </c>
+    </row>
+    <row r="466" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A466" s="24" t="s">
+        <v>1118</v>
+      </c>
+      <c r="B466" s="15">
+        <v>37631</v>
+      </c>
+      <c r="C466" s="33">
+        <v>0.31527777777777777</v>
+      </c>
+      <c r="D466" s="33">
+        <v>0.33611111111111108</v>
+      </c>
+      <c r="E466" s="16" t="s">
+        <v>1120</v>
+      </c>
+    </row>
+    <row r="467" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A467" s="24" t="s">
+        <v>1118</v>
+      </c>
+      <c r="B467" s="15">
+        <v>37631</v>
+      </c>
+      <c r="C467" s="33">
+        <v>0.27986111111111112</v>
+      </c>
+      <c r="D467" s="33">
+        <v>0.2986111111111111</v>
+      </c>
+      <c r="E467" s="16" t="s">
+        <v>1119</v>
+      </c>
+    </row>
+    <row r="468" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A468" s="24" t="s">
+        <v>1116</v>
+      </c>
+      <c r="B468" s="15">
+        <v>37582</v>
+      </c>
+      <c r="C468" s="33">
+        <v>0.94166666666666676</v>
+      </c>
+      <c r="D468" s="33">
+        <v>0.94791666666666663</v>
+      </c>
+      <c r="E468" s="16" t="s">
+        <v>1117</v>
+      </c>
+    </row>
+    <row r="469" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A469" s="24" t="s">
+        <v>1114</v>
+      </c>
+      <c r="B469" s="15">
+        <v>37581</v>
+      </c>
+      <c r="C469" s="17">
+        <v>0.91810185185185178</v>
+      </c>
+      <c r="D469" s="17">
+        <v>0.96368055555555554</v>
+      </c>
+      <c r="E469" s="16" t="s">
+        <v>1115</v>
+      </c>
+    </row>
+    <row r="470" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A470" s="24" t="s">
+        <v>1111</v>
+      </c>
+      <c r="B470" s="16" t="s">
+        <v>1112</v>
+      </c>
+      <c r="C470" s="17">
+        <v>0.9390856481481481</v>
+      </c>
+      <c r="D470" s="17">
+        <v>5.3090277777777778E-2</v>
+      </c>
+      <c r="E470" s="16" t="s">
+        <v>1113</v>
+      </c>
+    </row>
+    <row r="471" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A471" s="24" t="s">
+        <v>1108</v>
+      </c>
+      <c r="B471" s="15">
+        <v>37552</v>
+      </c>
+      <c r="C471" s="33">
+        <v>0.4145833333333333</v>
+      </c>
+      <c r="D471" s="33">
+        <v>0.43541666666666662</v>
+      </c>
+      <c r="E471" s="16" t="s">
+        <v>1110</v>
+      </c>
+    </row>
+    <row r="472" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A472" s="24" t="s">
+        <v>1108</v>
+      </c>
+      <c r="B472" s="15">
+        <v>37552</v>
+      </c>
+      <c r="C472" s="33">
+        <v>0.34652777777777777</v>
+      </c>
+      <c r="D472" s="33">
+        <v>0.36736111111111108</v>
+      </c>
+      <c r="E472" s="16" t="s">
+        <v>1109</v>
+      </c>
+    </row>
+    <row r="473" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A473" s="24" t="s">
+        <v>1106</v>
+      </c>
+      <c r="B473" s="15">
+        <v>37552</v>
+      </c>
+      <c r="C473" s="33">
+        <v>0.27708333333333335</v>
+      </c>
+      <c r="D473" s="33">
+        <v>0.29791666666666666</v>
+      </c>
+      <c r="E473" s="16" t="s">
+        <v>1107</v>
+      </c>
+    </row>
+    <row r="474" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A474" s="24" t="s">
+        <v>1106</v>
+      </c>
+      <c r="B474" s="15">
+        <v>37552</v>
+      </c>
+      <c r="C474" s="33">
+        <v>0.22569444444444445</v>
+      </c>
+      <c r="D474" s="33">
+        <v>0.24444444444444446</v>
+      </c>
+      <c r="E474" s="16" t="s">
+        <v>1102</v>
+      </c>
+    </row>
+    <row r="475" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A475" s="24" t="s">
+        <v>1104</v>
+      </c>
+      <c r="B475" s="15">
+        <v>37545</v>
+      </c>
+      <c r="C475" s="17">
+        <v>0.4304398148148148</v>
+      </c>
+      <c r="D475" s="17">
+        <v>0.50105324074074076</v>
+      </c>
+      <c r="E475" s="16" t="s">
+        <v>1105</v>
+      </c>
+    </row>
+    <row r="476" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A476" s="24" t="s">
+        <v>1103</v>
+      </c>
+      <c r="B476" s="15">
+        <v>37466</v>
+      </c>
+      <c r="C476" s="33">
+        <v>0.32222222222222224</v>
+      </c>
+      <c r="D476" s="33">
+        <v>0.34097222222222223</v>
+      </c>
+      <c r="E476" s="16" t="s">
+        <v>1102</v>
+      </c>
+    </row>
+    <row r="477" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A477" s="24" t="s">
         <v>1101</v>
       </c>
-      <c r="B415" s="15">
+      <c r="B477" s="15">
         <v>37455</v>
       </c>
-      <c r="C415" s="33">
+      <c r="C477" s="33">
         <v>0.26527777777777778</v>
       </c>
-      <c r="D415" s="33">
+      <c r="D477" s="33">
         <v>0.28402777777777777</v>
       </c>
-      <c r="E415" s="16" t="s">
+      <c r="E477" s="16" t="s">
         <v>1102</v>
       </c>
     </row>
-    <row r="416" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
-      <c r="A416" s="24" t="s">
+    <row r="478" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A478" s="24" t="s">
         <v>1395</v>
       </c>
-      <c r="B416" s="15">
+      <c r="B478" s="15">
         <v>37454</v>
       </c>
-      <c r="C416" s="16"/>
-      <c r="D416" s="33">
+      <c r="C478" s="16"/>
+      <c r="D478" s="33">
         <v>0.87361111111111101</v>
       </c>
-      <c r="E416" s="16" t="s">
+      <c r="E478" s="16" t="s">
         <v>1396</v>
       </c>
     </row>
-    <row r="417" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
-      <c r="A417" s="24" t="s">
+    <row r="479" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A479" s="24" t="s">
         <v>1395</v>
       </c>
-      <c r="B417" s="15">
+      <c r="B479" s="15">
         <v>37454</v>
       </c>
-      <c r="C417" s="33">
+      <c r="C479" s="33">
         <v>0.84097222222222223</v>
       </c>
-      <c r="D417" s="33">
+      <c r="D479" s="33">
         <v>0.86875000000000002</v>
       </c>
-      <c r="E417" s="16" t="s">
+      <c r="E479" s="16" t="s">
         <v>1397</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A1:E1"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>4</vt:i4>
       </vt:variant>