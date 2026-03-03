--- v1 (2026-01-19)
+++ v2 (2026-03-03)
@@ -1,78 +1,78 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29530"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\wmathews\Documents\AIRS\Web\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{DB4AD4A1-A8F4-4FA4-9F7C-5870088E63A1}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{F010B57C-0D8A-4659-BCCB-8E59F1451868}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="9700" yWindow="3530" windowWidth="28800" windowHeight="15460" activeTab="3" xr2:uid="{26D6E6B2-0BA6-410B-8AD7-8C3D41E9870F}"/>
+    <workbookView xWindow="23670" yWindow="4130" windowWidth="28800" windowHeight="15460" activeTab="3" xr2:uid="{26D6E6B2-0BA6-410B-8AD7-8C3D41E9870F}"/>
   </bookViews>
   <sheets>
     <sheet name="Anomalies" sheetId="1" r:id="rId1"/>
     <sheet name="ThrusterBurn" sheetId="2" r:id="rId2"/>
     <sheet name="MLC_Guard" sheetId="3" r:id="rId3"/>
     <sheet name="Other" sheetId="4" r:id="rId4"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2370" uniqueCount="1731">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2471" uniqueCount="1768">
   <si>
     <t>Start Time (UTC)</t>
   </si>
   <si>
     <t>End Time (UTC)</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>27 June 2002-15:40:30</t>
   </si>
   <si>
     <t>28 June 2002-  20:36</t>
   </si>
   <si>
     <t>Safing event. The AIRS/AMSU/HSB instrument suite did not collect data (all times are approximate to several minutes)</t>
   </si>
   <si>
     <t>29 July 2002-14:14:13</t>
   </si>
   <si>
     <t>30 August 2002-09:25:10</t>
   </si>
   <si>
@@ -5221,57 +5221,168 @@
     <t>2025/347</t>
   </si>
   <si>
     <t>2025/353</t>
   </si>
   <si>
     <t>2025/349</t>
   </si>
   <si>
     <t>DAM 166</t>
   </si>
   <si>
     <t>2025/354</t>
   </si>
   <si>
     <t>DAM 167</t>
   </si>
   <si>
     <t>2025/358</t>
   </si>
   <si>
     <t>11:52:42 – 13:39:35</t>
   </si>
   <si>
     <t>01:13:09 – 03:00:02</t>
+  </si>
+  <si>
+    <t>19 January 2026 - 03:13:31</t>
+  </si>
+  <si>
+    <t>28 January 2026 - 22:50</t>
+  </si>
+  <si>
+    <t>On January 19th 2026, AIRS PV detector data began drifting and eventually saturated.  The cause was discovered to be that DC restore commands, normally executed every 20 minutes, had stopped.  The time of the stoppage coincided with a rollover of spacecraft time from 31 bits to 32 bits.  The guard test on January 28 stopped and restarted the periodic DC Restore commands, which resumed their normal execution. The AIRS instrument itself remained fully operational throughout the anomaly.  The detectors were not damaged during the incident.</t>
+  </si>
+  <si>
+    <t>2025/365</t>
+  </si>
+  <si>
+    <t>363/22:23:00</t>
+  </si>
+  <si>
+    <t>363/22:50:00</t>
+  </si>
+  <si>
+    <t>2026/030</t>
+  </si>
+  <si>
+    <t>028/22:23:00</t>
+  </si>
+  <si>
+    <t>028/22:50:00</t>
+  </si>
+  <si>
+    <t>2025/356</t>
+  </si>
+  <si>
+    <t>2025/357</t>
+  </si>
+  <si>
+    <t>2025/363</t>
+  </si>
+  <si>
+    <t>2025/364</t>
+  </si>
+  <si>
+    <t>2026/001</t>
+  </si>
+  <si>
+    <t>2026/002</t>
+  </si>
+  <si>
+    <t>2026/003</t>
+  </si>
+  <si>
+    <t>2026/004</t>
+  </si>
+  <si>
+    <t>2026/005</t>
+  </si>
+  <si>
+    <t>2026/008</t>
+  </si>
+  <si>
+    <t>2026/014</t>
+  </si>
+  <si>
+    <t>2026/015</t>
+  </si>
+  <si>
+    <t>2026/016</t>
+  </si>
+  <si>
+    <t>2026/018</t>
+  </si>
+  <si>
+    <t>2026/020</t>
+  </si>
+  <si>
+    <t>2026/022</t>
+  </si>
+  <si>
+    <t>2026/026</t>
+  </si>
+  <si>
+    <t>2026/027</t>
+  </si>
+  <si>
+    <t>2026/028</t>
+  </si>
+  <si>
+    <t>2026/033</t>
+  </si>
+  <si>
+    <t>2026/034</t>
+  </si>
+  <si>
+    <t>2026/035</t>
+  </si>
+  <si>
+    <t>2026/037</t>
+  </si>
+  <si>
+    <t>2026/038</t>
+  </si>
+  <si>
+    <t>2026/040</t>
+  </si>
+  <si>
+    <t>2026/043</t>
+  </si>
+  <si>
+    <t>2026/045</t>
+  </si>
+  <si>
+    <t>2026/048</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <fonts count="9" x14ac:knownFonts="1">
+  <fonts count="10" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Times New Roman"/>
       <family val="1"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <color theme="1"/>
@@ -5294,60 +5405,65 @@
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
+    <font>
+      <sz val="10"/>
+      <name val="Times New Roman"/>
+      <family val="1"/>
+    </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
-  <borders count="11">
+  <borders count="12">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color indexed="64"/>
       </left>
       <right style="medium">
         <color indexed="64"/>
       </right>
       <top style="medium">
         <color indexed="64"/>
       </top>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="medium">
@@ -5431,55 +5547,64 @@
     </border>
     <border>
       <left style="medium">
         <color indexed="64"/>
       </left>
       <right style="medium">
         <color indexed="64"/>
       </right>
       <top style="medium">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color indexed="64"/>
       </left>
       <right/>
       <top style="medium">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom style="medium">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="60">
+  <cellXfs count="62">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="15" fontId="2" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
@@ -5593,69 +5718,75 @@
     </xf>
     <xf numFmtId="16" fontId="6" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="21" fontId="6" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="21" fontId="6" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office 2013 - 2022 Theme">
@@ -5948,281 +6079,292 @@
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings4.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{153D1CA7-CDF8-4859-8954-6D4209FC02F6}">
-  <dimension ref="A1:C19"/>
+  <dimension ref="A1:C20"/>
   <sheetViews>
-    <sheetView topLeftCell="A13" workbookViewId="0">
-      <selection activeCell="C3" sqref="C3"/>
+    <sheetView workbookViewId="0">
+      <selection activeCell="C2" sqref="C2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.81640625" defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
     <col min="1" max="1" width="22.1796875" customWidth="1"/>
     <col min="2" max="2" width="21.26953125" customWidth="1"/>
     <col min="3" max="3" width="51.453125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:3" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>2</v>
       </c>
     </row>
-    <row r="2" spans="1:3" ht="65.5" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="2" spans="1:3" ht="117.5" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A2" s="41" t="s">
+        <v>1731</v>
+      </c>
+      <c r="B2" s="41" t="s">
+        <v>1732</v>
+      </c>
+      <c r="C2" s="60" t="s">
+        <v>1733</v>
+      </c>
+    </row>
+    <row r="3" spans="1:3" ht="65.5" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A3" s="41" t="s">
         <v>1299</v>
       </c>
-      <c r="B2" s="37" t="s">
+      <c r="B3" s="37" t="s">
         <v>1300</v>
       </c>
-      <c r="C2" s="4" t="s">
+      <c r="C3" s="4" t="s">
         <v>1301</v>
       </c>
     </row>
-    <row r="3" spans="1:3" ht="91.5" thickBot="1" x14ac:dyDescent="0.4">
-      <c r="A3" s="42" t="s">
+    <row r="4" spans="1:3" ht="91.5" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A4" s="42" t="s">
         <v>1303</v>
       </c>
-      <c r="B3" s="43" t="s">
+      <c r="B4" s="43" t="s">
         <v>1304</v>
       </c>
-      <c r="C3" s="4" t="s">
+      <c r="C4" s="4" t="s">
         <v>1469</v>
       </c>
     </row>
-    <row r="4" spans="1:3" ht="117.5" thickBot="1" x14ac:dyDescent="0.4">
-      <c r="A4" s="3" t="s">
+    <row r="5" spans="1:3" ht="117.5" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A5" s="3" t="s">
         <v>41</v>
       </c>
-      <c r="B4" s="4" t="s">
+      <c r="B5" s="4" t="s">
         <v>1201</v>
       </c>
-      <c r="C4" s="4" t="s">
+      <c r="C5" s="4" t="s">
         <v>42</v>
       </c>
     </row>
-    <row r="5" spans="1:3" ht="117.5" thickBot="1" x14ac:dyDescent="0.4">
-      <c r="A5" s="36" t="s">
+    <row r="6" spans="1:3" ht="117.5" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A6" s="36" t="s">
         <v>1297</v>
       </c>
-      <c r="B5" s="37" t="s">
+      <c r="B6" s="37" t="s">
         <v>1298</v>
       </c>
-      <c r="C5" s="4" t="s">
+      <c r="C6" s="4" t="s">
         <v>1302</v>
       </c>
     </row>
-    <row r="6" spans="1:3" ht="78.5" thickBot="1" x14ac:dyDescent="0.4">
-      <c r="A6" s="3" t="s">
+    <row r="7" spans="1:3" ht="78.5" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A7" s="3" t="s">
         <v>38</v>
       </c>
-      <c r="B6" s="4" t="s">
+      <c r="B7" s="4" t="s">
         <v>39</v>
       </c>
-      <c r="C6" s="4" t="s">
+      <c r="C7" s="4" t="s">
         <v>40</v>
       </c>
     </row>
-    <row r="7" spans="1:3" ht="39.5" thickBot="1" x14ac:dyDescent="0.4">
-      <c r="A7" s="5">
+    <row r="8" spans="1:3" ht="39.5" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A8" s="5">
         <v>42637</v>
       </c>
-      <c r="B7" s="6"/>
-      <c r="C7" s="4" t="s">
+      <c r="B8" s="6"/>
+      <c r="C8" s="4" t="s">
         <v>37</v>
       </c>
     </row>
-    <row r="8" spans="1:3" ht="104.5" thickBot="1" x14ac:dyDescent="0.4">
-      <c r="A8" s="3" t="s">
+    <row r="9" spans="1:3" ht="104.5" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A9" s="3" t="s">
         <v>34</v>
       </c>
-      <c r="B8" s="4" t="s">
+      <c r="B9" s="4" t="s">
         <v>35</v>
       </c>
-      <c r="C8" s="4" t="s">
+      <c r="C9" s="4" t="s">
         <v>36</v>
       </c>
     </row>
-    <row r="9" spans="1:3" ht="52.5" thickBot="1" x14ac:dyDescent="0.4">
-      <c r="A9" s="3" t="s">
+    <row r="10" spans="1:3" ht="52.5" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A10" s="3" t="s">
         <v>31</v>
       </c>
-      <c r="B9" s="4" t="s">
+      <c r="B10" s="4" t="s">
         <v>32</v>
       </c>
-      <c r="C9" s="4" t="s">
+      <c r="C10" s="4" t="s">
         <v>33</v>
       </c>
     </row>
-    <row r="10" spans="1:3" ht="117.5" thickBot="1" x14ac:dyDescent="0.4">
-      <c r="A10" s="3" t="s">
+    <row r="11" spans="1:3" ht="117.5" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A11" s="3" t="s">
         <v>28</v>
       </c>
-      <c r="B10" s="4" t="s">
+      <c r="B11" s="4" t="s">
         <v>29</v>
       </c>
-      <c r="C10" s="4" t="s">
+      <c r="C11" s="4" t="s">
         <v>30</v>
       </c>
     </row>
-    <row r="11" spans="1:3" ht="169.5" thickBot="1" x14ac:dyDescent="0.4">
-      <c r="A11" s="3" t="s">
+    <row r="12" spans="1:3" ht="169.5" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A12" s="3" t="s">
         <v>25</v>
       </c>
-      <c r="B11" s="4" t="s">
+      <c r="B12" s="4" t="s">
         <v>26</v>
       </c>
-      <c r="C11" s="4" t="s">
+      <c r="C12" s="4" t="s">
         <v>27</v>
       </c>
     </row>
-    <row r="12" spans="1:3" ht="65.5" thickBot="1" x14ac:dyDescent="0.4">
-      <c r="A12" s="3" t="s">
+    <row r="13" spans="1:3" ht="65.5" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A13" s="3" t="s">
         <v>22</v>
       </c>
-      <c r="B12" s="4" t="s">
+      <c r="B13" s="4" t="s">
         <v>23</v>
       </c>
-      <c r="C12" s="4" t="s">
+      <c r="C13" s="4" t="s">
         <v>24</v>
       </c>
     </row>
-    <row r="13" spans="1:3" ht="78.5" thickBot="1" x14ac:dyDescent="0.4">
-[...10 lines deleted...]
-    <row r="14" spans="1:3" ht="104.5" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="14" spans="1:3" ht="78.5" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A14" s="3" t="s">
         <v>17</v>
       </c>
       <c r="B14" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="C14" s="4" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="15" spans="1:3" ht="104.5" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A15" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="B15" s="4" t="s">
         <v>18</v>
       </c>
-      <c r="C14" s="4" t="s">
+      <c r="C15" s="4" t="s">
         <v>19</v>
-      </c>
-[...9 lines deleted...]
-        <v>16</v>
       </c>
     </row>
     <row r="16" spans="1:3" ht="26.5" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A16" s="3" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="B16" s="4" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="C16" s="4" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
     </row>
     <row r="17" spans="1:3" ht="26.5" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A17" s="3" t="s">
+        <v>11</v>
+      </c>
+      <c r="B17" s="4" t="s">
+        <v>12</v>
+      </c>
+      <c r="C17" s="4" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="18" spans="1:3" ht="26.5" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A18" s="3" t="s">
         <v>9</v>
       </c>
-      <c r="B17" s="4" t="s">
+      <c r="B18" s="4" t="s">
         <v>10</v>
       </c>
-      <c r="C17" s="4" t="s">
+      <c r="C18" s="4" t="s">
         <v>5</v>
       </c>
     </row>
-    <row r="18" spans="1:3" ht="52.5" thickBot="1" x14ac:dyDescent="0.4">
-      <c r="A18" s="40" t="s">
+    <row r="19" spans="1:3" ht="52.5" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A19" s="40" t="s">
         <v>6</v>
       </c>
-      <c r="B18" s="40" t="s">
+      <c r="B19" s="40" t="s">
         <v>7</v>
       </c>
-      <c r="C18" s="40" t="s">
+      <c r="C19" s="40" t="s">
         <v>8</v>
       </c>
     </row>
-    <row r="19" spans="1:3" ht="26" x14ac:dyDescent="0.35">
-      <c r="A19" s="38" t="s">
+    <row r="20" spans="1:3" ht="26" x14ac:dyDescent="0.35">
+      <c r="A20" s="38" t="s">
         <v>3</v>
       </c>
-      <c r="B19" s="39" t="s">
+      <c r="B20" s="39" t="s">
         <v>4</v>
       </c>
-      <c r="C19" s="39" t="s">
+      <c r="C20" s="39" t="s">
         <v>5</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{FE51E8FE-4AC8-4007-B2AF-051584C2448D}">
   <dimension ref="A1:E254"/>
   <sheetViews>
-    <sheetView topLeftCell="A12" workbookViewId="0">
+    <sheetView workbookViewId="0">
       <selection activeCell="E4" sqref="E4"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.81640625" defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
     <col min="1" max="1" width="20" customWidth="1"/>
     <col min="2" max="2" width="13" customWidth="1"/>
     <col min="4" max="4" width="16" customWidth="1"/>
     <col min="5" max="5" width="35.453125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A1" s="47" t="s">
         <v>43</v>
       </c>
       <c r="B1" s="48"/>
       <c r="C1" s="48"/>
       <c r="D1" s="48"/>
       <c r="E1" s="49"/>
     </row>
     <row r="2" spans="1:5" x14ac:dyDescent="0.35">
       <c r="A2" s="7" t="s">
         <v>44</v>
       </c>
       <c r="B2" s="50" t="s">
@@ -10507,5481 +10649,5529 @@
       <c r="C254" s="11">
         <v>44023</v>
       </c>
       <c r="D254" s="12">
         <v>0.63055555555555554</v>
       </c>
       <c r="E254" s="10" t="s">
         <v>52</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="5">
     <mergeCell ref="A1:E1"/>
     <mergeCell ref="B2:B3"/>
     <mergeCell ref="C2:C3"/>
     <mergeCell ref="D2:D3"/>
     <mergeCell ref="E2:E3"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{A5DEBD50-F884-4E45-B90F-B61463F55532}">
-  <dimension ref="A1:F273"/>
+  <dimension ref="A1:F276"/>
   <sheetViews>
     <sheetView workbookViewId="0">
-      <selection activeCell="F3" sqref="F3"/>
+      <selection activeCell="F4" sqref="F4"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.81640625" defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
     <col min="1" max="1" width="19.1796875" customWidth="1"/>
     <col min="2" max="2" width="11.453125" customWidth="1"/>
     <col min="3" max="3" width="12.453125" customWidth="1"/>
     <col min="4" max="4" width="12.7265625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" ht="15.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
-      <c r="A1" s="56" t="s">
+      <c r="A1" s="57" t="s">
         <v>735</v>
       </c>
-      <c r="B1" s="57"/>
-[...3 lines deleted...]
-      <c r="F1" s="57"/>
+      <c r="B1" s="58"/>
+      <c r="C1" s="58"/>
+      <c r="D1" s="58"/>
+      <c r="E1" s="58"/>
+      <c r="F1" s="58"/>
     </row>
     <row r="2" spans="1:6" ht="30" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A2" s="26" t="s">
         <v>46</v>
       </c>
       <c r="B2" s="14" t="s">
         <v>47</v>
       </c>
       <c r="C2" s="14" t="s">
         <v>736</v>
       </c>
       <c r="D2" s="21" t="s">
         <v>737</v>
       </c>
       <c r="E2" s="26" t="s">
         <v>738</v>
       </c>
       <c r="F2" s="26" t="s">
         <v>739</v>
       </c>
     </row>
     <row r="3" spans="1:6" ht="15.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
-      <c r="A3" s="9" t="s">
-[...16 lines deleted...]
-      </c>
+      <c r="A3" s="32"/>
+      <c r="B3" s="14"/>
+      <c r="C3" s="14"/>
+      <c r="D3" s="61"/>
+      <c r="E3" s="21"/>
+      <c r="F3" s="26"/>
     </row>
     <row r="4" spans="1:6" ht="15.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A4" s="9" t="s">
-        <v>1692</v>
+        <v>1737</v>
       </c>
       <c r="B4" s="11">
-        <v>45965</v>
+        <v>46052</v>
       </c>
       <c r="C4" s="28" t="s">
-        <v>1693</v>
+        <v>1738</v>
       </c>
       <c r="D4" s="10" t="s">
-        <v>1694</v>
+        <v>1739</v>
       </c>
       <c r="E4" s="20">
-        <v>0.16250000000000001</v>
+        <v>0.3576388888888889</v>
       </c>
       <c r="F4" s="29">
-        <v>0.17916666666666667</v>
+        <v>0.37430555555555556</v>
       </c>
     </row>
     <row r="5" spans="1:6" ht="15.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A5" s="9" t="s">
-        <v>1682</v>
+        <v>1734</v>
       </c>
       <c r="B5" s="11">
-        <v>45934</v>
+        <v>46022</v>
       </c>
       <c r="C5" s="28" t="s">
-        <v>1683</v>
+        <v>1735</v>
       </c>
       <c r="D5" s="10" t="s">
-        <v>1684</v>
+        <v>1736</v>
       </c>
       <c r="E5" s="20">
-        <v>0.71111111111111114</v>
+        <v>0.85486111111111107</v>
       </c>
       <c r="F5" s="29">
-        <v>0.7270833333333333</v>
+        <v>0.86944444444444446</v>
       </c>
     </row>
     <row r="6" spans="1:6" ht="15.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A6" s="9" t="s">
-        <v>1678</v>
+        <v>1695</v>
       </c>
       <c r="B6" s="11">
-        <v>45906</v>
+        <v>45994</v>
       </c>
       <c r="C6" s="28" t="s">
-        <v>1679</v>
+        <v>1696</v>
       </c>
       <c r="D6" s="10" t="s">
-        <v>1681</v>
-[...4 lines deleted...]
-      <c r="F6" s="55"/>
+        <v>1697</v>
+      </c>
+      <c r="E6" s="20">
+        <v>0.59097222222222223</v>
+      </c>
+      <c r="F6" s="29">
+        <v>0.60902777777777772</v>
+      </c>
     </row>
     <row r="7" spans="1:6" ht="15.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A7" s="9" t="s">
-        <v>1670</v>
+        <v>1692</v>
       </c>
       <c r="B7" s="11">
-        <v>45876</v>
+        <v>45965</v>
       </c>
       <c r="C7" s="28" t="s">
-        <v>1671</v>
+        <v>1693</v>
       </c>
       <c r="D7" s="10" t="s">
-        <v>1680</v>
-[...4 lines deleted...]
-      <c r="F7" s="55"/>
+        <v>1694</v>
+      </c>
+      <c r="E7" s="20">
+        <v>0.16250000000000001</v>
+      </c>
+      <c r="F7" s="29">
+        <v>0.17916666666666667</v>
+      </c>
     </row>
     <row r="8" spans="1:6" ht="15.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A8" s="9" t="s">
-        <v>1667</v>
+        <v>1682</v>
       </c>
       <c r="B8" s="11">
-        <v>45846</v>
+        <v>45934</v>
       </c>
       <c r="C8" s="28" t="s">
-        <v>1668</v>
+        <v>1683</v>
       </c>
       <c r="D8" s="10" t="s">
-        <v>1669</v>
-[...4 lines deleted...]
-      <c r="F8" s="55"/>
+        <v>1684</v>
+      </c>
+      <c r="E8" s="20">
+        <v>0.71111111111111114</v>
+      </c>
+      <c r="F8" s="29">
+        <v>0.7270833333333333</v>
+      </c>
     </row>
     <row r="9" spans="1:6" ht="15.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A9" s="9" t="s">
-        <v>1652</v>
+        <v>1678</v>
       </c>
       <c r="B9" s="11">
-        <v>45816</v>
+        <v>45906</v>
       </c>
       <c r="C9" s="28" t="s">
-        <v>1653</v>
+        <v>1679</v>
       </c>
       <c r="D9" s="10" t="s">
-        <v>1654</v>
-[...6 lines deleted...]
-      </c>
+        <v>1681</v>
+      </c>
+      <c r="E9" s="55" t="s">
+        <v>885</v>
+      </c>
+      <c r="F9" s="56"/>
     </row>
     <row r="10" spans="1:6" ht="15.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A10" s="9" t="s">
+        <v>1670</v>
+      </c>
+      <c r="B10" s="11">
+        <v>45876</v>
+      </c>
+      <c r="C10" s="28" t="s">
+        <v>1671</v>
+      </c>
+      <c r="D10" s="10" t="s">
+        <v>1680</v>
+      </c>
+      <c r="E10" s="55" t="s">
+        <v>885</v>
+      </c>
+      <c r="F10" s="56"/>
+    </row>
+    <row r="11" spans="1:6" ht="15.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A11" s="9" t="s">
+        <v>1667</v>
+      </c>
+      <c r="B11" s="11">
+        <v>45846</v>
+      </c>
+      <c r="C11" s="28" t="s">
+        <v>1668</v>
+      </c>
+      <c r="D11" s="10" t="s">
+        <v>1669</v>
+      </c>
+      <c r="E11" s="55" t="s">
+        <v>885</v>
+      </c>
+      <c r="F11" s="56"/>
+    </row>
+    <row r="12" spans="1:6" ht="15.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A12" s="9" t="s">
+        <v>1652</v>
+      </c>
+      <c r="B12" s="11">
+        <v>45816</v>
+      </c>
+      <c r="C12" s="28" t="s">
+        <v>1653</v>
+      </c>
+      <c r="D12" s="10" t="s">
+        <v>1654</v>
+      </c>
+      <c r="E12" s="20">
+        <v>5.6944444444444443E-2</v>
+      </c>
+      <c r="F12" s="29">
+        <v>7.6388888888888895E-2</v>
+      </c>
+    </row>
+    <row r="13" spans="1:6" ht="15.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A13" s="9" t="s">
         <v>1649</v>
       </c>
-      <c r="B10" s="11">
+      <c r="B13" s="11">
         <v>45786</v>
       </c>
-      <c r="C10" s="28" t="s">
+      <c r="C13" s="28" t="s">
         <v>1650</v>
       </c>
-      <c r="D10" s="10" t="s">
+      <c r="D13" s="10" t="s">
         <v>1651</v>
       </c>
-      <c r="E10" s="20">
+      <c r="E13" s="20">
         <v>0.60972222222222228</v>
       </c>
-      <c r="F10" s="29">
+      <c r="F13" s="29">
         <v>0.62638888888888888</v>
-      </c>
-[...58 lines deleted...]
-        <v>0.95763888888888893</v>
       </c>
     </row>
     <row r="14" spans="1:6" ht="15.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A14" s="9" t="s">
-        <v>1491</v>
+        <v>1500</v>
       </c>
       <c r="B14" s="11">
-        <v>45667</v>
+        <v>45756</v>
       </c>
       <c r="C14" s="28" t="s">
-        <v>1492</v>
+        <v>1501</v>
       </c>
       <c r="D14" s="10" t="s">
-        <v>1493</v>
+        <v>1502</v>
       </c>
       <c r="E14" s="20">
-        <v>0.4861111111111111</v>
+        <v>0.95138888888888884</v>
       </c>
       <c r="F14" s="29">
-        <v>0.50069444444444444</v>
+        <v>0.96736111111111101</v>
       </c>
     </row>
     <row r="15" spans="1:6" ht="15.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A15" s="9" t="s">
-        <v>1488</v>
+        <v>1497</v>
       </c>
       <c r="B15" s="11">
-        <v>45638</v>
+        <v>45726</v>
       </c>
       <c r="C15" s="28" t="s">
-        <v>1489</v>
+        <v>1498</v>
       </c>
       <c r="D15" s="10" t="s">
-        <v>1490</v>
+        <v>1499</v>
       </c>
       <c r="E15" s="20">
-        <v>0.85555555555555562</v>
+        <v>0.39652777777777781</v>
       </c>
       <c r="F15" s="29">
-        <v>0.87083333333333324</v>
+        <v>0.41111111111111115</v>
       </c>
     </row>
     <row r="16" spans="1:6" ht="15.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A16" s="9" t="s">
-        <v>1485</v>
+        <v>1494</v>
       </c>
       <c r="B16" s="11">
-        <v>45609</v>
+        <v>45696</v>
       </c>
       <c r="C16" s="28" t="s">
-        <v>1486</v>
+        <v>1495</v>
       </c>
       <c r="D16" s="10" t="s">
-        <v>1487</v>
+        <v>1496</v>
       </c>
       <c r="E16" s="20">
-        <v>0.47083333333333338</v>
+        <v>0.94097222222222221</v>
       </c>
       <c r="F16" s="29">
-        <v>0.48541666666666666</v>
+        <v>0.95763888888888893</v>
       </c>
     </row>
     <row r="17" spans="1:6" ht="15.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A17" s="9" t="s">
+        <v>1491</v>
+      </c>
+      <c r="B17" s="11">
+        <v>45667</v>
+      </c>
+      <c r="C17" s="28" t="s">
+        <v>1492</v>
+      </c>
+      <c r="D17" s="10" t="s">
+        <v>1493</v>
+      </c>
+      <c r="E17" s="20">
+        <v>0.4861111111111111</v>
+      </c>
+      <c r="F17" s="29">
+        <v>0.50069444444444444</v>
+      </c>
+    </row>
+    <row r="18" spans="1:6" ht="15.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A18" s="9" t="s">
+        <v>1488</v>
+      </c>
+      <c r="B18" s="11">
+        <v>45638</v>
+      </c>
+      <c r="C18" s="28" t="s">
+        <v>1489</v>
+      </c>
+      <c r="D18" s="10" t="s">
+        <v>1490</v>
+      </c>
+      <c r="E18" s="20">
+        <v>0.85555555555555562</v>
+      </c>
+      <c r="F18" s="29">
+        <v>0.87083333333333324</v>
+      </c>
+    </row>
+    <row r="19" spans="1:6" ht="15.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A19" s="9" t="s">
+        <v>1485</v>
+      </c>
+      <c r="B19" s="11">
+        <v>45609</v>
+      </c>
+      <c r="C19" s="28" t="s">
+        <v>1486</v>
+      </c>
+      <c r="D19" s="10" t="s">
+        <v>1487</v>
+      </c>
+      <c r="E19" s="20">
+        <v>0.47083333333333338</v>
+      </c>
+      <c r="F19" s="29">
+        <v>0.48541666666666666</v>
+      </c>
+    </row>
+    <row r="20" spans="1:6" ht="15.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A20" s="9" t="s">
         <v>1482</v>
       </c>
-      <c r="B17" s="11">
+      <c r="B20" s="11">
         <v>45579</v>
       </c>
-      <c r="C17" s="28" t="s">
+      <c r="C20" s="28" t="s">
         <v>1483</v>
       </c>
-      <c r="D17" s="10" t="s">
+      <c r="D20" s="10" t="s">
         <v>1484</v>
       </c>
-      <c r="E17" s="20">
+      <c r="E20" s="20">
         <v>0.6020833333333333</v>
       </c>
-      <c r="F17" s="29">
+      <c r="F20" s="29">
         <v>0.61944444444444446</v>
       </c>
     </row>
-    <row r="18" spans="1:6" ht="15.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
-      <c r="A18" s="28" t="s">
+    <row r="21" spans="1:6" ht="15.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A21" s="28" t="s">
         <v>1479</v>
       </c>
-      <c r="B18" s="45">
+      <c r="B21" s="45">
         <v>45549</v>
       </c>
-      <c r="C18" s="28" t="s">
+      <c r="C21" s="28" t="s">
         <v>1480</v>
       </c>
-      <c r="D18" s="35" t="s">
+      <c r="D21" s="35" t="s">
         <v>1481</v>
       </c>
-      <c r="E18" s="54" t="s">
+      <c r="E21" s="55" t="s">
         <v>885</v>
       </c>
-      <c r="F18" s="55"/>
-[...2 lines deleted...]
-      <c r="A19" s="28" t="s">
+      <c r="F21" s="56"/>
+    </row>
+    <row r="22" spans="1:6" ht="15.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A22" s="28" t="s">
         <v>1476</v>
       </c>
-      <c r="B19" s="45">
+      <c r="B22" s="45">
         <v>45519</v>
       </c>
-      <c r="C19" s="28" t="s">
+      <c r="C22" s="28" t="s">
         <v>1477</v>
       </c>
-      <c r="D19" s="35" t="s">
+      <c r="D22" s="35" t="s">
         <v>1478</v>
       </c>
-      <c r="E19" s="54" t="s">
+      <c r="E22" s="55" t="s">
         <v>885</v>
       </c>
-      <c r="F19" s="55"/>
-[...2 lines deleted...]
-      <c r="A20" s="28" t="s">
+      <c r="F22" s="56"/>
+    </row>
+    <row r="23" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A23" s="28" t="s">
         <v>1413</v>
       </c>
-      <c r="B20" s="45">
+      <c r="B23" s="45">
         <v>45490</v>
       </c>
-      <c r="C20" s="28" t="s">
+      <c r="C23" s="28" t="s">
         <v>1414</v>
       </c>
-      <c r="D20" s="35" t="s">
+      <c r="D23" s="35" t="s">
         <v>1415</v>
       </c>
-      <c r="E20" s="54" t="s">
+      <c r="E23" s="55" t="s">
         <v>885</v>
       </c>
-      <c r="F20" s="55"/>
-[...59 lines deleted...]
-      </c>
+      <c r="F23" s="56"/>
     </row>
     <row r="24" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A24" s="9" t="s">
-        <v>1401</v>
+        <v>1410</v>
       </c>
       <c r="B24" s="11">
-        <v>45371</v>
+        <v>45461</v>
       </c>
       <c r="C24" s="28" t="s">
-        <v>1402</v>
+        <v>1411</v>
       </c>
       <c r="D24" s="10" t="s">
-        <v>1403</v>
+        <v>1412</v>
       </c>
       <c r="E24" s="20">
-        <v>0.64652777777777781</v>
+        <v>0.35833333333333334</v>
       </c>
       <c r="F24" s="29">
-        <v>0.66249999999999998</v>
+        <v>0.37777777777777777</v>
       </c>
     </row>
     <row r="25" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A25" s="9" t="s">
-        <v>1398</v>
+        <v>1407</v>
       </c>
       <c r="B25" s="11">
-        <v>45342</v>
+        <v>45431</v>
       </c>
       <c r="C25" s="28" t="s">
-        <v>1399</v>
+        <v>1408</v>
       </c>
       <c r="D25" s="10" t="s">
-        <v>1400</v>
+        <v>1409</v>
       </c>
       <c r="E25" s="20">
-        <v>1.5277777777777777E-2</v>
+        <v>0.73611111111111116</v>
       </c>
       <c r="F25" s="29">
-        <v>3.2638888888888891E-2</v>
+        <v>0.75208333333333333</v>
       </c>
     </row>
     <row r="26" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A26" s="9" t="s">
-        <v>1392</v>
+        <v>1404</v>
       </c>
       <c r="B26" s="11">
-        <v>45312</v>
+        <v>45401</v>
       </c>
       <c r="C26" s="28" t="s">
-        <v>1393</v>
+        <v>1405</v>
       </c>
       <c r="D26" s="10" t="s">
-        <v>1394</v>
+        <v>1406</v>
       </c>
       <c r="E26" s="20">
-        <v>0.38472222222222219</v>
+        <v>0.96805555555555556</v>
       </c>
       <c r="F26" s="29">
-        <v>0.39999999999999997</v>
+        <v>0.98263888888888884</v>
       </c>
     </row>
     <row r="27" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A27" s="9" t="s">
-        <v>1389</v>
+        <v>1401</v>
       </c>
       <c r="B27" s="11">
-        <v>45283</v>
+        <v>45371</v>
       </c>
       <c r="C27" s="28" t="s">
-        <v>1390</v>
+        <v>1402</v>
       </c>
       <c r="D27" s="10" t="s">
-        <v>1391</v>
+        <v>1403</v>
       </c>
       <c r="E27" s="20">
-        <v>0.3756944444444445</v>
+        <v>0.64652777777777781</v>
       </c>
       <c r="F27" s="29">
-        <v>0.38958333333333334</v>
+        <v>0.66249999999999998</v>
       </c>
     </row>
     <row r="28" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A28" s="9" t="s">
-        <v>1386</v>
+        <v>1398</v>
       </c>
       <c r="B28" s="11">
-        <v>45254</v>
+        <v>45342</v>
       </c>
       <c r="C28" s="28" t="s">
-        <v>1387</v>
+        <v>1399</v>
       </c>
       <c r="D28" s="10" t="s">
-        <v>1388</v>
+        <v>1400</v>
       </c>
       <c r="E28" s="20">
-        <v>0.70624999999999993</v>
+        <v>1.5277777777777777E-2</v>
       </c>
       <c r="F28" s="29">
-        <v>0.72361111111111109</v>
+        <v>3.2638888888888891E-2</v>
       </c>
     </row>
     <row r="29" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A29" s="9" t="s">
+        <v>1392</v>
+      </c>
+      <c r="B29" s="11">
+        <v>45312</v>
+      </c>
+      <c r="C29" s="28" t="s">
+        <v>1393</v>
+      </c>
+      <c r="D29" s="10" t="s">
+        <v>1394</v>
+      </c>
+      <c r="E29" s="20">
+        <v>0.38472222222222219</v>
+      </c>
+      <c r="F29" s="29">
+        <v>0.39999999999999997</v>
+      </c>
+    </row>
+    <row r="30" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A30" s="9" t="s">
+        <v>1389</v>
+      </c>
+      <c r="B30" s="11">
+        <v>45283</v>
+      </c>
+      <c r="C30" s="28" t="s">
+        <v>1390</v>
+      </c>
+      <c r="D30" s="10" t="s">
+        <v>1391</v>
+      </c>
+      <c r="E30" s="20">
+        <v>0.3756944444444445</v>
+      </c>
+      <c r="F30" s="29">
+        <v>0.38958333333333334</v>
+      </c>
+    </row>
+    <row r="31" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A31" s="9" t="s">
+        <v>1386</v>
+      </c>
+      <c r="B31" s="11">
+        <v>45254</v>
+      </c>
+      <c r="C31" s="28" t="s">
+        <v>1387</v>
+      </c>
+      <c r="D31" s="10" t="s">
+        <v>1388</v>
+      </c>
+      <c r="E31" s="20">
+        <v>0.70624999999999993</v>
+      </c>
+      <c r="F31" s="29">
+        <v>0.72361111111111109</v>
+      </c>
+    </row>
+    <row r="32" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A32" s="9" t="s">
         <v>1383</v>
       </c>
-      <c r="B29" s="11">
+      <c r="B32" s="11">
         <v>45224</v>
       </c>
-      <c r="C29" s="28" t="s">
+      <c r="C32" s="28" t="s">
         <v>1384</v>
       </c>
-      <c r="D29" s="10" t="s">
+      <c r="D32" s="10" t="s">
         <v>1385</v>
       </c>
-      <c r="E29" s="20">
+      <c r="E32" s="20">
         <v>0.46319444444444446</v>
       </c>
-      <c r="F29" s="29">
+      <c r="F32" s="29">
         <v>0.48055555555555557</v>
       </c>
     </row>
-    <row r="30" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
-      <c r="A30" s="28" t="s">
+    <row r="33" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A33" s="28" t="s">
         <v>1380</v>
       </c>
-      <c r="B30" s="45">
+      <c r="B33" s="45">
         <v>45196</v>
       </c>
-      <c r="C30" s="28" t="s">
+      <c r="C33" s="28" t="s">
         <v>1381</v>
       </c>
-      <c r="D30" s="35" t="s">
+      <c r="D33" s="35" t="s">
         <v>1382</v>
       </c>
-      <c r="E30" s="54" t="s">
+      <c r="E33" s="55" t="s">
         <v>885</v>
       </c>
-      <c r="F30" s="55"/>
-[...2 lines deleted...]
-      <c r="A31" s="28" t="s">
+      <c r="F33" s="56"/>
+    </row>
+    <row r="34" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A34" s="28" t="s">
         <v>1377</v>
       </c>
-      <c r="B31" s="45">
+      <c r="B34" s="45">
         <v>45165</v>
       </c>
-      <c r="C31" s="28" t="s">
+      <c r="C34" s="28" t="s">
         <v>1378</v>
       </c>
-      <c r="D31" s="35" t="s">
+      <c r="D34" s="35" t="s">
         <v>1379</v>
       </c>
-      <c r="E31" s="54" t="s">
+      <c r="E34" s="55" t="s">
         <v>885</v>
       </c>
-      <c r="F31" s="55"/>
-[...2 lines deleted...]
-      <c r="A32" s="28" t="s">
+      <c r="F34" s="56"/>
+    </row>
+    <row r="35" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A35" s="28" t="s">
         <v>1374</v>
       </c>
-      <c r="B32" s="45">
+      <c r="B35" s="45">
         <v>45135</v>
       </c>
-      <c r="C32" s="28" t="s">
+      <c r="C35" s="28" t="s">
         <v>1375</v>
       </c>
-      <c r="D32" s="35" t="s">
+      <c r="D35" s="35" t="s">
         <v>1376</v>
       </c>
-      <c r="E32" s="54" t="s">
+      <c r="E35" s="55" t="s">
         <v>885</v>
       </c>
-      <c r="F32" s="55"/>
-[...59 lines deleted...]
-      </c>
+      <c r="F35" s="56"/>
     </row>
     <row r="36" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A36" s="9" t="s">
-        <v>1362</v>
+        <v>1371</v>
       </c>
       <c r="B36" s="11">
-        <v>45017</v>
+        <v>45106</v>
       </c>
       <c r="C36" s="28" t="s">
-        <v>1363</v>
+        <v>1372</v>
       </c>
       <c r="D36" s="10" t="s">
-        <v>1364</v>
+        <v>1373</v>
       </c>
       <c r="E36" s="20">
-        <v>0.76666666666666661</v>
+        <v>0.72430555555555554</v>
       </c>
       <c r="F36" s="29">
-        <v>0.78333333333333333</v>
+        <v>0.74375000000000002</v>
       </c>
     </row>
     <row r="37" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A37" s="9" t="s">
-        <v>1359</v>
+        <v>1368</v>
       </c>
       <c r="B37" s="11">
-        <v>44987</v>
+        <v>45077</v>
       </c>
       <c r="C37" s="28" t="s">
-        <v>1360</v>
+        <v>1369</v>
       </c>
       <c r="D37" s="10" t="s">
-        <v>1361</v>
+        <v>1370</v>
       </c>
       <c r="E37" s="20">
-        <v>0.97499999999999998</v>
+        <v>0.21388888888888891</v>
       </c>
       <c r="F37" s="29">
-        <v>0.99305555555555547</v>
+        <v>0.2298611111111111</v>
       </c>
     </row>
     <row r="38" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A38" s="9" t="s">
-        <v>1356</v>
+        <v>1365</v>
       </c>
       <c r="B38" s="11">
-        <v>44958</v>
+        <v>45047</v>
       </c>
       <c r="C38" s="28" t="s">
-        <v>1357</v>
+        <v>1366</v>
       </c>
       <c r="D38" s="10" t="s">
-        <v>1358</v>
+        <v>1367</v>
       </c>
       <c r="E38" s="20">
-        <v>0.18333333333333335</v>
+        <v>0.55972222222222223</v>
       </c>
       <c r="F38" s="29">
-        <v>0.20069444444444443</v>
+        <v>0.57430555555555551</v>
       </c>
     </row>
     <row r="39" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A39" s="9" t="s">
-        <v>1353</v>
+        <v>1362</v>
       </c>
       <c r="B39" s="11">
-        <v>44927</v>
+        <v>45017</v>
       </c>
       <c r="C39" s="28" t="s">
-        <v>1354</v>
+        <v>1363</v>
       </c>
       <c r="D39" s="10" t="s">
-        <v>1355</v>
+        <v>1364</v>
       </c>
       <c r="E39" s="20">
-        <v>0.98333333333333339</v>
+        <v>0.76666666666666661</v>
       </c>
       <c r="F39" s="29">
-        <v>0.9916666666666667</v>
+        <v>0.78333333333333333</v>
       </c>
     </row>
     <row r="40" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A40" s="9" t="s">
-        <v>1350</v>
+        <v>1359</v>
       </c>
       <c r="B40" s="11">
-        <v>44898</v>
+        <v>44987</v>
       </c>
       <c r="C40" s="28" t="s">
-        <v>1351</v>
+        <v>1360</v>
       </c>
       <c r="D40" s="10" t="s">
-        <v>1352</v>
+        <v>1361</v>
       </c>
       <c r="E40" s="20">
-        <v>0.88541666666666663</v>
+        <v>0.97499999999999998</v>
       </c>
       <c r="F40" s="29">
-        <v>0.8965277777777777</v>
+        <v>0.99305555555555547</v>
       </c>
     </row>
     <row r="41" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A41" s="9" t="s">
+        <v>1356</v>
+      </c>
+      <c r="B41" s="11">
+        <v>44958</v>
+      </c>
+      <c r="C41" s="28" t="s">
+        <v>1357</v>
+      </c>
+      <c r="D41" s="10" t="s">
+        <v>1358</v>
+      </c>
+      <c r="E41" s="20">
+        <v>0.18333333333333335</v>
+      </c>
+      <c r="F41" s="29">
+        <v>0.20069444444444443</v>
+      </c>
+    </row>
+    <row r="42" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A42" s="9" t="s">
+        <v>1353</v>
+      </c>
+      <c r="B42" s="11">
+        <v>44927</v>
+      </c>
+      <c r="C42" s="28" t="s">
+        <v>1354</v>
+      </c>
+      <c r="D42" s="10" t="s">
+        <v>1355</v>
+      </c>
+      <c r="E42" s="20">
+        <v>0.98333333333333339</v>
+      </c>
+      <c r="F42" s="29">
+        <v>0.9916666666666667</v>
+      </c>
+    </row>
+    <row r="43" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A43" s="9" t="s">
+        <v>1350</v>
+      </c>
+      <c r="B43" s="11">
+        <v>44898</v>
+      </c>
+      <c r="C43" s="28" t="s">
+        <v>1351</v>
+      </c>
+      <c r="D43" s="10" t="s">
+        <v>1352</v>
+      </c>
+      <c r="E43" s="20">
+        <v>0.88541666666666663</v>
+      </c>
+      <c r="F43" s="29">
+        <v>0.8965277777777777</v>
+      </c>
+    </row>
+    <row r="44" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A44" s="9" t="s">
         <v>1347</v>
       </c>
-      <c r="B41" s="11">
+      <c r="B44" s="11">
         <v>44869</v>
       </c>
-      <c r="C41" s="28" t="s">
+      <c r="C44" s="28" t="s">
         <v>1348</v>
       </c>
-      <c r="D41" s="10" t="s">
+      <c r="D44" s="10" t="s">
         <v>1349</v>
       </c>
-      <c r="E41" s="20">
+      <c r="E44" s="20">
         <v>0.37013888888888885</v>
       </c>
-      <c r="F41" s="29">
+      <c r="F44" s="29">
         <v>0.38680555555555557</v>
       </c>
     </row>
-    <row r="42" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
-      <c r="A42" s="28" t="s">
+    <row r="45" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A45" s="28" t="s">
         <v>1344</v>
       </c>
-      <c r="B42" s="45">
+      <c r="B45" s="45">
         <v>44840</v>
       </c>
-      <c r="C42" s="28" t="s">
+      <c r="C45" s="28" t="s">
         <v>1345</v>
       </c>
-      <c r="D42" s="35" t="s">
+      <c r="D45" s="35" t="s">
         <v>1346</v>
       </c>
-      <c r="E42" s="54" t="s">
+      <c r="E45" s="55" t="s">
         <v>885</v>
       </c>
-      <c r="F42" s="55"/>
-[...2 lines deleted...]
-      <c r="A43" s="28" t="s">
+      <c r="F45" s="56"/>
+    </row>
+    <row r="46" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A46" s="28" t="s">
         <v>1341</v>
       </c>
-      <c r="B43" s="45">
+      <c r="B46" s="45">
         <v>44810</v>
       </c>
-      <c r="C43" s="28" t="s">
+      <c r="C46" s="28" t="s">
         <v>1342</v>
       </c>
-      <c r="D43" s="35" t="s">
+      <c r="D46" s="35" t="s">
         <v>1343</v>
       </c>
-      <c r="E43" s="54" t="s">
+      <c r="E46" s="55" t="s">
         <v>885</v>
       </c>
-      <c r="F43" s="55"/>
-[...2 lines deleted...]
-      <c r="A44" s="28" t="s">
+      <c r="F46" s="56"/>
+    </row>
+    <row r="47" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A47" s="28" t="s">
         <v>1338</v>
       </c>
-      <c r="B44" s="45">
+      <c r="B47" s="45">
         <v>44781</v>
       </c>
-      <c r="C44" s="28" t="s">
+      <c r="C47" s="28" t="s">
         <v>1339</v>
       </c>
-      <c r="D44" s="35" t="s">
+      <c r="D47" s="35" t="s">
         <v>1340</v>
       </c>
-      <c r="E44" s="54" t="s">
+      <c r="E47" s="55" t="s">
         <v>885</v>
       </c>
-      <c r="F44" s="55"/>
-[...2 lines deleted...]
-      <c r="A45" s="9" t="s">
+      <c r="F47" s="56"/>
+    </row>
+    <row r="48" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A48" s="9" t="s">
         <v>1335</v>
       </c>
-      <c r="B45" s="11">
+      <c r="B48" s="11">
         <v>44751</v>
       </c>
-      <c r="C45" s="28" t="s">
+      <c r="C48" s="28" t="s">
         <v>1336</v>
       </c>
-      <c r="D45" s="10" t="s">
+      <c r="D48" s="10" t="s">
         <v>1337</v>
       </c>
-      <c r="E45" s="20">
+      <c r="E48" s="20">
         <v>0.76597222222222217</v>
       </c>
-      <c r="F45" s="29">
+      <c r="F48" s="29">
         <v>0.78472222222222221</v>
       </c>
-    </row>
-[...56 lines deleted...]
-      <c r="F48" s="55"/>
     </row>
     <row r="49" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A49" s="9" t="s">
-        <v>1317</v>
+        <v>1332</v>
       </c>
       <c r="B49" s="11">
-        <v>44633</v>
+        <v>44722</v>
       </c>
       <c r="C49" s="28" t="s">
-        <v>1318</v>
+        <v>1333</v>
       </c>
       <c r="D49" s="10" t="s">
-        <v>1319</v>
+        <v>1334</v>
       </c>
       <c r="E49" s="20">
-        <v>0.64236111111111105</v>
+        <v>0.51458333333333328</v>
       </c>
       <c r="F49" s="29">
-        <v>0.65972222222222221</v>
+        <v>0.52986111111111112</v>
       </c>
     </row>
     <row r="50" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A50" s="9" t="s">
-        <v>1314</v>
+        <v>1329</v>
       </c>
       <c r="B50" s="11">
-        <v>44603</v>
+        <v>44693</v>
       </c>
       <c r="C50" s="28" t="s">
-        <v>1315</v>
+        <v>1330</v>
       </c>
       <c r="D50" s="10" t="s">
-        <v>1316</v>
+        <v>1331</v>
       </c>
       <c r="E50" s="20">
-        <v>0.77083333333333337</v>
+        <v>5.1388888888888894E-2</v>
       </c>
       <c r="F50" s="29">
-        <v>0.78680555555555554</v>
+        <v>6.458333333333334E-2</v>
       </c>
     </row>
     <row r="51" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
-      <c r="A51" s="9" t="s">
-[...3 lines deleted...]
-        <v>44573</v>
+      <c r="A51" s="28" t="s">
+        <v>1320</v>
+      </c>
+      <c r="B51" s="45">
+        <v>44663</v>
       </c>
       <c r="C51" s="28" t="s">
-        <v>1312</v>
-[...9 lines deleted...]
-      </c>
+        <v>1321</v>
+      </c>
+      <c r="D51" s="35" t="s">
+        <v>1322</v>
+      </c>
+      <c r="E51" s="55" t="s">
+        <v>885</v>
+      </c>
+      <c r="F51" s="56"/>
     </row>
     <row r="52" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A52" s="9" t="s">
-        <v>1308</v>
+        <v>1317</v>
       </c>
       <c r="B52" s="11">
-        <v>44545</v>
+        <v>44633</v>
       </c>
       <c r="C52" s="28" t="s">
-        <v>1309</v>
+        <v>1318</v>
       </c>
       <c r="D52" s="10" t="s">
-        <v>1310</v>
-[...4 lines deleted...]
-      <c r="F52" s="55"/>
+        <v>1319</v>
+      </c>
+      <c r="E52" s="20">
+        <v>0.64236111111111105</v>
+      </c>
+      <c r="F52" s="29">
+        <v>0.65972222222222221</v>
+      </c>
     </row>
     <row r="53" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A53" s="9" t="s">
-        <v>1281</v>
+        <v>1314</v>
       </c>
       <c r="B53" s="11">
-        <v>44514</v>
+        <v>44603</v>
       </c>
       <c r="C53" s="28" t="s">
-        <v>1282</v>
+        <v>1315</v>
       </c>
       <c r="D53" s="10" t="s">
-        <v>1283</v>
+        <v>1316</v>
       </c>
       <c r="E53" s="20">
-        <v>0.58958333333333335</v>
+        <v>0.77083333333333337</v>
       </c>
       <c r="F53" s="29">
-        <v>0.60416666666666663</v>
+        <v>0.78680555555555554</v>
       </c>
     </row>
     <row r="54" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A54" s="9" t="s">
-        <v>1278</v>
+        <v>1311</v>
       </c>
       <c r="B54" s="11">
-        <v>44485</v>
+        <v>44573</v>
       </c>
       <c r="C54" s="28" t="s">
-        <v>1279</v>
+        <v>1312</v>
       </c>
       <c r="D54" s="10" t="s">
-        <v>1280</v>
+        <v>1313</v>
       </c>
       <c r="E54" s="20">
-        <v>0.26666666666666666</v>
+        <v>0.97222222222222221</v>
       </c>
       <c r="F54" s="29">
-        <v>0.28680555555555554</v>
+        <v>0.98402777777777783</v>
       </c>
     </row>
     <row r="55" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A55" s="9" t="s">
-        <v>1275</v>
+        <v>1308</v>
       </c>
       <c r="B55" s="11">
-        <v>44457</v>
+        <v>44545</v>
       </c>
       <c r="C55" s="28" t="s">
-        <v>1276</v>
+        <v>1309</v>
       </c>
       <c r="D55" s="10" t="s">
-        <v>1277</v>
-[...1 lines deleted...]
-      <c r="E55" s="52" t="s">
+        <v>1310</v>
+      </c>
+      <c r="E55" s="55" t="s">
         <v>885</v>
       </c>
-      <c r="F55" s="53"/>
+      <c r="F55" s="56"/>
     </row>
     <row r="56" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A56" s="9" t="s">
-        <v>1272</v>
+        <v>1281</v>
       </c>
       <c r="B56" s="11">
-        <v>44426</v>
+        <v>44514</v>
       </c>
       <c r="C56" s="28" t="s">
-        <v>1273</v>
+        <v>1282</v>
       </c>
       <c r="D56" s="10" t="s">
-        <v>1274</v>
-[...4 lines deleted...]
-      <c r="F56" s="53"/>
+        <v>1283</v>
+      </c>
+      <c r="E56" s="20">
+        <v>0.58958333333333335</v>
+      </c>
+      <c r="F56" s="29">
+        <v>0.60416666666666663</v>
+      </c>
     </row>
     <row r="57" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A57" s="9" t="s">
-        <v>1269</v>
+        <v>1278</v>
       </c>
       <c r="B57" s="11">
-        <v>44396</v>
+        <v>44485</v>
       </c>
       <c r="C57" s="28" t="s">
-        <v>1270</v>
+        <v>1279</v>
       </c>
       <c r="D57" s="10" t="s">
-        <v>1271</v>
+        <v>1280</v>
       </c>
       <c r="E57" s="20">
-        <v>0.62083333333333335</v>
+        <v>0.26666666666666666</v>
       </c>
       <c r="F57" s="29">
-        <v>0.63888888888888895</v>
+        <v>0.28680555555555554</v>
       </c>
     </row>
     <row r="58" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A58" s="9" t="s">
-        <v>1266</v>
+        <v>1275</v>
       </c>
       <c r="B58" s="11">
-        <v>44367</v>
+        <v>44457</v>
       </c>
       <c r="C58" s="28" t="s">
-        <v>1267</v>
+        <v>1276</v>
       </c>
       <c r="D58" s="10" t="s">
-        <v>1268</v>
-[...6 lines deleted...]
-      </c>
+        <v>1277</v>
+      </c>
+      <c r="E58" s="52" t="s">
+        <v>885</v>
+      </c>
+      <c r="F58" s="54"/>
     </row>
     <row r="59" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A59" s="9" t="s">
-        <v>1263</v>
+        <v>1272</v>
       </c>
       <c r="B59" s="11">
-        <v>44338</v>
+        <v>44426</v>
       </c>
       <c r="C59" s="28" t="s">
-        <v>1264</v>
+        <v>1273</v>
       </c>
       <c r="D59" s="10" t="s">
-        <v>1265</v>
-[...6 lines deleted...]
-      </c>
+        <v>1274</v>
+      </c>
+      <c r="E59" s="52" t="s">
+        <v>885</v>
+      </c>
+      <c r="F59" s="54"/>
     </row>
     <row r="60" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A60" s="9" t="s">
-        <v>1242</v>
+        <v>1269</v>
       </c>
       <c r="B60" s="11">
-        <v>44309</v>
+        <v>44396</v>
       </c>
       <c r="C60" s="28" t="s">
-        <v>1243</v>
+        <v>1270</v>
       </c>
       <c r="D60" s="10" t="s">
-        <v>1244</v>
+        <v>1271</v>
       </c>
       <c r="E60" s="20">
-        <v>0.18680555555555556</v>
+        <v>0.62083333333333335</v>
       </c>
       <c r="F60" s="29">
-        <v>0.20138888888888887</v>
+        <v>0.63888888888888895</v>
       </c>
     </row>
     <row r="61" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A61" s="9" t="s">
-        <v>1234</v>
+        <v>1266</v>
       </c>
       <c r="B61" s="11">
-        <v>44279</v>
+        <v>44367</v>
       </c>
       <c r="C61" s="28" t="s">
-        <v>1235</v>
+        <v>1267</v>
       </c>
       <c r="D61" s="10" t="s">
-        <v>1236</v>
+        <v>1268</v>
       </c>
       <c r="E61" s="20">
-        <v>0.58472222222222225</v>
+        <v>0.84444444444444444</v>
       </c>
       <c r="F61" s="29">
-        <v>0.60069444444444442</v>
+        <v>0.86041666666666661</v>
       </c>
     </row>
     <row r="62" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A62" s="9" t="s">
-        <v>1219</v>
+        <v>1263</v>
       </c>
       <c r="B62" s="11">
-        <v>44249</v>
+        <v>44338</v>
       </c>
       <c r="C62" s="28" t="s">
-        <v>1220</v>
+        <v>1264</v>
       </c>
       <c r="D62" s="10" t="s">
-        <v>1221</v>
-[...2 lines deleted...]
-        <v>0.91736111111111107</v>
+        <v>1265</v>
+      </c>
+      <c r="E62" s="25">
+        <v>0.58611111111111114</v>
       </c>
       <c r="F62" s="29">
-        <v>0.93402777777777779</v>
+        <v>0.59930555555555554</v>
       </c>
     </row>
     <row r="63" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A63" s="9" t="s">
-        <v>1208</v>
+        <v>1242</v>
       </c>
       <c r="B63" s="11">
-        <v>44220</v>
+        <v>44309</v>
       </c>
       <c r="C63" s="28" t="s">
-        <v>1217</v>
+        <v>1243</v>
       </c>
       <c r="D63" s="10" t="s">
-        <v>1218</v>
+        <v>1244</v>
       </c>
       <c r="E63" s="20">
-        <v>0.11666666666666665</v>
+        <v>0.18680555555555556</v>
       </c>
       <c r="F63" s="29">
-        <v>0.12986111111111112</v>
+        <v>0.20138888888888887</v>
       </c>
     </row>
     <row r="64" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A64" s="9" t="s">
-        <v>1214</v>
+        <v>1234</v>
       </c>
       <c r="B64" s="11">
-        <v>44187</v>
+        <v>44279</v>
       </c>
       <c r="C64" s="28" t="s">
-        <v>1215</v>
+        <v>1235</v>
       </c>
       <c r="D64" s="10" t="s">
-        <v>1216</v>
+        <v>1236</v>
       </c>
       <c r="E64" s="20">
-        <v>0.84305555555555556</v>
+        <v>0.58472222222222225</v>
       </c>
       <c r="F64" s="29">
-        <v>0.86249999999999993</v>
+        <v>0.60069444444444442</v>
       </c>
     </row>
     <row r="65" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A65" s="9" t="s">
-        <v>1213</v>
+        <v>1219</v>
       </c>
       <c r="B65" s="11">
-        <v>44160</v>
-[...2 lines deleted...]
-      <c r="D65" s="10"/>
+        <v>44249</v>
+      </c>
+      <c r="C65" s="28" t="s">
+        <v>1220</v>
+      </c>
+      <c r="D65" s="10" t="s">
+        <v>1221</v>
+      </c>
       <c r="E65" s="20">
-        <v>0.32361111111111113</v>
+        <v>0.91736111111111107</v>
       </c>
       <c r="F65" s="29">
-        <v>0.33611111111111108</v>
+        <v>0.93402777777777779</v>
       </c>
     </row>
     <row r="66" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A66" s="9" t="s">
-        <v>1210</v>
+        <v>1208</v>
       </c>
       <c r="B66" s="11">
-        <v>44158</v>
+        <v>44220</v>
       </c>
       <c r="C66" s="28" t="s">
-        <v>1211</v>
+        <v>1217</v>
       </c>
       <c r="D66" s="10" t="s">
-        <v>1212</v>
+        <v>1218</v>
       </c>
       <c r="E66" s="20">
-        <v>0.24166666666666667</v>
+        <v>0.11666666666666665</v>
       </c>
       <c r="F66" s="29">
-        <v>0.25833333333333336</v>
+        <v>0.12986111111111112</v>
       </c>
     </row>
     <row r="67" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A67" s="9" t="s">
-        <v>1092</v>
+        <v>1214</v>
       </c>
       <c r="B67" s="11">
-        <v>44131</v>
+        <v>44187</v>
       </c>
       <c r="C67" s="28" t="s">
-        <v>1093</v>
+        <v>1215</v>
       </c>
       <c r="D67" s="10" t="s">
-        <v>1094</v>
+        <v>1216</v>
       </c>
       <c r="E67" s="20">
-        <v>2.3148148148148146E-4</v>
+        <v>0.84305555555555556</v>
       </c>
       <c r="F67" s="29">
-        <v>1.8749999999999999E-2</v>
+        <v>0.86249999999999993</v>
       </c>
     </row>
     <row r="68" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A68" s="9" t="s">
-        <v>1089</v>
+        <v>1213</v>
       </c>
       <c r="B68" s="11">
-        <v>44100</v>
-[...10 lines deleted...]
-      <c r="F68" s="53"/>
+        <v>44160</v>
+      </c>
+      <c r="C68" s="28"/>
+      <c r="D68" s="10"/>
+      <c r="E68" s="20">
+        <v>0.32361111111111113</v>
+      </c>
+      <c r="F68" s="29">
+        <v>0.33611111111111108</v>
+      </c>
     </row>
     <row r="69" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A69" s="9" t="s">
-        <v>1086</v>
+        <v>1210</v>
       </c>
       <c r="B69" s="11">
-        <v>44042</v>
+        <v>44158</v>
       </c>
       <c r="C69" s="28" t="s">
-        <v>1087</v>
+        <v>1211</v>
       </c>
       <c r="D69" s="10" t="s">
-        <v>1088</v>
-[...4 lines deleted...]
-      <c r="F69" s="53"/>
+        <v>1212</v>
+      </c>
+      <c r="E69" s="20">
+        <v>0.24166666666666667</v>
+      </c>
+      <c r="F69" s="29">
+        <v>0.25833333333333336</v>
+      </c>
     </row>
     <row r="70" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A70" s="9" t="s">
-        <v>1085</v>
+        <v>1092</v>
       </c>
       <c r="B70" s="11">
-        <v>44012</v>
-[...4 lines deleted...]
-        <v>0.96111111111111114</v>
+        <v>44131</v>
+      </c>
+      <c r="C70" s="28" t="s">
+        <v>1093</v>
+      </c>
+      <c r="D70" s="10" t="s">
+        <v>1094</v>
+      </c>
+      <c r="E70" s="20">
+        <v>2.3148148148148146E-4</v>
       </c>
       <c r="F70" s="29">
-        <v>0.9784722222222223</v>
+        <v>1.8749999999999999E-2</v>
       </c>
     </row>
     <row r="71" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A71" s="9" t="s">
-        <v>1082</v>
+        <v>1089</v>
       </c>
       <c r="B71" s="11">
-        <v>44010</v>
+        <v>44100</v>
       </c>
       <c r="C71" s="28" t="s">
-        <v>1083</v>
+        <v>1090</v>
       </c>
       <c r="D71" s="10" t="s">
-        <v>1084</v>
-[...6 lines deleted...]
-      </c>
+        <v>1091</v>
+      </c>
+      <c r="E71" s="52" t="s">
+        <v>885</v>
+      </c>
+      <c r="F71" s="54"/>
     </row>
     <row r="72" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A72" s="9" t="s">
-        <v>1079</v>
+        <v>1086</v>
       </c>
       <c r="B72" s="11">
-        <v>43983</v>
+        <v>44042</v>
       </c>
       <c r="C72" s="28" t="s">
-        <v>1080</v>
+        <v>1087</v>
       </c>
       <c r="D72" s="10" t="s">
-        <v>1081</v>
-[...6 lines deleted...]
-      </c>
+        <v>1088</v>
+      </c>
+      <c r="E72" s="52" t="s">
+        <v>885</v>
+      </c>
+      <c r="F72" s="54"/>
     </row>
     <row r="73" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A73" s="9" t="s">
-        <v>1076</v>
+        <v>1085</v>
       </c>
       <c r="B73" s="11">
-        <v>43954</v>
-[...6 lines deleted...]
-      </c>
+        <v>44012</v>
+      </c>
+      <c r="C73" s="28"/>
+      <c r="D73" s="10"/>
       <c r="E73" s="25">
-        <v>0.58124999999999993</v>
+        <v>0.96111111111111114</v>
       </c>
       <c r="F73" s="29">
-        <v>0.59444444444444444</v>
+        <v>0.9784722222222223</v>
       </c>
     </row>
     <row r="74" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A74" s="9" t="s">
-        <v>1075</v>
+        <v>1082</v>
       </c>
       <c r="B74" s="11">
-        <v>43925</v>
-[...2 lines deleted...]
-      <c r="D74" s="10"/>
+        <v>44010</v>
+      </c>
+      <c r="C74" s="28" t="s">
+        <v>1083</v>
+      </c>
+      <c r="D74" s="10" t="s">
+        <v>1084</v>
+      </c>
       <c r="E74" s="25">
-        <v>0.18402777777777779</v>
+        <v>0.88194444444444453</v>
       </c>
       <c r="F74" s="29">
-        <v>0.19930555555555554</v>
+        <v>0.90069444444444446</v>
       </c>
     </row>
     <row r="75" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A75" s="9" t="s">
-        <v>707</v>
+        <v>1079</v>
       </c>
       <c r="B75" s="11">
-        <v>43923</v>
+        <v>43983</v>
       </c>
       <c r="C75" s="28" t="s">
-        <v>1073</v>
+        <v>1080</v>
       </c>
       <c r="D75" s="10" t="s">
-        <v>1074</v>
-[...2 lines deleted...]
-        <v>0.34583333333333338</v>
+        <v>1081</v>
+      </c>
+      <c r="E75" s="25">
+        <v>0.77361111111111114</v>
       </c>
       <c r="F75" s="29">
-        <v>0.36527777777777781</v>
+        <v>0.78680555555555554</v>
       </c>
     </row>
     <row r="76" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A76" s="9" t="s">
-        <v>698</v>
+        <v>1076</v>
       </c>
       <c r="B76" s="11">
-        <v>43895</v>
+        <v>43954</v>
       </c>
       <c r="C76" s="28" t="s">
-        <v>1071</v>
+        <v>1077</v>
       </c>
       <c r="D76" s="10" t="s">
-        <v>1072</v>
+        <v>1078</v>
       </c>
       <c r="E76" s="25">
-        <v>0.85902777777777783</v>
+        <v>0.58124999999999993</v>
       </c>
       <c r="F76" s="29">
-        <v>0.87569444444444444</v>
+        <v>0.59444444444444444</v>
       </c>
     </row>
     <row r="77" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A77" s="9" t="s">
-        <v>695</v>
+        <v>1075</v>
       </c>
       <c r="B77" s="11">
-        <v>43866</v>
-[...6 lines deleted...]
-      </c>
+        <v>43925</v>
+      </c>
+      <c r="C77" s="28"/>
+      <c r="D77" s="10"/>
       <c r="E77" s="25">
-        <v>0.125</v>
+        <v>0.18402777777777779</v>
       </c>
       <c r="F77" s="29">
-        <v>0.13958333333333334</v>
+        <v>0.19930555555555554</v>
       </c>
     </row>
     <row r="78" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A78" s="9" t="s">
-        <v>1066</v>
+        <v>707</v>
       </c>
       <c r="B78" s="11">
-        <v>43836</v>
+        <v>43923</v>
       </c>
       <c r="C78" s="28" t="s">
-        <v>1067</v>
+        <v>1073</v>
       </c>
       <c r="D78" s="10" t="s">
-        <v>1068</v>
-[...2 lines deleted...]
-        <v>0.39652777777777781</v>
+        <v>1074</v>
+      </c>
+      <c r="E78" s="29">
+        <v>0.34583333333333338</v>
       </c>
       <c r="F78" s="29">
-        <v>0.4069444444444445</v>
+        <v>0.36527777777777781</v>
       </c>
     </row>
     <row r="79" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A79" s="9" t="s">
-        <v>1063</v>
+        <v>698</v>
       </c>
       <c r="B79" s="11">
-        <v>43806</v>
+        <v>43895</v>
       </c>
       <c r="C79" s="28" t="s">
-        <v>1064</v>
+        <v>1071</v>
       </c>
       <c r="D79" s="10" t="s">
-        <v>1065</v>
+        <v>1072</v>
       </c>
       <c r="E79" s="25">
-        <v>0.53611111111111109</v>
+        <v>0.85902777777777783</v>
       </c>
       <c r="F79" s="29">
-        <v>0.54583333333333328</v>
+        <v>0.87569444444444444</v>
       </c>
     </row>
     <row r="80" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A80" s="9" t="s">
-        <v>1060</v>
+        <v>695</v>
       </c>
       <c r="B80" s="11">
-        <v>43776</v>
+        <v>43866</v>
       </c>
       <c r="C80" s="28" t="s">
-        <v>1061</v>
+        <v>1069</v>
       </c>
       <c r="D80" s="10" t="s">
-        <v>1062</v>
+        <v>1070</v>
       </c>
       <c r="E80" s="25">
-        <v>0.94027777777777777</v>
+        <v>0.125</v>
       </c>
       <c r="F80" s="29">
-        <v>0.95694444444444438</v>
+        <v>0.13958333333333334</v>
       </c>
     </row>
     <row r="81" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A81" s="9" t="s">
-        <v>1057</v>
+        <v>1066</v>
       </c>
       <c r="B81" s="11">
-        <v>43747</v>
+        <v>43836</v>
       </c>
       <c r="C81" s="28" t="s">
-        <v>1058</v>
+        <v>1067</v>
       </c>
       <c r="D81" s="10" t="s">
-        <v>1059</v>
+        <v>1068</v>
       </c>
       <c r="E81" s="25">
-        <v>0.27569444444444446</v>
+        <v>0.39652777777777781</v>
       </c>
       <c r="F81" s="29">
-        <v>0.2951388888888889</v>
+        <v>0.4069444444444445</v>
       </c>
     </row>
     <row r="82" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A82" s="9" t="s">
-        <v>1054</v>
+        <v>1063</v>
       </c>
       <c r="B82" s="11">
-        <v>43718</v>
+        <v>43806</v>
       </c>
       <c r="C82" s="28" t="s">
-        <v>1055</v>
+        <v>1064</v>
       </c>
       <c r="D82" s="10" t="s">
-        <v>1056</v>
-[...4 lines deleted...]
-      <c r="F82" s="53"/>
+        <v>1065</v>
+      </c>
+      <c r="E82" s="25">
+        <v>0.53611111111111109</v>
+      </c>
+      <c r="F82" s="29">
+        <v>0.54583333333333328</v>
+      </c>
     </row>
     <row r="83" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A83" s="9" t="s">
-        <v>1051</v>
+        <v>1060</v>
       </c>
       <c r="B83" s="11">
-        <v>43687</v>
+        <v>43776</v>
       </c>
       <c r="C83" s="28" t="s">
-        <v>1052</v>
+        <v>1061</v>
       </c>
       <c r="D83" s="10" t="s">
-        <v>1053</v>
-[...4 lines deleted...]
-      <c r="F83" s="53"/>
+        <v>1062</v>
+      </c>
+      <c r="E83" s="25">
+        <v>0.94027777777777777</v>
+      </c>
+      <c r="F83" s="29">
+        <v>0.95694444444444438</v>
+      </c>
     </row>
     <row r="84" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A84" s="9" t="s">
-        <v>1048</v>
+        <v>1057</v>
       </c>
       <c r="B84" s="11">
-        <v>43658</v>
+        <v>43747</v>
       </c>
       <c r="C84" s="28" t="s">
-        <v>1049</v>
+        <v>1058</v>
       </c>
       <c r="D84" s="10" t="s">
-        <v>1050</v>
-[...2 lines deleted...]
-        <v>0.21458333333333335</v>
+        <v>1059</v>
+      </c>
+      <c r="E84" s="25">
+        <v>0.27569444444444446</v>
       </c>
       <c r="F84" s="29">
-        <v>0.23263888888888887</v>
+        <v>0.2951388888888889</v>
       </c>
     </row>
     <row r="85" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A85" s="9" t="s">
-        <v>1045</v>
+        <v>1054</v>
       </c>
       <c r="B85" s="11">
-        <v>43628</v>
+        <v>43718</v>
       </c>
       <c r="C85" s="28" t="s">
-        <v>1046</v>
+        <v>1055</v>
       </c>
       <c r="D85" s="10" t="s">
-        <v>1047</v>
-[...6 lines deleted...]
-      </c>
+        <v>1056</v>
+      </c>
+      <c r="E85" s="52" t="s">
+        <v>885</v>
+      </c>
+      <c r="F85" s="54"/>
     </row>
     <row r="86" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A86" s="9" t="s">
-        <v>1042</v>
+        <v>1051</v>
       </c>
       <c r="B86" s="11">
-        <v>43599</v>
+        <v>43687</v>
       </c>
       <c r="C86" s="28" t="s">
-        <v>1043</v>
+        <v>1052</v>
       </c>
       <c r="D86" s="10" t="s">
-        <v>1044</v>
-[...6 lines deleted...]
-      </c>
+        <v>1053</v>
+      </c>
+      <c r="E86" s="52" t="s">
+        <v>885</v>
+      </c>
+      <c r="F86" s="54"/>
     </row>
     <row r="87" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A87" s="9" t="s">
-        <v>1039</v>
+        <v>1048</v>
       </c>
       <c r="B87" s="11">
-        <v>43570</v>
+        <v>43658</v>
       </c>
       <c r="C87" s="28" t="s">
-        <v>1040</v>
+        <v>1049</v>
       </c>
       <c r="D87" s="10" t="s">
-        <v>1041</v>
-[...2 lines deleted...]
-        <v>0.43958333333333338</v>
+        <v>1050</v>
+      </c>
+      <c r="E87" s="29">
+        <v>0.21458333333333335</v>
       </c>
       <c r="F87" s="29">
-        <v>0.45347222222222222</v>
+        <v>0.23263888888888887</v>
       </c>
     </row>
     <row r="88" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A88" s="9" t="s">
-        <v>1036</v>
+        <v>1045</v>
       </c>
       <c r="B88" s="11">
-        <v>43541</v>
+        <v>43628</v>
       </c>
       <c r="C88" s="28" t="s">
-        <v>1037</v>
+        <v>1046</v>
       </c>
       <c r="D88" s="10" t="s">
-        <v>1038</v>
+        <v>1047</v>
       </c>
       <c r="E88" s="25">
-        <v>0.11388888888888889</v>
+        <v>0.9590277777777777</v>
       </c>
       <c r="F88" s="29">
-        <v>0.12916666666666668</v>
+        <v>0.97430555555555554</v>
       </c>
     </row>
     <row r="89" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A89" s="9" t="s">
-        <v>1033</v>
+        <v>1042</v>
       </c>
       <c r="B89" s="11">
-        <v>43511</v>
+        <v>43599</v>
       </c>
       <c r="C89" s="28" t="s">
-        <v>1034</v>
+        <v>1043</v>
       </c>
       <c r="D89" s="10" t="s">
-        <v>1035</v>
+        <v>1044</v>
       </c>
       <c r="E89" s="25">
-        <v>0.72222222222222221</v>
+        <v>0.70000000000000007</v>
       </c>
       <c r="F89" s="29">
-        <v>0.7368055555555556</v>
+        <v>0.71319444444444446</v>
       </c>
     </row>
     <row r="90" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A90" s="9" t="s">
-        <v>1030</v>
+        <v>1039</v>
       </c>
       <c r="B90" s="11">
-        <v>43482</v>
+        <v>43570</v>
       </c>
       <c r="C90" s="28" t="s">
-        <v>1031</v>
+        <v>1040</v>
       </c>
       <c r="D90" s="10" t="s">
-        <v>1032</v>
+        <v>1041</v>
       </c>
       <c r="E90" s="25">
-        <v>0.19722222222222222</v>
+        <v>0.43958333333333338</v>
       </c>
       <c r="F90" s="29">
-        <v>0.20902777777777778</v>
+        <v>0.45347222222222222</v>
       </c>
     </row>
     <row r="91" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A91" s="9" t="s">
-        <v>1027</v>
+        <v>1036</v>
       </c>
       <c r="B91" s="11">
-        <v>43454</v>
+        <v>43541</v>
       </c>
       <c r="C91" s="28" t="s">
-        <v>1028</v>
+        <v>1037</v>
       </c>
       <c r="D91" s="10" t="s">
-        <v>1029</v>
+        <v>1038</v>
       </c>
       <c r="E91" s="25">
-        <v>4.3750000000000004E-2</v>
+        <v>0.11388888888888889</v>
       </c>
       <c r="F91" s="29">
-        <v>6.3194444444444442E-2</v>
+        <v>0.12916666666666668</v>
       </c>
     </row>
     <row r="92" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A92" s="9" t="s">
-        <v>1024</v>
+        <v>1033</v>
       </c>
       <c r="B92" s="11">
-        <v>43423</v>
+        <v>43511</v>
       </c>
       <c r="C92" s="28" t="s">
-        <v>1025</v>
+        <v>1034</v>
       </c>
       <c r="D92" s="10" t="s">
-        <v>1026</v>
+        <v>1035</v>
       </c>
       <c r="E92" s="25">
-        <v>8.5416666666666655E-2</v>
+        <v>0.72222222222222221</v>
       </c>
       <c r="F92" s="29">
-        <v>9.9999999999999992E-2</v>
+        <v>0.7368055555555556</v>
       </c>
     </row>
     <row r="93" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A93" s="9" t="s">
-        <v>1021</v>
+        <v>1030</v>
       </c>
       <c r="B93" s="11">
-        <v>43393</v>
+        <v>43482</v>
       </c>
       <c r="C93" s="28" t="s">
-        <v>1022</v>
+        <v>1031</v>
       </c>
       <c r="D93" s="10" t="s">
-        <v>1023</v>
+        <v>1032</v>
       </c>
       <c r="E93" s="25">
-        <v>0.42083333333333334</v>
+        <v>0.19722222222222222</v>
       </c>
       <c r="F93" s="29">
-        <v>0.43958333333333338</v>
+        <v>0.20902777777777778</v>
       </c>
     </row>
     <row r="94" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A94" s="9" t="s">
-        <v>1018</v>
+        <v>1027</v>
       </c>
       <c r="B94" s="11">
-        <v>43363</v>
+        <v>43454</v>
       </c>
       <c r="C94" s="28" t="s">
-        <v>1019</v>
+        <v>1028</v>
       </c>
       <c r="D94" s="10" t="s">
-        <v>1020</v>
+        <v>1029</v>
       </c>
       <c r="E94" s="25">
-        <v>0.34583333333333338</v>
+        <v>4.3750000000000004E-2</v>
       </c>
       <c r="F94" s="29">
-        <v>0.3659722222222222</v>
+        <v>6.3194444444444442E-2</v>
       </c>
     </row>
     <row r="95" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A95" s="9" t="s">
-        <v>1015</v>
+        <v>1024</v>
       </c>
       <c r="B95" s="11">
-        <v>43333</v>
+        <v>43423</v>
       </c>
       <c r="C95" s="28" t="s">
-        <v>1016</v>
+        <v>1025</v>
       </c>
       <c r="D95" s="10" t="s">
-        <v>1017</v>
+        <v>1026</v>
       </c>
       <c r="E95" s="25">
-        <v>0.13472222222222222</v>
+        <v>8.5416666666666655E-2</v>
       </c>
       <c r="F95" s="29">
-        <v>0.15416666666666667</v>
+        <v>9.9999999999999992E-2</v>
       </c>
     </row>
     <row r="96" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A96" s="9" t="s">
-        <v>1012</v>
+        <v>1021</v>
       </c>
       <c r="B96" s="11">
-        <v>43303</v>
+        <v>43393</v>
       </c>
       <c r="C96" s="28" t="s">
-        <v>1013</v>
+        <v>1022</v>
       </c>
       <c r="D96" s="10" t="s">
-        <v>1014</v>
+        <v>1023</v>
       </c>
       <c r="E96" s="25">
-        <v>0.81111111111111101</v>
+        <v>0.42083333333333334</v>
       </c>
       <c r="F96" s="29">
-        <v>0.82986111111111116</v>
+        <v>0.43958333333333338</v>
       </c>
     </row>
     <row r="97" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A97" s="9" t="s">
-        <v>1009</v>
+        <v>1018</v>
       </c>
       <c r="B97" s="11">
-        <v>43274</v>
+        <v>43363</v>
       </c>
       <c r="C97" s="28" t="s">
-        <v>1010</v>
+        <v>1019</v>
       </c>
       <c r="D97" s="10" t="s">
-        <v>1011</v>
+        <v>1020</v>
       </c>
       <c r="E97" s="25">
-        <v>0.35138888888888892</v>
+        <v>0.34583333333333338</v>
       </c>
       <c r="F97" s="29">
-        <v>0.3666666666666667</v>
+        <v>0.3659722222222222</v>
       </c>
     </row>
     <row r="98" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A98" s="9" t="s">
-        <v>1006</v>
+        <v>1015</v>
       </c>
       <c r="B98" s="11">
-        <v>43244</v>
+        <v>43333</v>
       </c>
       <c r="C98" s="28" t="s">
-        <v>1007</v>
+        <v>1016</v>
       </c>
       <c r="D98" s="10" t="s">
-        <v>1008</v>
+        <v>1017</v>
       </c>
       <c r="E98" s="25">
-        <v>0.95694444444444438</v>
+        <v>0.13472222222222222</v>
       </c>
       <c r="F98" s="29">
-        <v>0.96944444444444444</v>
+        <v>0.15416666666666667</v>
       </c>
     </row>
     <row r="99" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A99" s="9" t="s">
-        <v>1003</v>
+        <v>1012</v>
       </c>
       <c r="B99" s="11">
-        <v>43215</v>
+        <v>43303</v>
       </c>
       <c r="C99" s="28" t="s">
-        <v>1004</v>
+        <v>1013</v>
       </c>
       <c r="D99" s="10" t="s">
-        <v>1005</v>
+        <v>1014</v>
       </c>
       <c r="E99" s="25">
-        <v>0.62847222222222221</v>
+        <v>0.81111111111111101</v>
       </c>
       <c r="F99" s="29">
-        <v>0.64097222222222217</v>
+        <v>0.82986111111111116</v>
       </c>
     </row>
     <row r="100" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A100" s="9" t="s">
-        <v>1000</v>
+        <v>1009</v>
       </c>
       <c r="B100" s="11">
-        <v>43186</v>
+        <v>43274</v>
       </c>
       <c r="C100" s="28" t="s">
-        <v>1001</v>
+        <v>1010</v>
       </c>
       <c r="D100" s="10" t="s">
-        <v>1002</v>
+        <v>1011</v>
       </c>
       <c r="E100" s="25">
-        <v>0.30069444444444443</v>
+        <v>0.35138888888888892</v>
       </c>
       <c r="F100" s="29">
-        <v>0.31458333333333333</v>
+        <v>0.3666666666666667</v>
       </c>
     </row>
     <row r="101" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A101" s="9" t="s">
-        <v>997</v>
+        <v>1006</v>
       </c>
       <c r="B101" s="11">
-        <v>43156</v>
+        <v>43244</v>
       </c>
       <c r="C101" s="28" t="s">
-        <v>998</v>
+        <v>1007</v>
       </c>
       <c r="D101" s="10" t="s">
-        <v>999</v>
+        <v>1008</v>
       </c>
       <c r="E101" s="25">
-        <v>0.97638888888888886</v>
+        <v>0.95694444444444438</v>
       </c>
       <c r="F101" s="29">
-        <v>0.99097222222222225</v>
+        <v>0.96944444444444444</v>
       </c>
     </row>
     <row r="102" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A102" s="9" t="s">
-        <v>994</v>
+        <v>1003</v>
       </c>
       <c r="B102" s="11">
-        <v>43127</v>
+        <v>43215</v>
       </c>
       <c r="C102" s="28" t="s">
-        <v>995</v>
+        <v>1004</v>
       </c>
       <c r="D102" s="10" t="s">
-        <v>996</v>
+        <v>1005</v>
       </c>
       <c r="E102" s="25">
-        <v>0.65625</v>
+        <v>0.62847222222222221</v>
       </c>
       <c r="F102" s="29">
-        <v>0.66875000000000007</v>
+        <v>0.64097222222222217</v>
       </c>
     </row>
     <row r="103" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A103" s="9" t="s">
-        <v>991</v>
+        <v>1000</v>
       </c>
       <c r="B103" s="11">
-        <v>43098</v>
+        <v>43186</v>
       </c>
       <c r="C103" s="28" t="s">
-        <v>992</v>
+        <v>1001</v>
       </c>
       <c r="D103" s="10" t="s">
-        <v>993</v>
+        <v>1002</v>
       </c>
       <c r="E103" s="25">
-        <v>0.20277777777777781</v>
+        <v>0.30069444444444443</v>
       </c>
       <c r="F103" s="29">
-        <v>0.21319444444444444</v>
+        <v>0.31458333333333333</v>
       </c>
     </row>
     <row r="104" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A104" s="9" t="s">
-        <v>988</v>
+        <v>997</v>
       </c>
       <c r="B104" s="11">
-        <v>43068</v>
+        <v>43156</v>
       </c>
       <c r="C104" s="28" t="s">
-        <v>989</v>
+        <v>998</v>
       </c>
       <c r="D104" s="10" t="s">
-        <v>990</v>
+        <v>999</v>
       </c>
       <c r="E104" s="25">
-        <v>0.61388888888888882</v>
+        <v>0.97638888888888886</v>
       </c>
       <c r="F104" s="29">
-        <v>0.62638888888888888</v>
+        <v>0.99097222222222225</v>
       </c>
     </row>
     <row r="105" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A105" s="9" t="s">
-        <v>985</v>
+        <v>994</v>
       </c>
       <c r="B105" s="11">
-        <v>43039</v>
+        <v>43127</v>
       </c>
       <c r="C105" s="28" t="s">
-        <v>986</v>
+        <v>995</v>
       </c>
       <c r="D105" s="10" t="s">
-        <v>987</v>
+        <v>996</v>
       </c>
       <c r="E105" s="25">
-        <v>0.22291666666666665</v>
+        <v>0.65625</v>
       </c>
       <c r="F105" s="29">
-        <v>0.24166666666666667</v>
+        <v>0.66875000000000007</v>
       </c>
     </row>
     <row r="106" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A106" s="9" t="s">
-        <v>982</v>
+        <v>991</v>
       </c>
       <c r="B106" s="11">
-        <v>43009</v>
+        <v>43098</v>
       </c>
       <c r="C106" s="28" t="s">
-        <v>983</v>
+        <v>992</v>
       </c>
       <c r="D106" s="10" t="s">
-        <v>984</v>
+        <v>993</v>
       </c>
       <c r="E106" s="25">
-        <v>0.19513888888888889</v>
+        <v>0.20277777777777781</v>
       </c>
       <c r="F106" s="29">
-        <v>0.71666666666666667</v>
+        <v>0.21319444444444444</v>
       </c>
     </row>
     <row r="107" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A107" s="9" t="s">
-        <v>979</v>
+        <v>988</v>
       </c>
       <c r="B107" s="11">
-        <v>42979</v>
+        <v>43068</v>
       </c>
       <c r="C107" s="28" t="s">
-        <v>980</v>
+        <v>989</v>
       </c>
       <c r="D107" s="10" t="s">
-        <v>981</v>
+        <v>990</v>
       </c>
       <c r="E107" s="25">
-        <v>0.48333333333333334</v>
+        <v>0.61388888888888882</v>
       </c>
       <c r="F107" s="29">
-        <v>0.50486111111111109</v>
+        <v>0.62638888888888888</v>
       </c>
     </row>
     <row r="108" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A108" s="9" t="s">
-        <v>976</v>
+        <v>985</v>
       </c>
       <c r="B108" s="11">
-        <v>42949</v>
+        <v>43039</v>
       </c>
       <c r="C108" s="28" t="s">
-        <v>977</v>
+        <v>986</v>
       </c>
       <c r="D108" s="10" t="s">
-        <v>978</v>
+        <v>987</v>
       </c>
       <c r="E108" s="25">
-        <v>0.81805555555555554</v>
+        <v>0.22291666666666665</v>
       </c>
       <c r="F108" s="29">
-        <v>0.83958333333333324</v>
+        <v>0.24166666666666667</v>
       </c>
     </row>
     <row r="109" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A109" s="9" t="s">
-        <v>973</v>
+        <v>982</v>
       </c>
       <c r="B109" s="11">
-        <v>42920</v>
+        <v>43009</v>
       </c>
       <c r="C109" s="28" t="s">
-        <v>974</v>
+        <v>983</v>
       </c>
       <c r="D109" s="10" t="s">
-        <v>975</v>
+        <v>984</v>
       </c>
       <c r="E109" s="25">
-        <v>0.15277777777777776</v>
+        <v>0.19513888888888889</v>
       </c>
       <c r="F109" s="29">
-        <v>0.17222222222222225</v>
+        <v>0.71666666666666667</v>
       </c>
     </row>
     <row r="110" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A110" s="9" t="s">
-        <v>970</v>
+        <v>979</v>
       </c>
       <c r="B110" s="11">
-        <v>42890</v>
+        <v>42979</v>
       </c>
       <c r="C110" s="28" t="s">
-        <v>971</v>
+        <v>980</v>
       </c>
       <c r="D110" s="10" t="s">
-        <v>972</v>
+        <v>981</v>
       </c>
       <c r="E110" s="25">
-        <v>0.5541666666666667</v>
+        <v>0.48333333333333334</v>
       </c>
       <c r="F110" s="29">
-        <v>0.57013888888888886</v>
+        <v>0.50486111111111109</v>
       </c>
     </row>
     <row r="111" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A111" s="9" t="s">
-        <v>967</v>
+        <v>976</v>
       </c>
       <c r="B111" s="11">
-        <v>42861</v>
+        <v>42949</v>
       </c>
       <c r="C111" s="28" t="s">
-        <v>968</v>
+        <v>977</v>
       </c>
       <c r="D111" s="10" t="s">
-        <v>969</v>
+        <v>978</v>
       </c>
       <c r="E111" s="25">
-        <v>2.0833333333333332E-2</v>
+        <v>0.81805555555555554</v>
       </c>
       <c r="F111" s="29">
-        <v>3.5416666666666666E-2</v>
+        <v>0.83958333333333324</v>
       </c>
     </row>
     <row r="112" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A112" s="9" t="s">
-        <v>964</v>
+        <v>973</v>
       </c>
       <c r="B112" s="11">
-        <v>42831</v>
+        <v>42920</v>
       </c>
       <c r="C112" s="28" t="s">
-        <v>965</v>
+        <v>974</v>
       </c>
       <c r="D112" s="10" t="s">
-        <v>966</v>
+        <v>975</v>
       </c>
       <c r="E112" s="25">
-        <v>0.55555555555555558</v>
+        <v>0.15277777777777776</v>
       </c>
       <c r="F112" s="29">
-        <v>0.5708333333333333</v>
+        <v>0.17222222222222225</v>
       </c>
     </row>
     <row r="113" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A113" s="9" t="s">
-        <v>568</v>
+        <v>970</v>
       </c>
       <c r="B113" s="11">
-        <v>42802</v>
+        <v>42890</v>
       </c>
       <c r="C113" s="28" t="s">
-        <v>962</v>
+        <v>971</v>
       </c>
       <c r="D113" s="10" t="s">
-        <v>963</v>
+        <v>972</v>
       </c>
       <c r="E113" s="25">
-        <v>0.16111111111111112</v>
+        <v>0.5541666666666667</v>
       </c>
       <c r="F113" s="29">
-        <v>0.17708333333333334</v>
+        <v>0.57013888888888886</v>
       </c>
     </row>
     <row r="114" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A114" s="9" t="s">
-        <v>959</v>
+        <v>967</v>
       </c>
       <c r="B114" s="11">
-        <v>42772</v>
+        <v>42861</v>
       </c>
       <c r="C114" s="28" t="s">
-        <v>960</v>
+        <v>968</v>
       </c>
       <c r="D114" s="10" t="s">
-        <v>961</v>
+        <v>969</v>
       </c>
       <c r="E114" s="25">
-        <v>0.83888888888888891</v>
+        <v>2.0833333333333332E-2</v>
       </c>
       <c r="F114" s="29">
-        <v>0.85416666666666663</v>
+        <v>3.5416666666666666E-2</v>
       </c>
     </row>
     <row r="115" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A115" s="9" t="s">
-        <v>956</v>
+        <v>964</v>
       </c>
       <c r="B115" s="11">
-        <v>42743</v>
+        <v>42831</v>
       </c>
       <c r="C115" s="28" t="s">
-        <v>957</v>
+        <v>965</v>
       </c>
       <c r="D115" s="10" t="s">
-        <v>958</v>
+        <v>966</v>
       </c>
       <c r="E115" s="25">
-        <v>0.52083333333333337</v>
+        <v>0.55555555555555558</v>
       </c>
       <c r="F115" s="29">
-        <v>0.53263888888888888</v>
+        <v>0.5708333333333333</v>
       </c>
     </row>
     <row r="116" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A116" s="9" t="s">
-        <v>953</v>
+        <v>568</v>
       </c>
       <c r="B116" s="11">
-        <v>42714</v>
+        <v>42802</v>
       </c>
       <c r="C116" s="28" t="s">
-        <v>954</v>
+        <v>962</v>
       </c>
       <c r="D116" s="10" t="s">
-        <v>955</v>
+        <v>963</v>
       </c>
       <c r="E116" s="25">
-        <v>7.0833333333333331E-2</v>
+        <v>0.16111111111111112</v>
       </c>
       <c r="F116" s="29">
-        <v>8.0555555555555561E-2</v>
+        <v>0.17708333333333334</v>
       </c>
     </row>
     <row r="117" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A117" s="9" t="s">
-        <v>950</v>
+        <v>959</v>
       </c>
       <c r="B117" s="11">
-        <v>42684</v>
+        <v>42772</v>
       </c>
       <c r="C117" s="28" t="s">
-        <v>951</v>
+        <v>960</v>
       </c>
       <c r="D117" s="10" t="s">
-        <v>952</v>
+        <v>961</v>
       </c>
       <c r="E117" s="25">
-        <v>0.75138888888888899</v>
+        <v>0.83888888888888891</v>
       </c>
       <c r="F117" s="29">
-        <v>0.76666666666666661</v>
+        <v>0.85416666666666663</v>
       </c>
     </row>
     <row r="118" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A118" s="9" t="s">
-        <v>947</v>
+        <v>956</v>
       </c>
       <c r="B118" s="11">
-        <v>42655</v>
+        <v>42743</v>
       </c>
       <c r="C118" s="28" t="s">
-        <v>948</v>
+        <v>957</v>
       </c>
       <c r="D118" s="10" t="s">
-        <v>949</v>
+        <v>958</v>
       </c>
       <c r="E118" s="25">
-        <v>0.4291666666666667</v>
+        <v>0.52083333333333337</v>
       </c>
       <c r="F118" s="29">
-        <v>0.44861111111111113</v>
+        <v>0.53263888888888888</v>
       </c>
     </row>
     <row r="119" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A119" s="9" t="s">
-        <v>944</v>
+        <v>953</v>
       </c>
       <c r="B119" s="11">
-        <v>42625</v>
+        <v>42714</v>
       </c>
       <c r="C119" s="28" t="s">
-        <v>945</v>
+        <v>954</v>
       </c>
       <c r="D119" s="10" t="s">
-        <v>946</v>
+        <v>955</v>
       </c>
       <c r="E119" s="25">
-        <v>0.4916666666666667</v>
+        <v>7.0833333333333331E-2</v>
       </c>
       <c r="F119" s="29">
-        <v>0.51250000000000007</v>
+        <v>8.0555555555555561E-2</v>
       </c>
     </row>
     <row r="120" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A120" s="9" t="s">
-        <v>941</v>
+        <v>950</v>
       </c>
       <c r="B120" s="11">
-        <v>42595</v>
+        <v>42684</v>
       </c>
       <c r="C120" s="28" t="s">
-        <v>942</v>
+        <v>951</v>
       </c>
       <c r="D120" s="10" t="s">
-        <v>943</v>
+        <v>952</v>
       </c>
       <c r="E120" s="25">
-        <v>0.89513888888888893</v>
+        <v>0.75138888888888899</v>
       </c>
       <c r="F120" s="29">
-        <v>0.91666666666666663</v>
+        <v>0.76666666666666661</v>
       </c>
     </row>
     <row r="121" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A121" s="9" t="s">
-        <v>938</v>
+        <v>947</v>
       </c>
       <c r="B121" s="11">
-        <v>42566</v>
+        <v>42655</v>
       </c>
       <c r="C121" s="28" t="s">
-        <v>939</v>
+        <v>948</v>
       </c>
       <c r="D121" s="10" t="s">
-        <v>940</v>
+        <v>949</v>
       </c>
       <c r="E121" s="25">
-        <v>0.23055555555555554</v>
+        <v>0.4291666666666667</v>
       </c>
       <c r="F121" s="29">
-        <v>0.25069444444444444</v>
+        <v>0.44861111111111113</v>
       </c>
     </row>
     <row r="122" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A122" s="9" t="s">
-        <v>935</v>
+        <v>944</v>
       </c>
       <c r="B122" s="11">
-        <v>42536</v>
+        <v>42625</v>
       </c>
       <c r="C122" s="28" t="s">
-        <v>936</v>
+        <v>945</v>
       </c>
       <c r="D122" s="10" t="s">
-        <v>937</v>
+        <v>946</v>
       </c>
       <c r="E122" s="25">
-        <v>0.56458333333333333</v>
+        <v>0.4916666666666667</v>
       </c>
       <c r="F122" s="29">
-        <v>0.58194444444444449</v>
+        <v>0.51250000000000007</v>
       </c>
     </row>
     <row r="123" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A123" s="9" t="s">
-        <v>932</v>
+        <v>941</v>
       </c>
       <c r="B123" s="11">
-        <v>42506</v>
+        <v>42595</v>
       </c>
       <c r="C123" s="28" t="s">
-        <v>933</v>
+        <v>942</v>
       </c>
       <c r="D123" s="10" t="s">
-        <v>934</v>
+        <v>943</v>
       </c>
       <c r="E123" s="25">
-        <v>0.89583333333333337</v>
+        <v>0.89513888888888893</v>
       </c>
       <c r="F123" s="29">
-        <v>0.91111111111111109</v>
+        <v>0.91666666666666663</v>
       </c>
     </row>
     <row r="124" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A124" s="9" t="s">
-        <v>929</v>
+        <v>938</v>
       </c>
       <c r="B124" s="11">
-        <v>42477</v>
+        <v>42566</v>
       </c>
       <c r="C124" s="28" t="s">
-        <v>930</v>
+        <v>939</v>
       </c>
       <c r="D124" s="10" t="s">
-        <v>931</v>
+        <v>940</v>
       </c>
       <c r="E124" s="25">
-        <v>0.22500000000000001</v>
+        <v>0.23055555555555554</v>
       </c>
       <c r="F124" s="29">
-        <v>0.23958333333333334</v>
+        <v>0.25069444444444444</v>
       </c>
     </row>
     <row r="125" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A125" s="9" t="s">
-        <v>926</v>
+        <v>935</v>
       </c>
       <c r="B125" s="11">
-        <v>42447</v>
+        <v>42536</v>
       </c>
       <c r="C125" s="28" t="s">
-        <v>927</v>
+        <v>936</v>
       </c>
       <c r="D125" s="10" t="s">
-        <v>928</v>
+        <v>937</v>
       </c>
       <c r="E125" s="25">
-        <v>0.62291666666666667</v>
+        <v>0.56458333333333333</v>
       </c>
       <c r="F125" s="29">
-        <v>0.6381944444444444</v>
+        <v>0.58194444444444449</v>
       </c>
     </row>
     <row r="126" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A126" s="9" t="s">
-        <v>923</v>
+        <v>932</v>
       </c>
       <c r="B126" s="11">
-        <v>42418</v>
+        <v>42506</v>
       </c>
       <c r="C126" s="28" t="s">
-        <v>924</v>
+        <v>933</v>
       </c>
       <c r="D126" s="10" t="s">
-        <v>925</v>
+        <v>934</v>
       </c>
       <c r="E126" s="25">
-        <v>9.2361111111111116E-2</v>
+        <v>0.89583333333333337</v>
       </c>
       <c r="F126" s="29">
-        <v>0.1076388888888889</v>
+        <v>0.91111111111111109</v>
       </c>
     </row>
     <row r="127" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A127" s="9" t="s">
-        <v>920</v>
+        <v>929</v>
       </c>
       <c r="B127" s="11">
-        <v>42388</v>
+        <v>42477</v>
       </c>
       <c r="C127" s="28" t="s">
-        <v>921</v>
+        <v>930</v>
       </c>
       <c r="D127" s="10" t="s">
-        <v>922</v>
+        <v>931</v>
       </c>
       <c r="E127" s="25">
-        <v>0.70347222222222217</v>
+        <v>0.22500000000000001</v>
       </c>
       <c r="F127" s="29">
-        <v>0.71666666666666667</v>
+        <v>0.23958333333333334</v>
       </c>
     </row>
     <row r="128" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A128" s="9" t="s">
-        <v>917</v>
+        <v>926</v>
       </c>
       <c r="B128" s="11">
-        <v>42359</v>
+        <v>42447</v>
       </c>
       <c r="C128" s="28" t="s">
-        <v>918</v>
+        <v>927</v>
       </c>
       <c r="D128" s="10" t="s">
-        <v>919</v>
-[...4 lines deleted...]
-      <c r="F128" s="53"/>
+        <v>928</v>
+      </c>
+      <c r="E128" s="25">
+        <v>0.62291666666666667</v>
+      </c>
+      <c r="F128" s="29">
+        <v>0.6381944444444444</v>
+      </c>
     </row>
     <row r="129" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A129" s="9" t="s">
-        <v>914</v>
+        <v>923</v>
       </c>
       <c r="B129" s="11">
-        <v>42329</v>
+        <v>42418</v>
       </c>
       <c r="C129" s="28" t="s">
-        <v>915</v>
+        <v>924</v>
       </c>
       <c r="D129" s="10" t="s">
-        <v>916</v>
-[...2 lines deleted...]
-        <v>0.93611111111111101</v>
+        <v>925</v>
+      </c>
+      <c r="E129" s="25">
+        <v>9.2361111111111116E-2</v>
       </c>
       <c r="F129" s="29">
-        <v>0.94861111111111107</v>
+        <v>0.1076388888888889</v>
       </c>
     </row>
     <row r="130" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A130" s="9" t="s">
-        <v>911</v>
+        <v>920</v>
       </c>
       <c r="B130" s="11">
-        <v>42300</v>
+        <v>42388</v>
       </c>
       <c r="C130" s="28" t="s">
-        <v>912</v>
+        <v>921</v>
       </c>
       <c r="D130" s="10" t="s">
-        <v>913</v>
+        <v>922</v>
       </c>
       <c r="E130" s="25">
-        <v>0.68402777777777779</v>
+        <v>0.70347222222222217</v>
       </c>
       <c r="F130" s="29">
-        <v>0.70138888888888884</v>
+        <v>0.71666666666666667</v>
       </c>
     </row>
     <row r="131" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A131" s="9" t="s">
-        <v>908</v>
+        <v>917</v>
       </c>
       <c r="B131" s="11">
-        <v>42271</v>
+        <v>42359</v>
       </c>
       <c r="C131" s="28" t="s">
-        <v>909</v>
+        <v>918</v>
       </c>
       <c r="D131" s="10" t="s">
-        <v>910</v>
-[...6 lines deleted...]
-      </c>
+        <v>919</v>
+      </c>
+      <c r="E131" s="52" t="s">
+        <v>885</v>
+      </c>
+      <c r="F131" s="54"/>
     </row>
     <row r="132" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A132" s="9" t="s">
-        <v>905</v>
+        <v>914</v>
       </c>
       <c r="B132" s="11">
-        <v>42241</v>
+        <v>42329</v>
       </c>
       <c r="C132" s="28" t="s">
-        <v>906</v>
+        <v>915</v>
       </c>
       <c r="D132" s="10" t="s">
-        <v>907</v>
-[...2 lines deleted...]
-        <v>0.69861111111111107</v>
+        <v>916</v>
+      </c>
+      <c r="E132" s="29">
+        <v>0.93611111111111101</v>
       </c>
       <c r="F132" s="29">
-        <v>0.71944444444444444</v>
+        <v>0.94861111111111107</v>
       </c>
     </row>
     <row r="133" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A133" s="9" t="s">
-        <v>902</v>
+        <v>911</v>
       </c>
       <c r="B133" s="11">
-        <v>42212</v>
+        <v>42300</v>
       </c>
       <c r="C133" s="28" t="s">
-        <v>903</v>
+        <v>912</v>
       </c>
       <c r="D133" s="10" t="s">
-        <v>904</v>
+        <v>913</v>
       </c>
       <c r="E133" s="25">
-        <v>0.17083333333333331</v>
+        <v>0.68402777777777779</v>
       </c>
       <c r="F133" s="29">
-        <v>0.19166666666666665</v>
+        <v>0.70138888888888884</v>
       </c>
     </row>
     <row r="134" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A134" s="9" t="s">
-        <v>899</v>
+        <v>908</v>
       </c>
       <c r="B134" s="11">
-        <v>42182</v>
+        <v>42271</v>
       </c>
       <c r="C134" s="28" t="s">
-        <v>900</v>
+        <v>909</v>
       </c>
       <c r="D134" s="10" t="s">
-        <v>901</v>
+        <v>910</v>
       </c>
       <c r="E134" s="25">
-        <v>0.6430555555555556</v>
+        <v>0.22568287037037038</v>
       </c>
       <c r="F134" s="29">
-        <v>0.66180555555555554</v>
+        <v>0.24517361111111111</v>
       </c>
     </row>
     <row r="135" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A135" s="9" t="s">
-        <v>896</v>
+        <v>905</v>
       </c>
       <c r="B135" s="11">
-        <v>42152</v>
+        <v>42241</v>
       </c>
       <c r="C135" s="28" t="s">
-        <v>897</v>
+        <v>906</v>
       </c>
       <c r="D135" s="10" t="s">
-        <v>898</v>
+        <v>907</v>
       </c>
       <c r="E135" s="25">
-        <v>0.97569444444444453</v>
+        <v>0.69861111111111107</v>
       </c>
       <c r="F135" s="29">
-        <v>0.99236111111111114</v>
+        <v>0.71944444444444444</v>
       </c>
     </row>
     <row r="136" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A136" s="9" t="s">
-        <v>893</v>
+        <v>902</v>
       </c>
       <c r="B136" s="11">
-        <v>42121</v>
+        <v>42212</v>
       </c>
       <c r="C136" s="28" t="s">
-        <v>894</v>
+        <v>903</v>
       </c>
       <c r="D136" s="10" t="s">
-        <v>895</v>
-[...4 lines deleted...]
-      <c r="F136" s="53"/>
+        <v>904</v>
+      </c>
+      <c r="E136" s="25">
+        <v>0.17083333333333331</v>
+      </c>
+      <c r="F136" s="29">
+        <v>0.19166666666666665</v>
+      </c>
     </row>
     <row r="137" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A137" s="9" t="s">
-        <v>890</v>
+        <v>899</v>
       </c>
       <c r="B137" s="11">
-        <v>42093</v>
+        <v>42182</v>
       </c>
       <c r="C137" s="28" t="s">
-        <v>891</v>
+        <v>900</v>
       </c>
       <c r="D137" s="10" t="s">
-        <v>892</v>
+        <v>901</v>
       </c>
       <c r="E137" s="25">
-        <v>0.49652777777777773</v>
+        <v>0.6430555555555556</v>
       </c>
       <c r="F137" s="29">
-        <v>0.51111111111111118</v>
+        <v>0.66180555555555554</v>
       </c>
     </row>
     <row r="138" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A138" s="9" t="s">
-        <v>889</v>
+        <v>896</v>
       </c>
       <c r="B138" s="11">
-        <v>42063</v>
-[...5 lines deleted...]
-        <v>0.44097222222222227</v>
+        <v>42152</v>
+      </c>
+      <c r="C138" s="28" t="s">
+        <v>897</v>
+      </c>
+      <c r="D138" s="10" t="s">
+        <v>898</v>
       </c>
       <c r="E138" s="25">
-        <v>0.75902777777777775</v>
+        <v>0.97569444444444453</v>
       </c>
       <c r="F138" s="29">
-        <v>0.77430555555555547</v>
+        <v>0.99236111111111114</v>
       </c>
     </row>
     <row r="139" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A139" s="9" t="s">
-        <v>887</v>
-[...15 lines deleted...]
-      </c>
+        <v>893</v>
+      </c>
+      <c r="B139" s="11">
+        <v>42121</v>
+      </c>
+      <c r="C139" s="28" t="s">
+        <v>894</v>
+      </c>
+      <c r="D139" s="10" t="s">
+        <v>895</v>
+      </c>
+      <c r="E139" s="52" t="s">
+        <v>1096</v>
+      </c>
+      <c r="F139" s="54"/>
     </row>
     <row r="140" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A140" s="9" t="s">
-        <v>886</v>
+        <v>890</v>
       </c>
       <c r="B140" s="11">
-        <v>42004</v>
-[...10 lines deleted...]
-      <c r="F140" s="53"/>
+        <v>42093</v>
+      </c>
+      <c r="C140" s="28" t="s">
+        <v>891</v>
+      </c>
+      <c r="D140" s="10" t="s">
+        <v>892</v>
+      </c>
+      <c r="E140" s="25">
+        <v>0.49652777777777773</v>
+      </c>
+      <c r="F140" s="29">
+        <v>0.51111111111111118</v>
+      </c>
     </row>
     <row r="141" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A141" s="9" t="s">
+        <v>889</v>
+      </c>
+      <c r="B141" s="11">
+        <v>42063</v>
+      </c>
+      <c r="C141" s="29">
+        <v>0.42222222222222222</v>
+      </c>
+      <c r="D141" s="12">
+        <v>0.44097222222222227</v>
+      </c>
+      <c r="E141" s="25">
+        <v>0.75902777777777775</v>
+      </c>
+      <c r="F141" s="29">
+        <v>0.77430555555555547</v>
+      </c>
+    </row>
+    <row r="142" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A142" s="9" t="s">
+        <v>887</v>
+      </c>
+      <c r="B142" s="10" t="s">
+        <v>888</v>
+      </c>
+      <c r="C142" s="29">
+        <v>0.96319444444444446</v>
+      </c>
+      <c r="D142" s="12">
+        <v>0.9819444444444444</v>
+      </c>
+      <c r="E142" s="29">
+        <v>9.2361111111111116E-2</v>
+      </c>
+      <c r="F142" s="29">
+        <v>0.10694444444444444</v>
+      </c>
+    </row>
+    <row r="143" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A143" s="9" t="s">
+        <v>886</v>
+      </c>
+      <c r="B143" s="11">
+        <v>42004</v>
+      </c>
+      <c r="C143" s="29">
+        <v>0.84652777777777777</v>
+      </c>
+      <c r="D143" s="12">
+        <v>0.8652777777777777</v>
+      </c>
+      <c r="E143" s="52" t="s">
+        <v>885</v>
+      </c>
+      <c r="F143" s="54"/>
+    </row>
+    <row r="144" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A144" s="9" t="s">
         <v>884</v>
       </c>
-      <c r="B141" s="11">
+      <c r="B144" s="11">
         <v>41975</v>
       </c>
-      <c r="C141" s="29">
+      <c r="C144" s="29">
         <v>0.86805555555555547</v>
       </c>
-      <c r="D141" s="12">
+      <c r="D144" s="12">
         <v>0.88680555555555562</v>
       </c>
-      <c r="E141" s="52" t="s">
+      <c r="E144" s="52" t="s">
         <v>885</v>
       </c>
-      <c r="F141" s="53"/>
-[...59 lines deleted...]
-      </c>
+      <c r="F144" s="54"/>
     </row>
     <row r="145" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A145" s="28" t="s">
-        <v>879</v>
+        <v>883</v>
       </c>
       <c r="B145" s="11">
-        <v>41857</v>
+        <v>41945</v>
       </c>
       <c r="C145" s="12">
-        <v>0.75624999999999998</v>
+        <v>0.44722222222222219</v>
       </c>
       <c r="D145" s="20">
-        <v>0.77500000000000002</v>
+        <v>0.46597222222222223</v>
       </c>
       <c r="E145" s="20">
-        <v>0.83611111111111114</v>
+        <v>0.80069444444444438</v>
       </c>
       <c r="F145" s="31">
-        <v>0.8569444444444444</v>
+        <v>0.81527777777777777</v>
       </c>
     </row>
     <row r="146" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A146" s="28" t="s">
-        <v>878</v>
+        <v>882</v>
       </c>
       <c r="B146" s="11">
-        <v>41828</v>
+        <v>41916</v>
       </c>
       <c r="C146" s="12">
-        <v>0.29722222222222222</v>
+        <v>0.46875</v>
       </c>
       <c r="D146" s="20">
-        <v>0.31597222222222221</v>
+        <v>0.48749999999999999</v>
       </c>
       <c r="E146" s="20">
-        <v>0.37708333333333338</v>
+        <v>0.54722222222222217</v>
       </c>
       <c r="F146" s="31">
-        <v>0.3972222222222222</v>
+        <v>0.56597222222222221</v>
       </c>
     </row>
     <row r="147" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A147" s="28" t="s">
-        <v>877</v>
-[...2 lines deleted...]
-        <v>41798</v>
+        <v>880</v>
+      </c>
+      <c r="B147" s="10" t="s">
+        <v>881</v>
       </c>
       <c r="C147" s="12">
-        <v>0.83819444444444446</v>
+        <v>0.94097222222222221</v>
       </c>
       <c r="D147" s="20">
-        <v>0.8569444444444444</v>
+        <v>0.95972222222222225</v>
       </c>
       <c r="E147" s="20">
-        <v>0.91736111111111107</v>
+        <v>0.15763888888888888</v>
       </c>
       <c r="F147" s="31">
-        <v>0.93472222222222223</v>
+        <v>0.17812500000000001</v>
       </c>
     </row>
     <row r="148" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A148" s="28" t="s">
-        <v>875</v>
-[...2 lines deleted...]
-        <v>876</v>
+        <v>879</v>
+      </c>
+      <c r="B148" s="11">
+        <v>41857</v>
       </c>
       <c r="C148" s="12">
-        <v>0.96736111111111101</v>
+        <v>0.75624999999999998</v>
       </c>
       <c r="D148" s="20">
-        <v>0.98472222222222217</v>
+        <v>0.77500000000000002</v>
       </c>
       <c r="E148" s="20">
-        <v>0.31782407407407409</v>
+        <v>0.83611111111111114</v>
       </c>
       <c r="F148" s="31">
-        <v>0.33211805555555557</v>
+        <v>0.8569444444444444</v>
       </c>
     </row>
     <row r="149" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A149" s="28" t="s">
-        <v>874</v>
+        <v>878</v>
       </c>
       <c r="B149" s="11">
-        <v>41739</v>
+        <v>41828</v>
       </c>
       <c r="C149" s="12">
-        <v>0.43958333333333338</v>
+        <v>0.29722222222222222</v>
       </c>
       <c r="D149" s="20">
-        <v>0.45833333333333331</v>
+        <v>0.31597222222222221</v>
       </c>
       <c r="E149" s="20">
-        <v>0.55907407407407406</v>
+        <v>0.37708333333333338</v>
       </c>
       <c r="F149" s="31">
-        <v>0.60069444444444442</v>
+        <v>0.3972222222222222</v>
       </c>
     </row>
     <row r="150" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A150" s="28" t="s">
-        <v>422</v>
+        <v>877</v>
       </c>
       <c r="B150" s="11">
-        <v>41709</v>
+        <v>41798</v>
       </c>
       <c r="C150" s="12">
-        <v>0.91111111111111109</v>
+        <v>0.83819444444444446</v>
       </c>
       <c r="D150" s="20">
-        <v>0.92986111111111114</v>
+        <v>0.8569444444444444</v>
       </c>
       <c r="E150" s="20">
-        <v>0.97499999999999998</v>
+        <v>0.91736111111111107</v>
       </c>
       <c r="F150" s="31">
-        <v>0.99097222222222225</v>
+        <v>0.93472222222222223</v>
       </c>
     </row>
     <row r="151" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A151" s="28" t="s">
-        <v>873</v>
-[...2 lines deleted...]
-        <v>41679</v>
+        <v>875</v>
+      </c>
+      <c r="B151" s="10" t="s">
+        <v>876</v>
       </c>
       <c r="C151" s="12">
-        <v>0.90277777777777779</v>
+        <v>0.96736111111111101</v>
       </c>
       <c r="D151" s="20">
-        <v>0.92152777777777783</v>
+        <v>0.98472222222222217</v>
       </c>
       <c r="E151" s="20">
-        <v>0.96319444444444446</v>
+        <v>0.31782407407407409</v>
       </c>
       <c r="F151" s="31">
-        <v>0.9784722222222223</v>
+        <v>0.33211805555555557</v>
       </c>
     </row>
     <row r="152" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A152" s="28" t="s">
-        <v>871</v>
-[...2 lines deleted...]
-        <v>872</v>
+        <v>874</v>
+      </c>
+      <c r="B152" s="11">
+        <v>41739</v>
       </c>
       <c r="C152" s="12">
-        <v>0.96250000000000002</v>
+        <v>0.43958333333333338</v>
       </c>
       <c r="D152" s="20">
-        <v>0.98125000000000007</v>
+        <v>0.45833333333333331</v>
       </c>
       <c r="E152" s="20">
-        <v>0.16111111111111112</v>
+        <v>0.55907407407407406</v>
       </c>
       <c r="F152" s="31">
-        <v>0.17430555555555557</v>
+        <v>0.60069444444444442</v>
       </c>
     </row>
     <row r="153" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A153" s="28" t="s">
-        <v>870</v>
+        <v>422</v>
       </c>
       <c r="B153" s="11">
-        <v>41620</v>
+        <v>41709</v>
       </c>
       <c r="C153" s="12">
-        <v>0.43472222222222223</v>
+        <v>0.91111111111111109</v>
       </c>
       <c r="D153" s="20">
-        <v>0.45347222222222222</v>
+        <v>0.92986111111111114</v>
       </c>
       <c r="E153" s="20">
-        <v>0.64027777777777783</v>
+        <v>0.97499999999999998</v>
       </c>
       <c r="F153" s="31">
-        <v>0.64930555555555558</v>
+        <v>0.99097222222222225</v>
       </c>
     </row>
     <row r="154" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A154" s="28" t="s">
-        <v>869</v>
+        <v>873</v>
       </c>
       <c r="B154" s="11">
-        <v>41590</v>
+        <v>41679</v>
       </c>
       <c r="C154" s="12">
-        <v>0.90694444444444444</v>
+        <v>0.90277777777777779</v>
       </c>
       <c r="D154" s="20">
-        <v>0.92569444444444438</v>
+        <v>0.92152777777777783</v>
       </c>
       <c r="E154" s="20">
-        <v>0.98541666666666661</v>
+        <v>0.96319444444444446</v>
       </c>
       <c r="F154" s="31">
-        <v>0.99594907407407407</v>
+        <v>0.9784722222222223</v>
       </c>
     </row>
     <row r="155" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A155" s="28" t="s">
-        <v>868</v>
-[...2 lines deleted...]
-        <v>41561</v>
+        <v>871</v>
+      </c>
+      <c r="B155" s="10" t="s">
+        <v>872</v>
       </c>
       <c r="C155" s="12">
-        <v>0.44722222222222219</v>
+        <v>0.96250000000000002</v>
       </c>
       <c r="D155" s="20">
-        <v>0.46597222222222223</v>
+        <v>0.98125000000000007</v>
       </c>
       <c r="E155" s="20">
-        <v>0.73125000000000007</v>
+        <v>0.16111111111111112</v>
       </c>
       <c r="F155" s="31">
-        <v>0.74930555555555556</v>
+        <v>0.17430555555555557</v>
       </c>
     </row>
     <row r="156" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A156" s="28" t="s">
-        <v>867</v>
+        <v>870</v>
       </c>
       <c r="B156" s="11">
-        <v>41532</v>
+        <v>41620</v>
       </c>
       <c r="C156" s="12">
-        <v>0.26250000000000001</v>
+        <v>0.43472222222222223</v>
       </c>
       <c r="D156" s="20">
-        <v>0.28125</v>
+        <v>0.45347222222222222</v>
       </c>
       <c r="E156" s="20">
-        <v>0.34212962962962962</v>
+        <v>0.64027777777777783</v>
       </c>
       <c r="F156" s="31">
-        <v>0.36203703703703699</v>
+        <v>0.64930555555555558</v>
       </c>
     </row>
     <row r="157" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A157" s="28" t="s">
-        <v>865</v>
-[...2 lines deleted...]
-        <v>866</v>
+        <v>869</v>
+      </c>
+      <c r="B157" s="11">
+        <v>41590</v>
       </c>
       <c r="C157" s="12">
-        <v>0.94097222222222221</v>
+        <v>0.90694444444444444</v>
       </c>
       <c r="D157" s="20">
-        <v>0.95972222222222225</v>
+        <v>0.92569444444444438</v>
       </c>
       <c r="E157" s="20">
-        <v>2.0833333333333332E-2</v>
+        <v>0.98541666666666661</v>
       </c>
       <c r="F157" s="31">
-        <v>4.2361111111111106E-2</v>
+        <v>0.99594907407407407</v>
       </c>
     </row>
     <row r="158" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A158" s="28" t="s">
-        <v>864</v>
+        <v>868</v>
       </c>
       <c r="B158" s="11">
-        <v>41473</v>
+        <v>41561</v>
       </c>
       <c r="C158" s="12">
-        <v>0.41319444444444442</v>
+        <v>0.44722222222222219</v>
       </c>
       <c r="D158" s="20">
-        <v>0.43194444444444446</v>
+        <v>0.46597222222222223</v>
       </c>
       <c r="E158" s="20">
-        <v>0.83611111111111114</v>
+        <v>0.73125000000000007</v>
       </c>
       <c r="F158" s="31">
-        <v>0.85763888888888884</v>
+        <v>0.74930555555555556</v>
       </c>
     </row>
     <row r="159" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A159" s="28" t="s">
-        <v>863</v>
+        <v>867</v>
       </c>
       <c r="B159" s="11">
-        <v>41444</v>
+        <v>41532</v>
       </c>
       <c r="C159" s="12">
-        <v>0.43472222222222223</v>
+        <v>0.26250000000000001</v>
       </c>
       <c r="D159" s="20">
-        <v>0.45347222222222222</v>
+        <v>0.28125</v>
       </c>
       <c r="E159" s="20">
-        <v>0.51388888888888895</v>
+        <v>0.34212962962962962</v>
       </c>
       <c r="F159" s="31">
-        <v>0.53402777777777777</v>
+        <v>0.36203703703703699</v>
       </c>
     </row>
     <row r="160" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A160" s="28" t="s">
-        <v>861</v>
+        <v>865</v>
       </c>
       <c r="B160" s="10" t="s">
-        <v>862</v>
+        <v>866</v>
       </c>
       <c r="C160" s="12">
-        <v>0.90694444444444444</v>
+        <v>0.94097222222222221</v>
       </c>
       <c r="D160" s="20">
-        <v>0.92569444444444438</v>
+        <v>0.95972222222222225</v>
       </c>
       <c r="E160" s="20">
-        <v>0.12083333333333333</v>
+        <v>2.0833333333333332E-2</v>
       </c>
       <c r="F160" s="31">
-        <v>0.1388888888888889</v>
+        <v>4.2361111111111106E-2</v>
       </c>
     </row>
     <row r="161" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A161" s="28" t="s">
-        <v>860</v>
+        <v>864</v>
       </c>
       <c r="B161" s="11">
-        <v>41385</v>
+        <v>41473</v>
       </c>
       <c r="C161" s="12">
-        <v>0.44791666666666669</v>
+        <v>0.41319444444444442</v>
       </c>
       <c r="D161" s="20">
-        <v>0.46666666666666662</v>
+        <v>0.43194444444444446</v>
       </c>
       <c r="E161" s="20">
-        <v>0.58750000000000002</v>
+        <v>0.83611111111111114</v>
       </c>
       <c r="F161" s="31">
-        <v>0.60347222222222219</v>
+        <v>0.85763888888888884</v>
       </c>
     </row>
     <row r="162" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A162" s="28" t="s">
-        <v>859</v>
+        <v>863</v>
       </c>
       <c r="B162" s="11">
-        <v>41355</v>
+        <v>41444</v>
       </c>
       <c r="C162" s="12">
-        <v>0.85138888888888886</v>
+        <v>0.43472222222222223</v>
       </c>
       <c r="D162" s="20">
-        <v>0.87013888888888891</v>
+        <v>0.45347222222222222</v>
       </c>
       <c r="E162" s="20">
-        <v>0.91388888888888886</v>
+        <v>0.51388888888888895</v>
       </c>
       <c r="F162" s="31">
-        <v>0.93125000000000002</v>
+        <v>0.53402777777777777</v>
       </c>
     </row>
     <row r="163" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A163" s="28" t="s">
-        <v>857</v>
+        <v>861</v>
       </c>
       <c r="B163" s="10" t="s">
-        <v>858</v>
+        <v>862</v>
       </c>
       <c r="C163" s="12">
-        <v>0.97986111111111107</v>
+        <v>0.90694444444444444</v>
       </c>
       <c r="D163" s="20">
-        <v>0.99861111111111101</v>
+        <v>0.92569444444444438</v>
       </c>
       <c r="E163" s="20">
-        <v>0.10694444444444444</v>
+        <v>0.12083333333333333</v>
       </c>
       <c r="F163" s="31">
-        <v>0.125</v>
-[...2 lines deleted...]
-    <row r="164" spans="1:6" ht="24.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+        <v>0.1388888888888889</v>
+      </c>
+    </row>
+    <row r="164" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A164" s="28" t="s">
-        <v>856</v>
+        <v>860</v>
       </c>
       <c r="B164" s="11">
-        <v>41297</v>
+        <v>41385</v>
       </c>
       <c r="C164" s="12">
-        <v>0.82500000000000007</v>
+        <v>0.44791666666666669</v>
       </c>
       <c r="D164" s="20">
-        <v>0.84375</v>
-[...6 lines deleted...]
-    <row r="165" spans="1:6" ht="26.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+        <v>0.46666666666666662</v>
+      </c>
+      <c r="E164" s="20">
+        <v>0.58750000000000002</v>
+      </c>
+      <c r="F164" s="31">
+        <v>0.60347222222222219</v>
+      </c>
+    </row>
+    <row r="165" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A165" s="28" t="s">
-        <v>855</v>
+        <v>859</v>
       </c>
       <c r="B165" s="11">
-        <v>41266</v>
+        <v>41355</v>
       </c>
       <c r="C165" s="12">
-        <v>0.85486111111111107</v>
+        <v>0.85138888888888886</v>
       </c>
       <c r="D165" s="20">
-        <v>0.87361111111111101</v>
-[...4 lines deleted...]
-      <c r="F165" s="55"/>
+        <v>0.87013888888888891</v>
+      </c>
+      <c r="E165" s="20">
+        <v>0.91388888888888886</v>
+      </c>
+      <c r="F165" s="31">
+        <v>0.93125000000000002</v>
+      </c>
     </row>
     <row r="166" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A166" s="28" t="s">
-        <v>854</v>
-[...2 lines deleted...]
-        <v>41236</v>
+        <v>857</v>
+      </c>
+      <c r="B166" s="10" t="s">
+        <v>858</v>
       </c>
       <c r="C166" s="12">
-        <v>0.43402777777777773</v>
+        <v>0.97986111111111107</v>
       </c>
       <c r="D166" s="20">
-        <v>0.45277777777777778</v>
+        <v>0.99861111111111101</v>
       </c>
       <c r="E166" s="20">
-        <v>0.78194444444444444</v>
+        <v>0.10694444444444444</v>
       </c>
       <c r="F166" s="31">
-        <v>0.79166666666666663</v>
-[...2 lines deleted...]
-    <row r="167" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
+        <v>0.125</v>
+      </c>
+    </row>
+    <row r="167" spans="1:6" ht="24.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A167" s="28" t="s">
-        <v>852</v>
-[...2 lines deleted...]
-        <v>853</v>
+        <v>856</v>
+      </c>
+      <c r="B167" s="11">
+        <v>41297</v>
       </c>
       <c r="C167" s="12">
-        <v>0.97499999999999998</v>
+        <v>0.82500000000000007</v>
       </c>
       <c r="D167" s="20">
-        <v>0.99375000000000002</v>
-[...8 lines deleted...]
-    <row r="168" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
+        <v>0.84375</v>
+      </c>
+      <c r="E167" s="55" t="s">
+        <v>1095</v>
+      </c>
+      <c r="F167" s="56"/>
+    </row>
+    <row r="168" spans="1:6" ht="26.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A168" s="28" t="s">
-        <v>851</v>
+        <v>855</v>
       </c>
       <c r="B168" s="11">
-        <v>41177</v>
+        <v>41266</v>
       </c>
       <c r="C168" s="12">
-        <v>0.44722222222222219</v>
+        <v>0.85486111111111107</v>
       </c>
       <c r="D168" s="20">
-        <v>0.46597222222222223</v>
-[...6 lines deleted...]
-      </c>
+        <v>0.87361111111111101</v>
+      </c>
+      <c r="E168" s="55" t="s">
+        <v>1095</v>
+      </c>
+      <c r="F168" s="56"/>
     </row>
     <row r="169" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A169" s="28" t="s">
-        <v>850</v>
+        <v>854</v>
       </c>
       <c r="B169" s="11">
-        <v>41089</v>
+        <v>41236</v>
       </c>
       <c r="C169" s="12">
-        <v>0.41319444444444442</v>
+        <v>0.43402777777777773</v>
       </c>
       <c r="D169" s="20">
-        <v>0.43194444444444446</v>
+        <v>0.45277777777777778</v>
       </c>
       <c r="E169" s="20">
-        <v>0.74949074074074085</v>
+        <v>0.78194444444444444</v>
       </c>
       <c r="F169" s="31">
-        <v>0.79791666666666661</v>
+        <v>0.79166666666666663</v>
       </c>
     </row>
     <row r="170" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A170" s="28" t="s">
-        <v>849</v>
-[...2 lines deleted...]
-        <v>41060</v>
+        <v>852</v>
+      </c>
+      <c r="B170" s="10" t="s">
+        <v>853</v>
       </c>
       <c r="C170" s="12">
-        <v>0.43472222222222223</v>
+        <v>0.97499999999999998</v>
       </c>
       <c r="D170" s="20">
-        <v>0.45347222222222222</v>
+        <v>0.99375000000000002</v>
       </c>
       <c r="E170" s="20">
-        <v>0.51458333333333328</v>
+        <v>5.347222222222222E-2</v>
       </c>
       <c r="F170" s="31">
-        <v>0.53194444444444444</v>
+        <v>6.8749999999999992E-2</v>
       </c>
     </row>
     <row r="171" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A171" s="28" t="s">
-        <v>847</v>
-[...2 lines deleted...]
-        <v>848</v>
+        <v>851</v>
+      </c>
+      <c r="B171" s="11">
+        <v>41177</v>
       </c>
       <c r="C171" s="12">
-        <v>0.97638888888888886</v>
+        <v>0.44722222222222219</v>
       </c>
       <c r="D171" s="20">
-        <v>0.99513888888888891</v>
+        <v>0.46597222222222223</v>
       </c>
       <c r="E171" s="20">
-        <v>0.25694444444444448</v>
+        <v>0.59444444444444444</v>
       </c>
       <c r="F171" s="31">
-        <v>0.2722222222222222</v>
+        <v>0.61458333333333337</v>
       </c>
     </row>
     <row r="172" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A172" s="28" t="s">
-        <v>846</v>
+        <v>850</v>
       </c>
       <c r="B172" s="11">
-        <v>41001</v>
+        <v>41089</v>
       </c>
       <c r="C172" s="12">
-        <v>0.44791666666666669</v>
+        <v>0.41319444444444442</v>
       </c>
       <c r="D172" s="20">
-        <v>0.46666666666666662</v>
+        <v>0.43194444444444446</v>
       </c>
       <c r="E172" s="20">
-        <v>0.78888888888888886</v>
+        <v>0.74949074074074085</v>
       </c>
       <c r="F172" s="31">
-        <v>0.8041666666666667</v>
+        <v>0.79791666666666661</v>
       </c>
     </row>
     <row r="173" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A173" s="28" t="s">
-        <v>844</v>
-[...2 lines deleted...]
-        <v>845</v>
+        <v>849</v>
+      </c>
+      <c r="B173" s="11">
+        <v>41060</v>
       </c>
       <c r="C173" s="12">
-        <v>0.9194444444444444</v>
+        <v>0.43472222222222223</v>
       </c>
       <c r="D173" s="20">
-        <v>0.93819444444444444</v>
+        <v>0.45347222222222222</v>
       </c>
       <c r="E173" s="20">
-        <v>0.1173611111111111</v>
+        <v>0.51458333333333328</v>
       </c>
       <c r="F173" s="31">
-        <v>0.13402777777777777</v>
+        <v>0.53194444444444444</v>
       </c>
     </row>
     <row r="174" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A174" s="28" t="s">
-        <v>843</v>
-[...2 lines deleted...]
-        <v>40942</v>
+        <v>847</v>
+      </c>
+      <c r="B174" s="10" t="s">
+        <v>848</v>
       </c>
       <c r="C174" s="12">
-        <v>0.32222222222222224</v>
+        <v>0.97638888888888886</v>
       </c>
       <c r="D174" s="20">
-        <v>0.34097222222222223</v>
+        <v>0.99513888888888891</v>
       </c>
       <c r="E174" s="20">
-        <v>0.38055555555555554</v>
+        <v>0.25694444444444448</v>
       </c>
       <c r="F174" s="31">
-        <v>0.3979166666666667</v>
+        <v>0.2722222222222222</v>
       </c>
     </row>
     <row r="175" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A175" s="28" t="s">
-        <v>842</v>
+        <v>846</v>
       </c>
       <c r="B175" s="11">
-        <v>40912</v>
+        <v>41001</v>
       </c>
       <c r="C175" s="12">
-        <v>0.45</v>
+        <v>0.44791666666666669</v>
       </c>
       <c r="D175" s="20">
-        <v>0.46875</v>
+        <v>0.46666666666666662</v>
       </c>
       <c r="E175" s="20">
-        <v>0.51041666666666663</v>
+        <v>0.78888888888888886</v>
       </c>
       <c r="F175" s="31">
-        <v>0.52500000000000002</v>
+        <v>0.8041666666666667</v>
       </c>
     </row>
     <row r="176" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A176" s="28" t="s">
-        <v>841</v>
-[...2 lines deleted...]
-        <v>40882</v>
+        <v>844</v>
+      </c>
+      <c r="B176" s="10" t="s">
+        <v>845</v>
       </c>
       <c r="C176" s="12">
-        <v>0.44236111111111115</v>
+        <v>0.9194444444444444</v>
       </c>
       <c r="D176" s="20">
-        <v>0.46111111111111108</v>
+        <v>0.93819444444444444</v>
       </c>
       <c r="E176" s="20">
-        <v>0.78472222222222221</v>
+        <v>0.1173611111111111</v>
       </c>
       <c r="F176" s="31">
-        <v>0.7944444444444444</v>
+        <v>0.13402777777777777</v>
       </c>
     </row>
     <row r="177" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A177" s="28" t="s">
-        <v>840</v>
+        <v>843</v>
       </c>
       <c r="B177" s="11">
-        <v>40852</v>
+        <v>40942</v>
       </c>
       <c r="C177" s="12">
-        <v>0.43124999999999997</v>
+        <v>0.32222222222222224</v>
       </c>
       <c r="D177" s="20">
-        <v>0.45</v>
+        <v>0.34097222222222223</v>
       </c>
       <c r="E177" s="20">
-        <v>0.78749999999999998</v>
+        <v>0.38055555555555554</v>
       </c>
       <c r="F177" s="31">
-        <v>0.79999999999999993</v>
+        <v>0.3979166666666667</v>
       </c>
     </row>
     <row r="178" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A178" s="28" t="s">
-        <v>839</v>
+        <v>842</v>
       </c>
       <c r="B178" s="11">
-        <v>40823</v>
+        <v>40912</v>
       </c>
       <c r="C178" s="12">
-        <v>0.38680555555555557</v>
+        <v>0.45</v>
       </c>
       <c r="D178" s="20">
-        <v>0.4055555555555555</v>
+        <v>0.46875</v>
       </c>
       <c r="E178" s="20">
-        <v>0.46319444444444446</v>
+        <v>0.51041666666666663</v>
       </c>
       <c r="F178" s="31">
-        <v>0.48333333333333334</v>
+        <v>0.52500000000000002</v>
       </c>
     </row>
     <row r="179" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A179" s="28" t="s">
-        <v>838</v>
+        <v>841</v>
       </c>
       <c r="B179" s="11">
-        <v>40734</v>
+        <v>40882</v>
       </c>
       <c r="C179" s="12">
-        <v>0.80347222222222225</v>
+        <v>0.44236111111111115</v>
       </c>
       <c r="D179" s="20">
-        <v>0.8222222222222223</v>
+        <v>0.46111111111111108</v>
       </c>
       <c r="E179" s="20">
-        <v>0.8652777777777777</v>
+        <v>0.78472222222222221</v>
       </c>
       <c r="F179" s="31">
-        <v>0.9145833333333333</v>
+        <v>0.7944444444444444</v>
       </c>
     </row>
     <row r="180" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A180" s="28" t="s">
-        <v>837</v>
+        <v>840</v>
       </c>
       <c r="B180" s="11">
-        <v>40705</v>
+        <v>40852</v>
       </c>
       <c r="C180" s="12">
-        <v>0.41250000000000003</v>
+        <v>0.43124999999999997</v>
       </c>
       <c r="D180" s="20">
-        <v>0.43124999999999997</v>
+        <v>0.45</v>
       </c>
       <c r="E180" s="20">
-        <v>0.67893518518518514</v>
+        <v>0.78749999999999998</v>
       </c>
       <c r="F180" s="31">
-        <v>0.73958333333333337</v>
+        <v>0.79999999999999993</v>
       </c>
     </row>
     <row r="181" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A181" s="28" t="s">
-        <v>836</v>
+        <v>839</v>
       </c>
       <c r="B181" s="11">
-        <v>40676</v>
+        <v>40823</v>
       </c>
       <c r="C181" s="12">
-        <v>0.77777777777777779</v>
+        <v>0.38680555555555557</v>
       </c>
       <c r="D181" s="20">
-        <v>0.79652777777777783</v>
+        <v>0.4055555555555555</v>
       </c>
       <c r="E181" s="20">
-        <v>0.51180555555555551</v>
+        <v>0.46319444444444446</v>
       </c>
       <c r="F181" s="31">
-        <v>0.52847222222222223</v>
+        <v>0.48333333333333334</v>
       </c>
     </row>
     <row r="182" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A182" s="28" t="s">
-        <v>835</v>
+        <v>838</v>
       </c>
       <c r="B182" s="11">
-        <v>40647</v>
+        <v>40734</v>
       </c>
       <c r="C182" s="12">
-        <v>0.31875000000000003</v>
+        <v>0.80347222222222225</v>
       </c>
       <c r="D182" s="20">
-        <v>0.33749999999999997</v>
+        <v>0.8222222222222223</v>
       </c>
       <c r="E182" s="20">
-        <v>0.25138888888888888</v>
+        <v>0.8652777777777777</v>
       </c>
       <c r="F182" s="31">
-        <v>0.26597222222222222</v>
+        <v>0.9145833333333333</v>
       </c>
     </row>
     <row r="183" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A183" s="28" t="s">
-        <v>834</v>
+        <v>837</v>
       </c>
       <c r="B183" s="11">
-        <v>40617</v>
+        <v>40705</v>
       </c>
       <c r="C183" s="12">
-        <v>0.85972222222222217</v>
+        <v>0.41250000000000003</v>
       </c>
       <c r="D183" s="20">
-        <v>0.87847222222222221</v>
+        <v>0.43124999999999997</v>
       </c>
       <c r="E183" s="20">
-        <v>0.7895833333333333</v>
+        <v>0.67893518518518514</v>
       </c>
       <c r="F183" s="31">
-        <v>0.80069444444444438</v>
+        <v>0.73958333333333337</v>
       </c>
     </row>
     <row r="184" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A184" s="28" t="s">
-        <v>833</v>
+        <v>836</v>
       </c>
       <c r="B184" s="11">
-        <v>40588</v>
+        <v>40676</v>
       </c>
       <c r="C184" s="12">
-        <v>0.88055555555555554</v>
+        <v>0.77777777777777779</v>
       </c>
       <c r="D184" s="20">
-        <v>0.89930555555555547</v>
+        <v>0.79652777777777783</v>
       </c>
       <c r="E184" s="20">
-        <v>0.25208333333333333</v>
+        <v>0.51180555555555551</v>
       </c>
       <c r="F184" s="31">
-        <v>0.27013888888888887</v>
+        <v>0.52847222222222223</v>
       </c>
     </row>
     <row r="185" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A185" s="28" t="s">
-        <v>832</v>
+        <v>835</v>
       </c>
       <c r="B185" s="11">
-        <v>40558</v>
+        <v>40647</v>
       </c>
       <c r="C185" s="12">
-        <v>0.80347222222222225</v>
+        <v>0.31875000000000003</v>
       </c>
       <c r="D185" s="20">
-        <v>0.8222222222222223</v>
+        <v>0.33749999999999997</v>
       </c>
       <c r="E185" s="20">
-        <v>0.5854166666666667</v>
+        <v>0.25138888888888888</v>
       </c>
       <c r="F185" s="31">
-        <v>0.60277777777777775</v>
+        <v>0.26597222222222222</v>
       </c>
     </row>
     <row r="186" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A186" s="28" t="s">
-        <v>831</v>
+        <v>834</v>
       </c>
       <c r="B186" s="11">
-        <v>40528</v>
+        <v>40617</v>
       </c>
       <c r="C186" s="12">
-        <v>0.86319444444444438</v>
+        <v>0.85972222222222217</v>
       </c>
       <c r="D186" s="20">
-        <v>0.88194444444444453</v>
+        <v>0.87847222222222221</v>
       </c>
       <c r="E186" s="20">
-        <v>0.78819444444444453</v>
+        <v>0.7895833333333333</v>
       </c>
       <c r="F186" s="31">
-        <v>0.7993055555555556</v>
+        <v>0.80069444444444438</v>
       </c>
     </row>
     <row r="187" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A187" s="28" t="s">
-        <v>274</v>
+        <v>833</v>
       </c>
       <c r="B187" s="11">
-        <v>40499</v>
+        <v>40588</v>
       </c>
       <c r="C187" s="12">
-        <v>0.26666666666666666</v>
+        <v>0.88055555555555554</v>
       </c>
       <c r="D187" s="20">
-        <v>0.28541666666666665</v>
+        <v>0.89930555555555547</v>
       </c>
       <c r="E187" s="20">
-        <v>6.7361111111111108E-2</v>
+        <v>0.25208333333333333</v>
       </c>
       <c r="F187" s="31">
-        <v>7.7083333333333337E-2</v>
+        <v>0.27013888888888887</v>
       </c>
     </row>
     <row r="188" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A188" s="28" t="s">
-        <v>830</v>
+        <v>832</v>
       </c>
       <c r="B188" s="11">
-        <v>40469</v>
+        <v>40558</v>
       </c>
       <c r="C188" s="12">
-        <v>0.32777777777777778</v>
+        <v>0.80347222222222225</v>
       </c>
       <c r="D188" s="20">
-        <v>0.36979166666666669</v>
+        <v>0.8222222222222223</v>
       </c>
       <c r="E188" s="20">
-        <v>0.2673611111111111</v>
+        <v>0.5854166666666667</v>
       </c>
       <c r="F188" s="31">
-        <v>0.28541666666666665</v>
+        <v>0.60277777777777775</v>
       </c>
     </row>
     <row r="189" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A189" s="28" t="s">
-        <v>829</v>
+        <v>831</v>
       </c>
       <c r="B189" s="11">
-        <v>40439</v>
+        <v>40528</v>
       </c>
       <c r="C189" s="12">
-        <v>0.45624999999999999</v>
+        <v>0.86319444444444438</v>
       </c>
       <c r="D189" s="20">
-        <v>0.47500000000000003</v>
+        <v>0.88194444444444453</v>
       </c>
       <c r="E189" s="20">
-        <v>0.3972222222222222</v>
+        <v>0.78819444444444453</v>
       </c>
       <c r="F189" s="31">
-        <v>0.41944444444444445</v>
+        <v>0.7993055555555556</v>
       </c>
     </row>
     <row r="190" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A190" s="28" t="s">
-        <v>828</v>
+        <v>274</v>
       </c>
       <c r="B190" s="11">
-        <v>40350</v>
+        <v>40499</v>
       </c>
       <c r="C190" s="12">
-        <v>0.8041666666666667</v>
+        <v>0.26666666666666666</v>
       </c>
       <c r="D190" s="20">
-        <v>0.82291666666666663</v>
+        <v>0.28541666666666665</v>
       </c>
       <c r="E190" s="20">
-        <v>0.8847222222222223</v>
+        <v>6.7361111111111108E-2</v>
       </c>
       <c r="F190" s="31">
-        <v>0.90625</v>
+        <v>7.7083333333333337E-2</v>
       </c>
     </row>
     <row r="191" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A191" s="28" t="s">
-        <v>827</v>
+        <v>830</v>
       </c>
       <c r="B191" s="11">
-        <v>40321</v>
+        <v>40469</v>
       </c>
       <c r="C191" s="12">
-        <v>0.8256944444444444</v>
+        <v>0.32777777777777778</v>
       </c>
       <c r="D191" s="20">
-        <v>0.84444444444444444</v>
+        <v>0.36979166666666669</v>
       </c>
       <c r="E191" s="20">
-        <v>0.63055555555555554</v>
+        <v>0.2673611111111111</v>
       </c>
       <c r="F191" s="31">
-        <v>0.64861111111111114</v>
+        <v>0.28541666666666665</v>
       </c>
     </row>
     <row r="192" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A192" s="28" t="s">
-        <v>826</v>
+        <v>829</v>
       </c>
       <c r="B192" s="11">
-        <v>40292</v>
+        <v>40439</v>
       </c>
       <c r="C192" s="12">
-        <v>0.3666666666666667</v>
+        <v>0.45624999999999999</v>
       </c>
       <c r="D192" s="20">
-        <v>0.38541666666666669</v>
+        <v>0.47500000000000003</v>
       </c>
       <c r="E192" s="20">
-        <v>0.43958333333333338</v>
+        <v>0.3972222222222222</v>
       </c>
       <c r="F192" s="31">
-        <v>0.45416666666666666</v>
+        <v>0.41944444444444445</v>
       </c>
     </row>
     <row r="193" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A193" s="28" t="s">
-        <v>825</v>
+        <v>828</v>
       </c>
       <c r="B193" s="11">
-        <v>40263</v>
+        <v>40350</v>
       </c>
       <c r="C193" s="12">
-        <v>0.25138888888888888</v>
+        <v>0.8041666666666667</v>
       </c>
       <c r="D193" s="20">
-        <v>0.27013888888888887</v>
+        <v>0.82291666666666663</v>
       </c>
       <c r="E193" s="20">
-        <v>0.10833333333333334</v>
+        <v>0.8847222222222223</v>
       </c>
       <c r="F193" s="31">
-        <v>0.12430555555555556</v>
+        <v>0.90625</v>
       </c>
     </row>
     <row r="194" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A194" s="28" t="s">
+        <v>827</v>
+      </c>
+      <c r="B194" s="11">
+        <v>40321</v>
+      </c>
+      <c r="C194" s="12">
+        <v>0.8256944444444444</v>
+      </c>
+      <c r="D194" s="20">
+        <v>0.84444444444444444</v>
+      </c>
+      <c r="E194" s="20">
+        <v>0.63055555555555554</v>
+      </c>
+      <c r="F194" s="31">
+        <v>0.64861111111111114</v>
+      </c>
+    </row>
+    <row r="195" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A195" s="28" t="s">
+        <v>826</v>
+      </c>
+      <c r="B195" s="11">
+        <v>40292</v>
+      </c>
+      <c r="C195" s="12">
+        <v>0.3666666666666667</v>
+      </c>
+      <c r="D195" s="20">
+        <v>0.38541666666666669</v>
+      </c>
+      <c r="E195" s="20">
+        <v>0.43958333333333338</v>
+      </c>
+      <c r="F195" s="31">
+        <v>0.45416666666666666</v>
+      </c>
+    </row>
+    <row r="196" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A196" s="28" t="s">
+        <v>825</v>
+      </c>
+      <c r="B196" s="11">
+        <v>40263</v>
+      </c>
+      <c r="C196" s="12">
+        <v>0.25138888888888888</v>
+      </c>
+      <c r="D196" s="20">
+        <v>0.27013888888888887</v>
+      </c>
+      <c r="E196" s="20">
+        <v>0.10833333333333334</v>
+      </c>
+      <c r="F196" s="31">
+        <v>0.12430555555555556</v>
+      </c>
+    </row>
+    <row r="197" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A197" s="28" t="s">
         <v>824</v>
       </c>
-      <c r="B194" s="11">
+      <c r="B197" s="11">
         <v>40233</v>
       </c>
-      <c r="C194" s="12">
+      <c r="C197" s="12">
         <v>0.79236111111111107</v>
       </c>
-      <c r="D194" s="20">
+      <c r="D197" s="20">
         <v>0.81111111111111101</v>
       </c>
-      <c r="E194" s="20">
+      <c r="E197" s="20">
         <v>0.71180555555555547</v>
       </c>
-      <c r="F194" s="30">
+      <c r="F197" s="30">
         <v>0.73055555555555562</v>
       </c>
     </row>
-    <row r="195" spans="1:6" ht="26.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
-      <c r="A195" s="28" t="s">
+    <row r="198" spans="1:6" ht="26.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A198" s="28" t="s">
         <v>823</v>
       </c>
-      <c r="B195" s="11">
+      <c r="B198" s="11">
         <v>40204</v>
       </c>
-      <c r="C195" s="52" t="s">
+      <c r="C198" s="52" t="s">
         <v>1325</v>
       </c>
-      <c r="D195" s="58"/>
-[...61 lines deleted...]
-      </c>
+      <c r="D198" s="53"/>
+      <c r="E198" s="53"/>
+      <c r="F198" s="54"/>
     </row>
     <row r="199" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A199" s="27" t="s">
-        <v>819</v>
+        <v>822</v>
       </c>
       <c r="B199" s="15">
-        <v>40085</v>
+        <v>40174</v>
       </c>
       <c r="C199" s="17">
-        <v>0.81041666666666667</v>
+        <v>0.80486111111111114</v>
       </c>
       <c r="D199" s="23">
-        <v>0.82916666666666661</v>
+        <v>0.82361111111111107</v>
       </c>
       <c r="E199" s="30">
-        <v>0.61249999999999993</v>
+        <v>0.72569444444444453</v>
       </c>
       <c r="F199" s="30">
-        <v>0.63472222222222219</v>
+        <v>0.7402777777777777</v>
       </c>
     </row>
     <row r="200" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A200" s="27" t="s">
-        <v>818</v>
+        <v>821</v>
       </c>
       <c r="B200" s="15">
-        <v>40064</v>
+        <v>40145</v>
       </c>
       <c r="C200" s="17">
-        <v>0.79652777777777783</v>
+        <v>0.34583333333333338</v>
       </c>
       <c r="D200" s="23">
-        <v>0.81527777777777777</v>
-[...5 lines deleted...]
-        <v>15</v>
+        <v>0.36458333333333331</v>
+      </c>
+      <c r="E200" s="30">
+        <v>0.27708333333333335</v>
+      </c>
+      <c r="F200" s="30">
+        <v>0.28750000000000003</v>
       </c>
     </row>
     <row r="201" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A201" s="27" t="s">
-        <v>817</v>
+        <v>820</v>
       </c>
       <c r="B201" s="15">
-        <v>44014</v>
+        <v>40115</v>
       </c>
       <c r="C201" s="17">
-        <v>0.26527777777777778</v>
+        <v>0.4055555555555555</v>
       </c>
       <c r="D201" s="23">
-        <v>0.28402777777777777</v>
+        <v>0.42430555555555555</v>
       </c>
       <c r="E201" s="30">
-        <v>0.20902777777777778</v>
+        <v>0.34652777777777777</v>
       </c>
       <c r="F201" s="30">
-        <v>0.23194444444444443</v>
+        <v>0.36319444444444443</v>
       </c>
     </row>
     <row r="202" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A202" s="27" t="s">
-        <v>816</v>
+        <v>819</v>
       </c>
       <c r="B202" s="15">
-        <v>39966</v>
+        <v>40085</v>
       </c>
       <c r="C202" s="17">
-        <v>0.875</v>
+        <v>0.81041666666666667</v>
       </c>
       <c r="D202" s="23">
-        <v>0.89374999999999993</v>
+        <v>0.82916666666666661</v>
       </c>
       <c r="E202" s="30">
-        <v>0.9555555555555556</v>
+        <v>0.61249999999999993</v>
       </c>
       <c r="F202" s="30">
-        <v>0.97499999999999998</v>
+        <v>0.63472222222222219</v>
       </c>
     </row>
     <row r="203" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A203" s="27" t="s">
-        <v>815</v>
+        <v>818</v>
       </c>
       <c r="B203" s="15">
-        <v>39937</v>
+        <v>40064</v>
       </c>
       <c r="C203" s="17">
-        <v>0.7631944444444444</v>
+        <v>0.79652777777777783</v>
       </c>
       <c r="D203" s="23">
-        <v>0.78194444444444444</v>
-[...5 lines deleted...]
-        <v>0.64374999999999993</v>
+        <v>0.81527777777777777</v>
+      </c>
+      <c r="E203" s="27" t="s">
+        <v>15</v>
+      </c>
+      <c r="F203" s="27" t="s">
+        <v>15</v>
       </c>
     </row>
     <row r="204" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A204" s="27" t="s">
-        <v>814</v>
+        <v>817</v>
       </c>
       <c r="B204" s="15">
-        <v>39908</v>
+        <v>44014</v>
       </c>
       <c r="C204" s="17">
-        <v>0.36944444444444446</v>
+        <v>0.26527777777777778</v>
       </c>
       <c r="D204" s="23">
-        <v>0.38819444444444445</v>
+        <v>0.28402777777777777</v>
       </c>
       <c r="E204" s="30">
-        <v>0.29652777777777778</v>
+        <v>0.20902777777777778</v>
       </c>
       <c r="F204" s="30">
-        <v>0.3125</v>
+        <v>0.23194444444444443</v>
       </c>
     </row>
     <row r="205" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A205" s="27" t="s">
-        <v>813</v>
+        <v>816</v>
       </c>
       <c r="B205" s="15">
-        <v>39878</v>
+        <v>39966</v>
       </c>
       <c r="C205" s="17">
-        <v>0.90972222222222221</v>
+        <v>0.875</v>
       </c>
       <c r="D205" s="23">
-        <v>0.92847222222222225</v>
+        <v>0.89374999999999993</v>
       </c>
       <c r="E205" s="30">
-        <v>0.96736111111111101</v>
+        <v>0.9555555555555556</v>
       </c>
       <c r="F205" s="30">
-        <v>0.98611111111111116</v>
+        <v>0.97499999999999998</v>
       </c>
     </row>
     <row r="206" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A206" s="27" t="s">
-        <v>812</v>
+        <v>815</v>
       </c>
       <c r="B206" s="15">
-        <v>39849</v>
+        <v>39937</v>
       </c>
       <c r="C206" s="17">
-        <v>0.8618055555555556</v>
+        <v>0.7631944444444444</v>
       </c>
       <c r="D206" s="23">
-        <v>0.88055555555555554</v>
+        <v>0.78194444444444444</v>
       </c>
       <c r="E206" s="30">
-        <v>0.64236111111111105</v>
+        <v>0.62916666666666665</v>
       </c>
       <c r="F206" s="30">
-        <v>0.66527777777777775</v>
+        <v>0.64374999999999993</v>
       </c>
     </row>
     <row r="207" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A207" s="27" t="s">
-        <v>811</v>
+        <v>814</v>
       </c>
       <c r="B207" s="15">
-        <v>39820</v>
+        <v>39908</v>
       </c>
       <c r="C207" s="17">
-        <v>0.26527777777777778</v>
+        <v>0.36944444444444446</v>
       </c>
       <c r="D207" s="23">
-        <v>0.28402777777777777</v>
+        <v>0.38819444444444445</v>
       </c>
       <c r="E207" s="30">
-        <v>0.18333333333333335</v>
+        <v>0.29652777777777778</v>
       </c>
       <c r="F207" s="30">
-        <v>0.20347222222222219</v>
+        <v>0.3125</v>
       </c>
     </row>
     <row r="208" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A208" s="27" t="s">
-        <v>810</v>
+        <v>813</v>
       </c>
       <c r="B208" s="15">
-        <v>39790</v>
+        <v>39878</v>
       </c>
       <c r="C208" s="17">
-        <v>0.87430555555555556</v>
+        <v>0.90972222222222221</v>
       </c>
       <c r="D208" s="23">
-        <v>0.8930555555555556</v>
+        <v>0.92847222222222225</v>
       </c>
       <c r="E208" s="30">
-        <v>0.93819444444444444</v>
+        <v>0.96736111111111101</v>
       </c>
       <c r="F208" s="30">
-        <v>0.95277777777777783</v>
+        <v>0.98611111111111116</v>
       </c>
     </row>
     <row r="209" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A209" s="27" t="s">
-        <v>809</v>
+        <v>812</v>
       </c>
       <c r="B209" s="15">
-        <v>39761</v>
+        <v>39849</v>
       </c>
       <c r="C209" s="17">
-        <v>0.27638888888888885</v>
+        <v>0.8618055555555556</v>
       </c>
       <c r="D209" s="23">
-        <v>0.2951388888888889</v>
+        <v>0.88055555555555554</v>
       </c>
       <c r="E209" s="30">
-        <v>0.15</v>
+        <v>0.64236111111111105</v>
       </c>
       <c r="F209" s="30">
-        <v>0.16666666666666666</v>
+        <v>0.66527777777777775</v>
       </c>
     </row>
     <row r="210" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A210" s="27" t="s">
-        <v>808</v>
+        <v>811</v>
       </c>
       <c r="B210" s="15">
-        <v>39731</v>
+        <v>39820</v>
       </c>
       <c r="C210" s="17">
-        <v>0.88541666666666663</v>
+        <v>0.26527777777777778</v>
       </c>
       <c r="D210" s="23">
-        <v>0.90416666666666667</v>
+        <v>0.28402777777777777</v>
       </c>
       <c r="E210" s="30">
-        <v>0.8256944444444444</v>
+        <v>0.18333333333333335</v>
       </c>
       <c r="F210" s="30">
-        <v>0.84930555555555554</v>
+        <v>0.20347222222222219</v>
       </c>
     </row>
     <row r="211" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A211" s="27" t="s">
-        <v>807</v>
+        <v>810</v>
       </c>
       <c r="B211" s="15">
-        <v>39686</v>
+        <v>39790</v>
       </c>
       <c r="C211" s="17">
-        <v>0.83819444444444446</v>
+        <v>0.87430555555555556</v>
       </c>
       <c r="D211" s="23">
-        <v>0.8569444444444444</v>
-[...5 lines deleted...]
-        <v>15</v>
+        <v>0.8930555555555556</v>
+      </c>
+      <c r="E211" s="30">
+        <v>0.93819444444444444</v>
+      </c>
+      <c r="F211" s="30">
+        <v>0.95277777777777783</v>
       </c>
     </row>
     <row r="212" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A212" s="27" t="s">
-        <v>806</v>
+        <v>809</v>
       </c>
       <c r="B212" s="15">
-        <v>39644</v>
+        <v>39761</v>
       </c>
       <c r="C212" s="17">
-        <v>0.88124999999999998</v>
+        <v>0.27638888888888885</v>
       </c>
       <c r="D212" s="23">
-        <v>0.9</v>
-[...5 lines deleted...]
-        <v>15</v>
+        <v>0.2951388888888889</v>
+      </c>
+      <c r="E212" s="30">
+        <v>0.15</v>
+      </c>
+      <c r="F212" s="30">
+        <v>0.16666666666666666</v>
       </c>
     </row>
     <row r="213" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A213" s="27" t="s">
-        <v>805</v>
+        <v>808</v>
       </c>
       <c r="B213" s="15">
-        <v>39612</v>
+        <v>39731</v>
       </c>
       <c r="C213" s="17">
-        <v>0.81319444444444444</v>
+        <v>0.88541666666666663</v>
       </c>
       <c r="D213" s="23">
-        <v>0.83194444444444438</v>
+        <v>0.90416666666666667</v>
       </c>
       <c r="E213" s="30">
-        <v>0.68611111111111101</v>
+        <v>0.8256944444444444</v>
       </c>
       <c r="F213" s="30">
-        <v>0.7104166666666667</v>
+        <v>0.84930555555555554</v>
       </c>
     </row>
     <row r="214" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A214" s="27" t="s">
-        <v>804</v>
+        <v>807</v>
       </c>
       <c r="B214" s="15">
-        <v>39583</v>
+        <v>39686</v>
       </c>
       <c r="C214" s="17">
-        <v>0.28402777777777777</v>
+        <v>0.83819444444444446</v>
       </c>
       <c r="D214" s="23">
-        <v>0.30277777777777776</v>
-[...5 lines deleted...]
-        <v>0.17430555555555557</v>
+        <v>0.8569444444444444</v>
+      </c>
+      <c r="E214" s="27" t="s">
+        <v>15</v>
+      </c>
+      <c r="F214" s="27" t="s">
+        <v>15</v>
       </c>
     </row>
     <row r="215" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A215" s="27" t="s">
-        <v>803</v>
+        <v>806</v>
       </c>
       <c r="B215" s="15">
-        <v>39553</v>
+        <v>39644</v>
       </c>
       <c r="C215" s="17">
-        <v>0.82430555555555562</v>
+        <v>0.88124999999999998</v>
       </c>
       <c r="D215" s="23">
-        <v>0.84305555555555556</v>
-[...5 lines deleted...]
-        <v>0.63611111111111118</v>
+        <v>0.9</v>
+      </c>
+      <c r="E215" s="27" t="s">
+        <v>15</v>
+      </c>
+      <c r="F215" s="27" t="s">
+        <v>15</v>
       </c>
     </row>
     <row r="216" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A216" s="27" t="s">
-        <v>802</v>
+        <v>805</v>
       </c>
       <c r="B216" s="15">
-        <v>39524</v>
+        <v>39612</v>
       </c>
       <c r="C216" s="17">
-        <v>0.29652777777777778</v>
+        <v>0.81319444444444444</v>
       </c>
       <c r="D216" s="23">
-        <v>0.31527777777777777</v>
+        <v>0.83194444444444438</v>
       </c>
       <c r="E216" s="30">
-        <v>0.14930555555555555</v>
+        <v>0.68611111111111101</v>
       </c>
       <c r="F216" s="30">
-        <v>0.17222222222222225</v>
+        <v>0.7104166666666667</v>
       </c>
     </row>
     <row r="217" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A217" s="27" t="s">
-        <v>801</v>
+        <v>804</v>
       </c>
       <c r="B217" s="15">
-        <v>39494</v>
+        <v>39583</v>
       </c>
       <c r="C217" s="17">
-        <v>0.90555555555555556</v>
+        <v>0.28402777777777777</v>
       </c>
       <c r="D217" s="23">
-        <v>0.9243055555555556</v>
+        <v>0.30277777777777776</v>
       </c>
       <c r="E217" s="30">
-        <v>0.82430555555555562</v>
+        <v>0.15486111111111112</v>
       </c>
       <c r="F217" s="30">
-        <v>0.84791666666666676</v>
+        <v>0.17430555555555557</v>
       </c>
     </row>
     <row r="218" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A218" s="27" t="s">
-        <v>800</v>
+        <v>803</v>
       </c>
       <c r="B218" s="15">
-        <v>39465</v>
+        <v>39553</v>
       </c>
       <c r="C218" s="17">
-        <v>0.37777777777777777</v>
+        <v>0.82430555555555562</v>
       </c>
       <c r="D218" s="23">
-        <v>0.39652777777777781</v>
+        <v>0.84305555555555556</v>
       </c>
       <c r="E218" s="30">
-        <v>0.43263888888888885</v>
+        <v>0.6166666666666667</v>
       </c>
       <c r="F218" s="30">
-        <v>0.4548611111111111</v>
+        <v>0.63611111111111118</v>
       </c>
     </row>
     <row r="219" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A219" s="27" t="s">
-        <v>799</v>
+        <v>802</v>
       </c>
       <c r="B219" s="15">
-        <v>39436</v>
+        <v>39524</v>
       </c>
       <c r="C219" s="17">
-        <v>0.81111111111111101</v>
+        <v>0.29652777777777778</v>
       </c>
       <c r="D219" s="23">
-        <v>0.82986111111111116</v>
-[...5 lines deleted...]
-        <v>15</v>
+        <v>0.31527777777777777</v>
+      </c>
+      <c r="E219" s="30">
+        <v>0.14930555555555555</v>
+      </c>
+      <c r="F219" s="30">
+        <v>0.17222222222222225</v>
       </c>
     </row>
     <row r="220" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A220" s="27" t="s">
-        <v>798</v>
+        <v>801</v>
       </c>
       <c r="B220" s="15">
-        <v>39406</v>
+        <v>39494</v>
       </c>
       <c r="C220" s="17">
-        <v>0.80208333333333337</v>
+        <v>0.90555555555555556</v>
       </c>
       <c r="D220" s="23">
-        <v>0.8208333333333333</v>
+        <v>0.9243055555555556</v>
       </c>
       <c r="E220" s="30">
-        <v>0.67361111111111116</v>
+        <v>0.82430555555555562</v>
       </c>
       <c r="F220" s="30">
-        <v>0.6875</v>
+        <v>0.84791666666666676</v>
       </c>
     </row>
     <row r="221" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
-      <c r="A221" s="18" t="s">
-[...3 lines deleted...]
-        <v>39388</v>
+      <c r="A221" s="27" t="s">
+        <v>800</v>
+      </c>
+      <c r="B221" s="15">
+        <v>39465</v>
       </c>
       <c r="C221" s="17">
-        <v>0.81041666666666667</v>
+        <v>0.37777777777777777</v>
       </c>
       <c r="D221" s="23">
-        <v>0.82939814814814816</v>
-[...5 lines deleted...]
-        <v>15</v>
+        <v>0.39652777777777781</v>
+      </c>
+      <c r="E221" s="30">
+        <v>0.43263888888888885</v>
+      </c>
+      <c r="F221" s="30">
+        <v>0.4548611111111111</v>
       </c>
     </row>
     <row r="222" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A222" s="27" t="s">
-        <v>796</v>
+        <v>799</v>
       </c>
       <c r="B222" s="15">
-        <v>39352</v>
+        <v>39436</v>
       </c>
       <c r="C222" s="17">
-        <v>0.82847222222222217</v>
+        <v>0.81111111111111101</v>
       </c>
       <c r="D222" s="23">
-        <v>0.84722222222222221</v>
+        <v>0.82986111111111116</v>
       </c>
       <c r="E222" s="27" t="s">
         <v>15</v>
       </c>
       <c r="F222" s="27" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="223" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A223" s="27" t="s">
-        <v>795</v>
+        <v>798</v>
       </c>
       <c r="B223" s="15">
-        <v>39324</v>
+        <v>39406</v>
       </c>
       <c r="C223" s="17">
-        <v>0.88055555555555554</v>
+        <v>0.80208333333333337</v>
       </c>
       <c r="D223" s="23">
-        <v>0.89930555555555547</v>
-[...1 lines deleted...]
-      <c r="E223" s="27" t="s">
+        <v>0.8208333333333333</v>
+      </c>
+      <c r="E223" s="30">
+        <v>0.67361111111111116</v>
+      </c>
+      <c r="F223" s="30">
+        <v>0.6875</v>
+      </c>
+    </row>
+    <row r="224" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A224" s="18" t="s">
+        <v>797</v>
+      </c>
+      <c r="B224" s="44">
+        <v>39388</v>
+      </c>
+      <c r="C224" s="17">
+        <v>0.81041666666666667</v>
+      </c>
+      <c r="D224" s="23">
+        <v>0.82939814814814816</v>
+      </c>
+      <c r="E224" s="34" t="s">
         <v>15</v>
       </c>
-      <c r="F223" s="27" t="s">
-[...19 lines deleted...]
-      <c r="F224" s="27" t="s">
+      <c r="F224" s="34" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="225" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A225" s="27" t="s">
-        <v>793</v>
+        <v>796</v>
       </c>
       <c r="B225" s="15">
-        <v>39258</v>
+        <v>39352</v>
       </c>
       <c r="C225" s="17">
-        <v>0.8208333333333333</v>
+        <v>0.82847222222222217</v>
       </c>
       <c r="D225" s="23">
-        <v>0.83958333333333324</v>
-[...5 lines deleted...]
-        <v>0.78888888888888886</v>
+        <v>0.84722222222222221</v>
+      </c>
+      <c r="E225" s="27" t="s">
+        <v>15</v>
+      </c>
+      <c r="F225" s="27" t="s">
+        <v>15</v>
       </c>
     </row>
     <row r="226" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A226" s="27" t="s">
-        <v>792</v>
+        <v>795</v>
       </c>
       <c r="B226" s="15">
-        <v>39229</v>
+        <v>39324</v>
       </c>
       <c r="C226" s="17">
-        <v>0.29236111111111113</v>
+        <v>0.88055555555555554</v>
       </c>
       <c r="D226" s="23">
-        <v>0.31111111111111112</v>
-[...5 lines deleted...]
-        <v>0.1173611111111111</v>
+        <v>0.89930555555555547</v>
+      </c>
+      <c r="E226" s="27" t="s">
+        <v>15</v>
+      </c>
+      <c r="F226" s="27" t="s">
+        <v>15</v>
       </c>
     </row>
     <row r="227" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A227" s="27" t="s">
-        <v>791</v>
-[...2 lines deleted...]
-        <v>39199</v>
+        <v>794</v>
+      </c>
+      <c r="B227" s="44">
+        <v>39293</v>
       </c>
       <c r="C227" s="17">
-        <v>0.33402777777777781</v>
-[...6 lines deleted...]
-        <v>0.37291666666666662</v>
+        <v>0.84166666666666667</v>
+      </c>
+      <c r="D227" s="23">
+        <v>0.86041666666666661</v>
+      </c>
+      <c r="E227" s="27" t="s">
+        <v>15</v>
+      </c>
+      <c r="F227" s="27" t="s">
+        <v>15</v>
       </c>
     </row>
     <row r="228" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A228" s="27" t="s">
-        <v>790</v>
+        <v>793</v>
       </c>
       <c r="B228" s="15">
-        <v>39170</v>
+        <v>39258</v>
       </c>
       <c r="C228" s="17">
-        <v>0.78749999999999998</v>
+        <v>0.8208333333333333</v>
       </c>
       <c r="D228" s="23">
-        <v>0.80625000000000002</v>
-[...2 lines deleted...]
-      <c r="F228" s="27"/>
+        <v>0.83958333333333324</v>
+      </c>
+      <c r="E228" s="30">
+        <v>0.76250000000000007</v>
+      </c>
+      <c r="F228" s="30">
+        <v>0.78888888888888886</v>
+      </c>
     </row>
     <row r="229" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A229" s="27" t="s">
-        <v>789</v>
-[...2 lines deleted...]
-        <v>39140</v>
+        <v>792</v>
+      </c>
+      <c r="B229" s="15">
+        <v>39229</v>
       </c>
       <c r="C229" s="17">
-        <v>0.29652777777777778</v>
+        <v>0.29236111111111113</v>
       </c>
       <c r="D229" s="23">
-        <v>0.31527777777777777</v>
+        <v>0.31111111111111112</v>
       </c>
       <c r="E229" s="30">
-        <v>0.14652777777777778</v>
+        <v>9.5833333333333326E-2</v>
       </c>
       <c r="F229" s="30">
-        <v>0.17083333333333331</v>
+        <v>0.1173611111111111</v>
       </c>
     </row>
     <row r="230" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A230" s="27" t="s">
-        <v>788</v>
+        <v>791</v>
       </c>
       <c r="B230" s="15">
-        <v>39110</v>
+        <v>39199</v>
       </c>
       <c r="C230" s="17">
-        <v>0.76527777777777783</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.33402777777777781</v>
+      </c>
+      <c r="D230" s="19"/>
       <c r="E230" s="30">
-        <v>0.68611111111111101</v>
+        <v>0.35451388888888885</v>
       </c>
       <c r="F230" s="30">
-        <v>0.70972222222222225</v>
+        <v>0.37291666666666662</v>
       </c>
     </row>
     <row r="231" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A231" s="27" t="s">
-        <v>787</v>
+        <v>790</v>
       </c>
       <c r="B231" s="15">
-        <v>39081</v>
+        <v>39170</v>
       </c>
       <c r="C231" s="17">
-        <v>0.37777777777777777</v>
+        <v>0.78749999999999998</v>
       </c>
       <c r="D231" s="23">
-        <v>0.39652777777777781</v>
-[...6 lines deleted...]
-      </c>
+        <v>0.80625000000000002</v>
+      </c>
+      <c r="E231" s="27"/>
+      <c r="F231" s="27"/>
     </row>
     <row r="232" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A232" s="27" t="s">
-        <v>786</v>
-[...2 lines deleted...]
-        <v>39052</v>
+        <v>789</v>
+      </c>
+      <c r="B232" s="44">
+        <v>39140</v>
       </c>
       <c r="C232" s="17">
-        <v>0.26250000000000001</v>
+        <v>0.29652777777777778</v>
       </c>
       <c r="D232" s="23">
-        <v>0.28125</v>
+        <v>0.31527777777777777</v>
       </c>
       <c r="E232" s="30">
-        <v>0.12708333333333333</v>
+        <v>0.14652777777777778</v>
       </c>
       <c r="F232" s="30">
-        <v>0.1451388888888889</v>
+        <v>0.17083333333333331</v>
       </c>
     </row>
     <row r="233" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A233" s="27" t="s">
-        <v>785</v>
+        <v>788</v>
       </c>
       <c r="B233" s="15">
-        <v>39022</v>
+        <v>39110</v>
       </c>
       <c r="C233" s="17">
-        <v>0.83611111111111114</v>
+        <v>0.76527777777777783</v>
       </c>
       <c r="D233" s="23">
-        <v>0.8569444444444444</v>
+        <v>0.78402777777777777</v>
       </c>
       <c r="E233" s="30">
-        <v>0.80972222222222223</v>
-[...1 lines deleted...]
-      <c r="F233" s="27"/>
+        <v>0.68611111111111101</v>
+      </c>
+      <c r="F233" s="30">
+        <v>0.70972222222222225</v>
+      </c>
     </row>
     <row r="234" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A234" s="27" t="s">
-        <v>784</v>
+        <v>787</v>
       </c>
       <c r="B234" s="15">
-        <v>38904</v>
+        <v>39081</v>
       </c>
       <c r="C234" s="17">
-        <v>0.41666666666666669</v>
+        <v>0.37777777777777777</v>
       </c>
       <c r="D234" s="23">
-        <v>0.43541666666666662</v>
+        <v>0.39652777777777781</v>
       </c>
       <c r="E234" s="30">
-        <v>0.56527777777777777</v>
+        <v>0.29930555555555555</v>
       </c>
       <c r="F234" s="30">
-        <v>0.59583333333333333</v>
+        <v>0.31736111111111115</v>
       </c>
     </row>
     <row r="235" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A235" s="27" t="s">
-        <v>783</v>
+        <v>786</v>
       </c>
       <c r="B235" s="15">
-        <v>38875</v>
+        <v>39052</v>
       </c>
       <c r="C235" s="17">
-        <v>0.3</v>
+        <v>0.26250000000000001</v>
       </c>
       <c r="D235" s="23">
-        <v>0.31875000000000003</v>
+        <v>0.28125</v>
       </c>
       <c r="E235" s="30">
-        <v>0.17222222222222225</v>
+        <v>0.12708333333333333</v>
       </c>
       <c r="F235" s="30">
-        <v>0.19513888888888889</v>
+        <v>0.1451388888888889</v>
       </c>
     </row>
     <row r="236" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A236" s="27" t="s">
-        <v>782</v>
+        <v>785</v>
       </c>
       <c r="B236" s="15">
-        <v>38845</v>
+        <v>39022</v>
       </c>
       <c r="C236" s="17">
-        <v>0.35972222222222222</v>
+        <v>0.83611111111111114</v>
       </c>
       <c r="D236" s="23">
-        <v>0.37847222222222227</v>
+        <v>0.8569444444444444</v>
       </c>
       <c r="E236" s="30">
-        <v>0.43194444444444446</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.80972222222222223</v>
+      </c>
+      <c r="F236" s="27"/>
     </row>
     <row r="237" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A237" s="27" t="s">
-        <v>781</v>
+        <v>784</v>
       </c>
       <c r="B237" s="15">
-        <v>38815</v>
+        <v>38904</v>
       </c>
       <c r="C237" s="17">
-        <v>0.41944444444444445</v>
+        <v>0.41666666666666669</v>
       </c>
       <c r="D237" s="23">
-        <v>0.4381944444444445</v>
+        <v>0.43541666666666662</v>
       </c>
       <c r="E237" s="30">
-        <v>0.68819444444444444</v>
+        <v>0.56527777777777777</v>
       </c>
       <c r="F237" s="30">
-        <v>0.70972222222222225</v>
+        <v>0.59583333333333333</v>
       </c>
     </row>
     <row r="238" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A238" s="27" t="s">
-        <v>780</v>
+        <v>783</v>
       </c>
       <c r="B238" s="15">
-        <v>38785</v>
+        <v>38875</v>
       </c>
       <c r="C238" s="17">
-        <v>0.82291666666666663</v>
+        <v>0.3</v>
       </c>
       <c r="D238" s="23">
-        <v>0.84166666666666667</v>
+        <v>0.31875000000000003</v>
       </c>
       <c r="E238" s="30">
-        <v>0.87986111111111109</v>
+        <v>0.17222222222222225</v>
       </c>
       <c r="F238" s="30">
-        <v>0.90347222222222223</v>
+        <v>0.19513888888888889</v>
       </c>
     </row>
     <row r="239" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A239" s="27" t="s">
-        <v>779</v>
-[...2 lines deleted...]
-        <v>1324</v>
+        <v>782</v>
+      </c>
+      <c r="B239" s="15">
+        <v>38845</v>
       </c>
       <c r="C239" s="17">
-        <v>0.95138888888888884</v>
+        <v>0.35972222222222222</v>
       </c>
       <c r="D239" s="23">
-        <v>0.97013888888888899</v>
+        <v>0.37847222222222227</v>
       </c>
       <c r="E239" s="30">
-        <v>0.21249999999999999</v>
+        <v>0.43194444444444446</v>
       </c>
       <c r="F239" s="30">
-        <v>0.23611111111111113</v>
+        <v>0.4513888888888889</v>
       </c>
     </row>
     <row r="240" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A240" s="27" t="s">
-        <v>778</v>
+        <v>781</v>
       </c>
       <c r="B240" s="15">
-        <v>38726</v>
+        <v>38815</v>
       </c>
       <c r="C240" s="17">
-        <v>0.42291666666666666</v>
+        <v>0.41944444444444445</v>
       </c>
       <c r="D240" s="23">
-        <v>0.44166666666666665</v>
+        <v>0.4381944444444445</v>
       </c>
       <c r="E240" s="30">
-        <v>0.61805555555555558</v>
+        <v>0.68819444444444444</v>
       </c>
       <c r="F240" s="30">
-        <v>0.63750000000000007</v>
+        <v>0.70972222222222225</v>
       </c>
     </row>
     <row r="241" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A241" s="27" t="s">
-        <v>777</v>
+        <v>780</v>
       </c>
       <c r="B241" s="15">
-        <v>38698</v>
+        <v>38785</v>
       </c>
       <c r="C241" s="17">
-        <v>0.8184027777777777</v>
+        <v>0.82291666666666663</v>
       </c>
       <c r="D241" s="23">
-        <v>0.83715277777777775</v>
-[...2 lines deleted...]
-      <c r="F241" s="27"/>
+        <v>0.84166666666666667</v>
+      </c>
+      <c r="E241" s="30">
+        <v>0.87986111111111109</v>
+      </c>
+      <c r="F241" s="30">
+        <v>0.90347222222222223</v>
+      </c>
     </row>
     <row r="242" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A242" s="27" t="s">
-        <v>776</v>
-[...2 lines deleted...]
-        <v>38667</v>
+        <v>779</v>
+      </c>
+      <c r="B242" s="15" t="s">
+        <v>1324</v>
       </c>
       <c r="C242" s="17">
-        <v>0.81319444444444444</v>
+        <v>0.95138888888888884</v>
       </c>
       <c r="D242" s="23">
-        <v>0.83194444444444438</v>
+        <v>0.97013888888888899</v>
       </c>
       <c r="E242" s="30">
-        <v>0.85555555555555562</v>
+        <v>0.21249999999999999</v>
       </c>
       <c r="F242" s="30">
-        <v>0.87569444444444444</v>
+        <v>0.23611111111111113</v>
       </c>
     </row>
     <row r="243" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A243" s="27" t="s">
-        <v>775</v>
+        <v>778</v>
       </c>
       <c r="B243" s="15">
-        <v>38638</v>
+        <v>38726</v>
       </c>
       <c r="C243" s="17">
-        <v>0.4916666666666667</v>
+        <v>0.42291666666666666</v>
       </c>
       <c r="D243" s="23">
-        <v>0.51041666666666663</v>
+        <v>0.44166666666666665</v>
       </c>
       <c r="E243" s="30">
-        <v>0.67083333333333339</v>
+        <v>0.61805555555555558</v>
       </c>
       <c r="F243" s="30">
-        <v>0.6958333333333333</v>
+        <v>0.63750000000000007</v>
       </c>
     </row>
     <row r="244" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A244" s="27" t="s">
-        <v>774</v>
-[...2 lines deleted...]
-        <v>1323</v>
+        <v>777</v>
+      </c>
+      <c r="B244" s="15">
+        <v>38698</v>
       </c>
       <c r="C244" s="17">
-        <v>0.96388888888888891</v>
+        <v>0.8184027777777777</v>
       </c>
       <c r="D244" s="23">
-        <v>0.98263888888888884</v>
-[...6 lines deleted...]
-      </c>
+        <v>0.83715277777777775</v>
+      </c>
+      <c r="E244" s="27"/>
+      <c r="F244" s="27"/>
     </row>
     <row r="245" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A245" s="27" t="s">
-        <v>773</v>
+        <v>776</v>
       </c>
       <c r="B245" s="15">
-        <v>38491</v>
+        <v>38667</v>
       </c>
       <c r="C245" s="17">
-        <v>0.47083333333333338</v>
+        <v>0.81319444444444444</v>
       </c>
       <c r="D245" s="23">
-        <v>0.48958333333333331</v>
+        <v>0.83194444444444438</v>
       </c>
       <c r="E245" s="30">
-        <v>0.51041666666666663</v>
+        <v>0.85555555555555562</v>
       </c>
       <c r="F245" s="30">
-        <v>0.52986111111111112</v>
+        <v>0.87569444444444444</v>
       </c>
     </row>
     <row r="246" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A246" s="27" t="s">
-        <v>772</v>
+        <v>775</v>
       </c>
       <c r="B246" s="15">
-        <v>38461</v>
+        <v>38638</v>
       </c>
       <c r="C246" s="17">
-        <v>0.46180555555555558</v>
+        <v>0.4916666666666667</v>
       </c>
       <c r="D246" s="23">
-        <v>0.47986111111111113</v>
+        <v>0.51041666666666663</v>
       </c>
       <c r="E246" s="30">
-        <v>0.76666666666666661</v>
+        <v>0.67083333333333339</v>
       </c>
       <c r="F246" s="30">
-        <v>0.78749999999999998</v>
+        <v>0.6958333333333333</v>
       </c>
     </row>
     <row r="247" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A247" s="27" t="s">
-        <v>770</v>
+        <v>774</v>
       </c>
       <c r="B247" s="15" t="s">
-        <v>771</v>
+        <v>1323</v>
       </c>
       <c r="C247" s="17">
-        <v>0.96875</v>
+        <v>0.96388888888888891</v>
       </c>
       <c r="D247" s="23">
-        <v>0.98749999999999993</v>
+        <v>0.98263888888888884</v>
       </c>
       <c r="E247" s="30">
-        <v>2.6736111111111113E-2</v>
+        <v>4.3055555555555562E-2</v>
       </c>
       <c r="F247" s="30">
-        <v>5.0694444444444452E-2</v>
+        <v>6.6666666666666666E-2</v>
       </c>
     </row>
     <row r="248" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A248" s="27" t="s">
-        <v>768</v>
-[...2 lines deleted...]
-        <v>769</v>
+        <v>773</v>
+      </c>
+      <c r="B248" s="15">
+        <v>38491</v>
       </c>
       <c r="C248" s="17">
-        <v>0.96048611111111104</v>
+        <v>0.47083333333333338</v>
       </c>
       <c r="D248" s="23">
-        <v>0.97916666666666663</v>
+        <v>0.48958333333333331</v>
       </c>
       <c r="E248" s="30">
-        <v>0.15277777777777776</v>
+        <v>0.51041666666666663</v>
       </c>
       <c r="F248" s="30">
-        <v>0.17708333333333334</v>
+        <v>0.52986111111111112</v>
       </c>
     </row>
     <row r="249" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A249" s="27" t="s">
-        <v>767</v>
+        <v>772</v>
       </c>
       <c r="B249" s="15">
-        <v>38373</v>
+        <v>38461</v>
       </c>
       <c r="C249" s="17">
-        <v>0.3298611111111111</v>
-[...2 lines deleted...]
-        <v>743</v>
+        <v>0.46180555555555558</v>
+      </c>
+      <c r="D249" s="23">
+        <v>0.47986111111111113</v>
       </c>
       <c r="E249" s="30">
-        <v>0.35069444444444442</v>
+        <v>0.76666666666666661</v>
       </c>
       <c r="F249" s="30">
-        <v>0.37222222222222223</v>
+        <v>0.78749999999999998</v>
       </c>
     </row>
     <row r="250" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A250" s="27" t="s">
-        <v>766</v>
-[...2 lines deleted...]
-        <v>38342</v>
+        <v>770</v>
+      </c>
+      <c r="B250" s="15" t="s">
+        <v>771</v>
       </c>
       <c r="C250" s="17">
-        <v>0.45879629629629631</v>
+        <v>0.96875</v>
       </c>
       <c r="D250" s="23">
-        <v>0.4777777777777778</v>
+        <v>0.98749999999999993</v>
       </c>
       <c r="E250" s="30">
-        <v>0.69513888888888886</v>
+        <v>2.6736111111111113E-2</v>
       </c>
       <c r="F250" s="30">
-        <v>0.70972222222222225</v>
+        <v>5.0694444444444452E-2</v>
       </c>
     </row>
     <row r="251" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A251" s="27" t="s">
-        <v>765</v>
-[...8 lines deleted...]
-        <v>743</v>
+        <v>768</v>
+      </c>
+      <c r="B251" s="15" t="s">
+        <v>769</v>
+      </c>
+      <c r="C251" s="17">
+        <v>0.96048611111111104</v>
+      </c>
+      <c r="D251" s="23">
+        <v>0.97916666666666663</v>
       </c>
       <c r="E251" s="30">
-        <v>4.1666666666666664E-2</v>
+        <v>0.15277777777777776</v>
       </c>
       <c r="F251" s="30">
-        <v>5.9027777777777783E-2</v>
+        <v>0.17708333333333334</v>
       </c>
     </row>
     <row r="252" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A252" s="27" t="s">
-        <v>764</v>
+        <v>767</v>
       </c>
       <c r="B252" s="15">
-        <v>38312</v>
+        <v>38373</v>
       </c>
       <c r="C252" s="17">
-        <v>0.96527777777777779</v>
-[...5 lines deleted...]
-      <c r="F252" s="27"/>
+        <v>0.3298611111111111</v>
+      </c>
+      <c r="D252" s="19" t="s">
+        <v>743</v>
+      </c>
+      <c r="E252" s="30">
+        <v>0.35069444444444442</v>
+      </c>
+      <c r="F252" s="30">
+        <v>0.37222222222222223</v>
+      </c>
     </row>
     <row r="253" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A253" s="27" t="s">
-        <v>763</v>
+        <v>766</v>
       </c>
       <c r="B253" s="15">
-        <v>38283</v>
+        <v>38342</v>
       </c>
       <c r="C253" s="17">
-        <v>0.851099537037037</v>
+        <v>0.45879629629629631</v>
       </c>
       <c r="D253" s="23">
-        <v>0.86875000000000002</v>
+        <v>0.4777777777777778</v>
       </c>
       <c r="E253" s="30">
-        <v>0.92499999999999993</v>
+        <v>0.69513888888888886</v>
       </c>
       <c r="F253" s="30">
-        <v>0.94930555555555562</v>
+        <v>0.70972222222222225</v>
       </c>
     </row>
     <row r="254" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A254" s="27" t="s">
-        <v>762</v>
+        <v>765</v>
       </c>
       <c r="B254" s="15">
-        <v>38166</v>
-[...5 lines deleted...]
-        <v>0.4777777777777778</v>
+        <v>38313</v>
+      </c>
+      <c r="C254" s="16" t="s">
+        <v>743</v>
+      </c>
+      <c r="D254" s="19" t="s">
+        <v>743</v>
       </c>
       <c r="E254" s="30">
-        <v>0.50416666666666665</v>
+        <v>4.1666666666666664E-2</v>
       </c>
       <c r="F254" s="30">
-        <v>0.52777777777777779</v>
+        <v>5.9027777777777783E-2</v>
       </c>
     </row>
     <row r="255" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A255" s="27" t="s">
-        <v>761</v>
+        <v>764</v>
       </c>
       <c r="B255" s="15">
-        <v>38137</v>
-[...12 lines deleted...]
-      </c>
+        <v>38312</v>
+      </c>
+      <c r="C255" s="17">
+        <v>0.96527777777777779</v>
+      </c>
+      <c r="D255" s="23">
+        <v>0.98402777777777783</v>
+      </c>
+      <c r="E255" s="27"/>
+      <c r="F255" s="27"/>
     </row>
     <row r="256" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A256" s="27" t="s">
-        <v>760</v>
+        <v>763</v>
       </c>
       <c r="B256" s="15">
-        <v>38136</v>
+        <v>38283</v>
       </c>
       <c r="C256" s="17">
-        <v>0.96527777777777779</v>
+        <v>0.851099537037037</v>
       </c>
       <c r="D256" s="23">
-        <v>0.98402777777777783</v>
-[...2 lines deleted...]
-      <c r="F256" s="27"/>
+        <v>0.86875000000000002</v>
+      </c>
+      <c r="E256" s="30">
+        <v>0.92499999999999993</v>
+      </c>
+      <c r="F256" s="30">
+        <v>0.94930555555555562</v>
+      </c>
     </row>
     <row r="257" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A257" s="27" t="s">
-        <v>759</v>
+        <v>762</v>
       </c>
       <c r="B257" s="15">
-        <v>38107</v>
+        <v>38166</v>
       </c>
       <c r="C257" s="17">
-        <v>0.47164351851851855</v>
+        <v>0.45902777777777781</v>
       </c>
       <c r="D257" s="23">
-        <v>0.4909722222222222</v>
+        <v>0.4777777777777778</v>
       </c>
       <c r="E257" s="30">
-        <v>0.71111111111111114</v>
+        <v>0.50416666666666665</v>
       </c>
       <c r="F257" s="30">
-        <v>0.72986111111111107</v>
+        <v>0.52777777777777779</v>
       </c>
     </row>
     <row r="258" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A258" s="27" t="s">
-        <v>758</v>
+        <v>761</v>
       </c>
       <c r="B258" s="15">
-        <v>38078</v>
-[...5 lines deleted...]
-        <v>3.125E-2</v>
+        <v>38137</v>
+      </c>
+      <c r="C258" s="16" t="s">
+        <v>743</v>
+      </c>
+      <c r="D258" s="19" t="s">
+        <v>743</v>
       </c>
       <c r="E258" s="30">
-        <v>0.10625</v>
+        <v>0.17916666666666667</v>
       </c>
       <c r="F258" s="30">
-        <v>0.12847222222222224</v>
+        <v>0.1986111111111111</v>
       </c>
     </row>
     <row r="259" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A259" s="27" t="s">
-        <v>757</v>
+        <v>760</v>
       </c>
       <c r="B259" s="15">
-        <v>38048</v>
+        <v>38136</v>
       </c>
       <c r="C259" s="17">
-        <v>0.27847222222222223</v>
-[...9 lines deleted...]
-      </c>
+        <v>0.96527777777777779</v>
+      </c>
+      <c r="D259" s="23">
+        <v>0.98402777777777783</v>
+      </c>
+      <c r="E259" s="27"/>
+      <c r="F259" s="27"/>
     </row>
     <row r="260" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A260" s="27" t="s">
-        <v>756</v>
+        <v>759</v>
       </c>
       <c r="B260" s="15">
-        <v>38018</v>
+        <v>38107</v>
       </c>
       <c r="C260" s="17">
-        <v>0.4777777777777778</v>
-[...2 lines deleted...]
-        <v>754</v>
+        <v>0.47164351851851855</v>
+      </c>
+      <c r="D260" s="23">
+        <v>0.4909722222222222</v>
       </c>
       <c r="E260" s="30">
-        <v>0.49774305555555554</v>
+        <v>0.71111111111111114</v>
       </c>
       <c r="F260" s="30">
-        <v>0.51851851851851849</v>
+        <v>0.72986111111111107</v>
       </c>
     </row>
     <row r="261" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A261" s="27" t="s">
-        <v>755</v>
+        <v>758</v>
       </c>
       <c r="B261" s="15">
-        <v>37988</v>
+        <v>38078</v>
       </c>
       <c r="C261" s="17">
-        <v>0.43194444444444446</v>
+        <v>1.1319444444444444E-2</v>
       </c>
       <c r="D261" s="23">
-        <v>0.4513888888888889</v>
+        <v>3.125E-2</v>
       </c>
       <c r="E261" s="30">
-        <v>0.63194444444444442</v>
+        <v>0.10625</v>
       </c>
       <c r="F261" s="30">
-        <v>0.6479166666666667</v>
+        <v>0.12847222222222224</v>
       </c>
     </row>
     <row r="262" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A262" s="27" t="s">
-        <v>753</v>
+        <v>757</v>
       </c>
       <c r="B262" s="15">
-        <v>37958</v>
-[...2 lines deleted...]
-        <v>754</v>
+        <v>38048</v>
+      </c>
+      <c r="C262" s="17">
+        <v>0.27847222222222223</v>
       </c>
       <c r="D262" s="19" t="s">
         <v>754</v>
       </c>
       <c r="E262" s="30">
-        <v>0.77361111111111114</v>
+        <v>0.2986111111111111</v>
       </c>
       <c r="F262" s="30">
-        <v>0.78888888888888886</v>
+        <v>0.32291666666666669</v>
       </c>
     </row>
     <row r="263" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A263" s="27" t="s">
-        <v>752</v>
+        <v>756</v>
       </c>
       <c r="B263" s="15">
-        <v>37811</v>
+        <v>38018</v>
       </c>
       <c r="C263" s="17">
-        <v>0.50486111111111109</v>
-[...2 lines deleted...]
-        <v>0.5229166666666667</v>
+        <v>0.4777777777777778</v>
+      </c>
+      <c r="D263" s="19" t="s">
+        <v>754</v>
       </c>
       <c r="E263" s="30">
-        <v>0.75624999999999998</v>
+        <v>0.49774305555555554</v>
       </c>
       <c r="F263" s="30">
-        <v>0.78055555555555556</v>
+        <v>0.51851851851851849</v>
       </c>
     </row>
     <row r="264" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A264" s="27" t="s">
-        <v>751</v>
+        <v>755</v>
       </c>
       <c r="B264" s="15">
-        <v>37782</v>
+        <v>37988</v>
       </c>
       <c r="C264" s="17">
-        <v>0.45694444444444443</v>
+        <v>0.43194444444444446</v>
       </c>
       <c r="D264" s="23">
-        <v>0.47638888888888892</v>
+        <v>0.4513888888888889</v>
       </c>
       <c r="E264" s="30">
-        <v>0.50104166666666672</v>
+        <v>0.63194444444444442</v>
       </c>
       <c r="F264" s="30">
-        <v>0.52152777777777781</v>
+        <v>0.6479166666666667</v>
       </c>
     </row>
     <row r="265" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A265" s="27" t="s">
-        <v>750</v>
+        <v>753</v>
       </c>
       <c r="B265" s="15">
-        <v>37753</v>
-[...5 lines deleted...]
-        <v>0.22222222222222221</v>
+        <v>37958</v>
+      </c>
+      <c r="C265" s="16" t="s">
+        <v>754</v>
+      </c>
+      <c r="D265" s="19" t="s">
+        <v>754</v>
       </c>
       <c r="E265" s="30">
-        <v>0.24097222222222223</v>
+        <v>0.77361111111111114</v>
       </c>
       <c r="F265" s="30">
-        <v>0.25972222222222224</v>
+        <v>0.78888888888888886</v>
       </c>
     </row>
     <row r="266" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A266" s="27" t="s">
-        <v>749</v>
+        <v>752</v>
       </c>
       <c r="B266" s="15">
-        <v>37723</v>
+        <v>37811</v>
       </c>
       <c r="C266" s="17">
-        <v>0.81388888888888899</v>
+        <v>0.50486111111111109</v>
       </c>
       <c r="D266" s="23">
-        <v>0.83194444444444438</v>
+        <v>0.5229166666666667</v>
       </c>
       <c r="E266" s="30">
-        <v>0.84236111111111101</v>
+        <v>0.75624999999999998</v>
       </c>
       <c r="F266" s="30">
-        <v>0.86319444444444438</v>
+        <v>0.78055555555555556</v>
       </c>
     </row>
     <row r="267" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A267" s="27" t="s">
-        <v>748</v>
+        <v>751</v>
       </c>
       <c r="B267" s="15">
-        <v>37694</v>
+        <v>37782</v>
       </c>
       <c r="C267" s="17">
-        <v>0.25</v>
+        <v>0.45694444444444443</v>
       </c>
       <c r="D267" s="23">
-        <v>0.27013888888888887</v>
+        <v>0.47638888888888892</v>
       </c>
       <c r="E267" s="30">
-        <v>0.30972222222222223</v>
+        <v>0.50104166666666672</v>
       </c>
       <c r="F267" s="30">
-        <v>0.33263888888888887</v>
+        <v>0.52152777777777781</v>
       </c>
     </row>
     <row r="268" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A268" s="27" t="s">
-        <v>747</v>
+        <v>750</v>
       </c>
       <c r="B268" s="15">
-        <v>37664</v>
+        <v>37753</v>
       </c>
       <c r="C268" s="17">
-        <v>0.47569444444444442</v>
+        <v>0.20422453703703702</v>
       </c>
       <c r="D268" s="23">
-        <v>0.49583333333333335</v>
+        <v>0.22222222222222221</v>
       </c>
       <c r="E268" s="30">
-        <v>0.57500000000000007</v>
+        <v>0.24097222222222223</v>
       </c>
       <c r="F268" s="30">
-        <v>0.59652777777777777</v>
+        <v>0.25972222222222224</v>
       </c>
     </row>
     <row r="269" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A269" s="27" t="s">
-        <v>746</v>
+        <v>749</v>
       </c>
       <c r="B269" s="15">
-        <v>37634</v>
-[...5 lines deleted...]
-        <v>743</v>
+        <v>37723</v>
+      </c>
+      <c r="C269" s="17">
+        <v>0.81388888888888899</v>
+      </c>
+      <c r="D269" s="23">
+        <v>0.83194444444444438</v>
       </c>
       <c r="E269" s="30">
-        <v>0.77569444444444446</v>
+        <v>0.84236111111111101</v>
       </c>
       <c r="F269" s="30">
-        <v>0.79375000000000007</v>
+        <v>0.86319444444444438</v>
       </c>
     </row>
     <row r="270" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A270" s="27" t="s">
-        <v>745</v>
+        <v>748</v>
       </c>
       <c r="B270" s="15">
-        <v>37604</v>
-[...5 lines deleted...]
-        <v>743</v>
+        <v>37694</v>
+      </c>
+      <c r="C270" s="17">
+        <v>0.25</v>
+      </c>
+      <c r="D270" s="23">
+        <v>0.27013888888888887</v>
       </c>
       <c r="E270" s="30">
-        <v>0.9159722222222223</v>
+        <v>0.30972222222222223</v>
       </c>
       <c r="F270" s="30">
-        <v>0.93061342592592589</v>
+        <v>0.33263888888888887</v>
       </c>
     </row>
     <row r="271" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A271" s="27" t="s">
-        <v>744</v>
+        <v>747</v>
       </c>
       <c r="B271" s="15">
-        <v>37575</v>
-[...5 lines deleted...]
-        <v>743</v>
+        <v>37664</v>
+      </c>
+      <c r="C271" s="17">
+        <v>0.47569444444444442</v>
+      </c>
+      <c r="D271" s="23">
+        <v>0.49583333333333335</v>
       </c>
       <c r="E271" s="30">
-        <v>0.18680555555555556</v>
+        <v>0.57500000000000007</v>
       </c>
       <c r="F271" s="30">
-        <v>0.20694444444444446</v>
+        <v>0.59652777777777777</v>
       </c>
     </row>
     <row r="272" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A272" s="27" t="s">
-        <v>742</v>
+        <v>746</v>
       </c>
       <c r="B272" s="15">
-        <v>37545</v>
+        <v>37634</v>
       </c>
       <c r="C272" s="16" t="s">
         <v>743</v>
       </c>
       <c r="D272" s="19" t="s">
         <v>743</v>
       </c>
       <c r="E272" s="30">
-        <v>0.58680555555555558</v>
+        <v>0.77569444444444446</v>
       </c>
       <c r="F272" s="30">
-        <v>0.62013888888888891</v>
+        <v>0.79375000000000007</v>
       </c>
     </row>
     <row r="273" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A273" s="27" t="s">
+        <v>745</v>
+      </c>
+      <c r="B273" s="15">
+        <v>37604</v>
+      </c>
+      <c r="C273" s="16" t="s">
+        <v>743</v>
+      </c>
+      <c r="D273" s="19" t="s">
+        <v>743</v>
+      </c>
+      <c r="E273" s="30">
+        <v>0.9159722222222223</v>
+      </c>
+      <c r="F273" s="30">
+        <v>0.93061342592592589</v>
+      </c>
+    </row>
+    <row r="274" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A274" s="27" t="s">
+        <v>744</v>
+      </c>
+      <c r="B274" s="15">
+        <v>37575</v>
+      </c>
+      <c r="C274" s="16" t="s">
+        <v>743</v>
+      </c>
+      <c r="D274" s="19" t="s">
+        <v>743</v>
+      </c>
+      <c r="E274" s="30">
+        <v>0.18680555555555556</v>
+      </c>
+      <c r="F274" s="30">
+        <v>0.20694444444444446</v>
+      </c>
+    </row>
+    <row r="275" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A275" s="27" t="s">
+        <v>742</v>
+      </c>
+      <c r="B275" s="15">
+        <v>37545</v>
+      </c>
+      <c r="C275" s="16" t="s">
+        <v>743</v>
+      </c>
+      <c r="D275" s="19" t="s">
+        <v>743</v>
+      </c>
+      <c r="E275" s="30">
+        <v>0.58680555555555558</v>
+      </c>
+      <c r="F275" s="30">
+        <v>0.62013888888888891</v>
+      </c>
+    </row>
+    <row r="276" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A276" s="27" t="s">
         <v>740</v>
       </c>
-      <c r="B273" s="15">
+      <c r="B276" s="15">
         <v>37456</v>
       </c>
-      <c r="C273" s="16" t="s">
+      <c r="C276" s="16" t="s">
         <v>741</v>
       </c>
-      <c r="D273" s="22">
+      <c r="D276" s="22">
         <v>0.31388888888888888</v>
       </c>
-      <c r="E273" s="30">
+      <c r="E276" s="30">
         <v>0.83011574074074079</v>
       </c>
-      <c r="F273" s="30">
+      <c r="F276" s="30">
         <v>0.93784722222222217</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="28">
-    <mergeCell ref="C195:F195"/>
-[...18 lines deleted...]
-    <mergeCell ref="E18:F18"/>
+    <mergeCell ref="E72:F72"/>
+    <mergeCell ref="E11:F11"/>
+    <mergeCell ref="E10:F10"/>
+    <mergeCell ref="E21:F21"/>
     <mergeCell ref="A1:F1"/>
-    <mergeCell ref="E56:F56"/>
+    <mergeCell ref="E59:F59"/>
+    <mergeCell ref="E58:F58"/>
+    <mergeCell ref="E47:F47"/>
+    <mergeCell ref="E46:F46"/>
+    <mergeCell ref="E45:F45"/>
+    <mergeCell ref="E35:F35"/>
+    <mergeCell ref="E9:F9"/>
+    <mergeCell ref="C198:F198"/>
+    <mergeCell ref="E168:F168"/>
+    <mergeCell ref="E167:F167"/>
+    <mergeCell ref="E33:F33"/>
+    <mergeCell ref="E22:F22"/>
+    <mergeCell ref="E23:F23"/>
+    <mergeCell ref="E34:F34"/>
     <mergeCell ref="E55:F55"/>
-    <mergeCell ref="E44:F44"/>
-[...3 lines deleted...]
-    <mergeCell ref="E6:F6"/>
+    <mergeCell ref="E51:F51"/>
+    <mergeCell ref="E144:F144"/>
+    <mergeCell ref="E143:F143"/>
+    <mergeCell ref="E71:F71"/>
+    <mergeCell ref="E86:F86"/>
+    <mergeCell ref="E85:F85"/>
+    <mergeCell ref="E131:F131"/>
+    <mergeCell ref="E139:F139"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{9207991A-9B80-4853-9C07-AB56FF3EF4DE}">
-  <dimension ref="A1:E479"/>
+  <dimension ref="A1:E523"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="A2" workbookViewId="0">
-      <selection activeCell="D23" sqref="D23"/>
+    <sheetView tabSelected="1" topLeftCell="A9" workbookViewId="0">
+      <selection activeCell="D17" sqref="D17"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.81640625" defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
     <col min="1" max="2" width="12.453125" customWidth="1"/>
     <col min="5" max="5" width="52.7265625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5" ht="30" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
-      <c r="A1" s="56" t="s">
+      <c r="A1" s="57" t="s">
         <v>1097</v>
       </c>
-      <c r="B1" s="57"/>
-[...1 lines deleted...]
-      <c r="D1" s="57"/>
+      <c r="B1" s="58"/>
+      <c r="C1" s="58"/>
+      <c r="D1" s="58"/>
       <c r="E1" s="59"/>
     </row>
     <row r="2" spans="1:5" ht="39.5" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A2" s="32" t="s">
         <v>46</v>
       </c>
       <c r="B2" s="14" t="s">
         <v>47</v>
       </c>
       <c r="C2" s="14" t="s">
         <v>1098</v>
       </c>
       <c r="D2" s="14" t="s">
         <v>1099</v>
       </c>
       <c r="E2" s="14" t="s">
         <v>1100</v>
       </c>
     </row>
     <row r="3" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A3" s="32"/>
       <c r="B3" s="14"/>
       <c r="C3" s="14"/>
       <c r="D3" s="14"/>
       <c r="E3" s="14"/>
@@ -16056,7885 +16246,8653 @@
       <c r="D13" s="14"/>
       <c r="E13" s="14"/>
     </row>
     <row r="14" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A14" s="32"/>
       <c r="B14" s="14"/>
       <c r="C14" s="14"/>
       <c r="D14" s="14"/>
       <c r="E14" s="14"/>
     </row>
     <row r="15" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A15" s="32"/>
       <c r="B15" s="14"/>
       <c r="C15" s="14"/>
       <c r="D15" s="14"/>
       <c r="E15" s="14"/>
     </row>
     <row r="16" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A16" s="32"/>
       <c r="B16" s="14"/>
       <c r="C16" s="14"/>
       <c r="D16" s="14"/>
       <c r="E16" s="14"/>
     </row>
     <row r="17" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
-      <c r="A17" s="32"/>
-[...3 lines deleted...]
-      <c r="E17" s="14"/>
+      <c r="A17" s="24" t="s">
+        <v>1767</v>
+      </c>
+      <c r="B17" s="15">
+        <v>46070</v>
+      </c>
+      <c r="C17" s="17">
+        <v>0.83283564814814814</v>
+      </c>
+      <c r="D17" s="17">
+        <v>0.83283564814814814</v>
+      </c>
+      <c r="E17" s="16" t="s">
+        <v>1449</v>
+      </c>
     </row>
     <row r="18" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
-      <c r="A18" s="32"/>
-[...3 lines deleted...]
-      <c r="E18" s="14"/>
+      <c r="A18" s="24" t="s">
+        <v>1766</v>
+      </c>
+      <c r="B18" s="15">
+        <v>46067</v>
+      </c>
+      <c r="C18" s="17">
+        <v>0.72608796296296296</v>
+      </c>
+      <c r="D18" s="17">
+        <v>0.72628472222222218</v>
+      </c>
+      <c r="E18" s="16" t="s">
+        <v>1449</v>
+      </c>
     </row>
     <row r="19" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A19" s="24" t="s">
-        <v>1723</v>
+        <v>1766</v>
       </c>
       <c r="B19" s="15">
-        <v>46010</v>
+        <v>46067</v>
       </c>
       <c r="C19" s="17">
-        <v>0.54579861111111116</v>
+        <v>0.34031250000000002</v>
       </c>
       <c r="D19" s="17">
-        <v>0.61365740740740737</v>
+        <v>0.34157407407407409</v>
       </c>
       <c r="E19" s="16" t="s">
         <v>1449</v>
       </c>
     </row>
     <row r="20" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A20" s="24" t="s">
-        <v>1723</v>
+        <v>1765</v>
       </c>
       <c r="B20" s="15">
-        <v>46010</v>
+        <v>46065</v>
       </c>
       <c r="C20" s="17">
-        <v>0.541412037037037</v>
+        <v>0.81707175925925923</v>
       </c>
       <c r="D20" s="17">
-        <v>0.60928240740740736</v>
+        <v>0.81707175925925923</v>
       </c>
       <c r="E20" s="16" t="s">
-        <v>1643</v>
+        <v>1449</v>
       </c>
     </row>
     <row r="21" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A21" s="24" t="s">
-        <v>1723</v>
+        <v>1764</v>
       </c>
       <c r="B21" s="15">
-        <v>46010</v>
+        <v>46062</v>
       </c>
       <c r="C21" s="17">
-        <v>0.47822916666666665</v>
+        <v>0.62099537037037034</v>
       </c>
       <c r="D21" s="17">
-        <v>0.48709490740740741</v>
+        <v>0.62105324074074075</v>
       </c>
       <c r="E21" s="16" t="s">
         <v>1449</v>
       </c>
     </row>
     <row r="22" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A22" s="24" t="s">
-        <v>1723</v>
+        <v>1763</v>
       </c>
       <c r="B22" s="15">
-        <v>46010</v>
+        <v>46060</v>
       </c>
       <c r="C22" s="17">
-        <v>0.47372685185185187</v>
+        <v>0.83664351851851848</v>
       </c>
       <c r="D22" s="17">
-        <v>0.54113425925925929</v>
+        <v>0.83673611111111112</v>
       </c>
       <c r="E22" s="16" t="s">
-        <v>1643</v>
+        <v>1449</v>
       </c>
     </row>
     <row r="23" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A23" s="24" t="s">
-        <v>1724</v>
+        <v>1762</v>
       </c>
       <c r="B23" s="15">
-        <v>46006</v>
+        <v>46059</v>
       </c>
       <c r="C23" s="17">
-        <v>0.91101851851851856</v>
+        <v>0.89353009259259264</v>
       </c>
       <c r="D23" s="17">
-        <v>0.97645833333333332</v>
+        <v>0.92364583333333339</v>
       </c>
       <c r="E23" s="16" t="s">
         <v>1449</v>
       </c>
     </row>
     <row r="24" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A24" s="24" t="s">
-        <v>1724</v>
+        <v>1761</v>
       </c>
       <c r="B24" s="15">
-        <v>46006</v>
+        <v>46057</v>
       </c>
       <c r="C24" s="17">
-        <v>0.90604166666666663</v>
+        <v>0.28349537037037037</v>
       </c>
       <c r="D24" s="17">
-        <v>0.9722453703703704</v>
+        <v>0.28921296296296295</v>
       </c>
       <c r="E24" s="16" t="s">
-        <v>1643</v>
+        <v>1449</v>
       </c>
     </row>
     <row r="25" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A25" s="24" t="s">
-        <v>1722</v>
+        <v>1760</v>
       </c>
       <c r="B25" s="15">
-        <v>46004</v>
+        <v>46056</v>
       </c>
       <c r="C25" s="17">
-        <v>0.43921296296296297</v>
+        <v>0.8842592592592593</v>
       </c>
       <c r="D25" s="17">
-        <v>0.43936342592592592</v>
+        <v>0.92069444444444448</v>
       </c>
       <c r="E25" s="16" t="s">
         <v>1449</v>
       </c>
     </row>
     <row r="26" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A26" s="24" t="s">
-        <v>1721</v>
+        <v>1759</v>
       </c>
       <c r="B26" s="15">
-        <v>45999</v>
+        <v>46055</v>
       </c>
       <c r="C26" s="17">
-        <v>0.10871527777777777</v>
+        <v>0.828587962962963</v>
       </c>
       <c r="D26" s="17">
-        <v>0.10875</v>
+        <v>0.82936342592592593</v>
       </c>
       <c r="E26" s="16" t="s">
         <v>1449</v>
       </c>
     </row>
     <row r="27" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A27" s="24" t="s">
-        <v>1720</v>
+        <v>1737</v>
       </c>
       <c r="B27" s="15">
-        <v>45996</v>
+        <v>46052</v>
       </c>
       <c r="C27" s="17">
-        <v>0.68314814814814817</v>
+        <v>0.2870138888888889</v>
       </c>
       <c r="D27" s="17">
-        <v>0.68320601851851848</v>
+        <v>0.29487268518518517</v>
       </c>
       <c r="E27" s="16" t="s">
         <v>1449</v>
       </c>
     </row>
     <row r="28" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A28" s="24" t="s">
-        <v>1719</v>
+        <v>1758</v>
       </c>
       <c r="B28" s="15">
-        <v>45995</v>
+        <v>46050</v>
       </c>
       <c r="C28" s="17">
-        <v>0.60508101851851848</v>
+        <v>8.8078703703703704E-3</v>
       </c>
       <c r="D28" s="17">
-        <v>0.60513888888888889</v>
+        <v>8.8425925925925929E-3</v>
       </c>
       <c r="E28" s="16" t="s">
         <v>1449</v>
       </c>
     </row>
     <row r="29" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A29" s="24" t="s">
-        <v>1719</v>
+        <v>1757</v>
       </c>
       <c r="B29" s="15">
-        <v>45995</v>
+        <v>46049</v>
       </c>
       <c r="C29" s="17">
-        <v>0.32729166666666665</v>
+        <v>0.62276620370370372</v>
       </c>
       <c r="D29" s="17">
-        <v>0.33104166666666668</v>
+        <v>0.62959490740740742</v>
       </c>
       <c r="E29" s="16" t="s">
         <v>1449</v>
       </c>
     </row>
     <row r="30" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A30" s="24" t="s">
-        <v>1719</v>
+        <v>1757</v>
       </c>
       <c r="B30" s="15">
-        <v>45995</v>
+        <v>46049</v>
       </c>
       <c r="C30" s="17">
-        <v>0.20407407407407407</v>
+        <v>0.61835648148148148</v>
       </c>
       <c r="D30" s="17">
-        <v>0.20914351851851851</v>
+        <v>0.68743055555555554</v>
       </c>
       <c r="E30" s="16" t="s">
-        <v>1449</v>
+        <v>1643</v>
       </c>
     </row>
     <row r="31" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A31" s="24" t="s">
-        <v>1695</v>
+        <v>1756</v>
       </c>
       <c r="B31" s="15">
-        <v>45994</v>
+        <v>46048</v>
       </c>
       <c r="C31" s="17">
-        <v>0.8796180555555555</v>
+        <v>0.86474537037037036</v>
       </c>
       <c r="D31" s="17">
-        <v>0.87965277777777773</v>
+        <v>0.87302083333333336</v>
       </c>
       <c r="E31" s="16" t="s">
         <v>1449</v>
       </c>
     </row>
     <row r="32" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A32" s="24" t="s">
-        <v>1695</v>
+        <v>1756</v>
       </c>
       <c r="B32" s="15">
-        <v>45994</v>
+        <v>46048</v>
       </c>
       <c r="C32" s="17">
-        <v>0.84005787037037039</v>
+        <v>0.44744212962962965</v>
       </c>
       <c r="D32" s="17">
-        <v>0.84006944444444442</v>
+        <v>0.45906249999999998</v>
       </c>
       <c r="E32" s="16" t="s">
         <v>1449</v>
       </c>
     </row>
     <row r="33" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A33" s="24" t="s">
-        <v>1695</v>
+        <v>1756</v>
       </c>
       <c r="B33" s="15">
-        <v>45994</v>
+        <v>46048</v>
       </c>
       <c r="C33" s="17">
-        <v>0.57850694444444439</v>
+        <v>0.26976851851851852</v>
       </c>
       <c r="D33" s="17">
-        <v>0.58373842592592595</v>
+        <v>0.28422453703703704</v>
       </c>
       <c r="E33" s="16" t="s">
         <v>1449</v>
       </c>
     </row>
     <row r="34" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A34" s="24" t="s">
-        <v>1718</v>
+        <v>1756</v>
       </c>
       <c r="B34" s="15">
-        <v>45993</v>
+        <v>46048</v>
       </c>
       <c r="C34" s="17">
-        <v>0.83885416666666668</v>
+        <v>0.19467592592592592</v>
       </c>
       <c r="D34" s="17">
-        <v>0.90446759259259257</v>
+        <v>0.20309027777777777</v>
       </c>
       <c r="E34" s="16" t="s">
         <v>1449</v>
       </c>
     </row>
     <row r="35" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A35" s="24" t="s">
-        <v>1717</v>
+        <v>1755</v>
       </c>
       <c r="B35" s="15">
-        <v>45992</v>
+        <v>46044</v>
       </c>
       <c r="C35" s="17">
-        <v>0.8828125</v>
+        <v>0.24167824074074074</v>
       </c>
       <c r="D35" s="17">
-        <v>0.90932870370370367</v>
+        <v>0.24199074074074073</v>
       </c>
       <c r="E35" s="16" t="s">
         <v>1449</v>
       </c>
     </row>
     <row r="36" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A36" s="24" t="s">
-        <v>1716</v>
+        <v>1755</v>
       </c>
       <c r="B36" s="15">
-        <v>45980</v>
+        <v>46044</v>
       </c>
       <c r="C36" s="17">
-        <v>0.69524305555555554</v>
+        <v>0.15081018518518519</v>
       </c>
       <c r="D36" s="17">
-        <v>0.69525462962962958</v>
+        <v>0.22232638888888889</v>
       </c>
       <c r="E36" s="16" t="s">
         <v>1449</v>
       </c>
     </row>
     <row r="37" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A37" s="24" t="s">
-        <v>1715</v>
+        <v>1755</v>
       </c>
       <c r="B37" s="15">
-        <v>45977</v>
+        <v>46044</v>
       </c>
       <c r="C37" s="17">
-        <v>0.27440972222222221</v>
+        <v>0.14641203703703703</v>
       </c>
       <c r="D37" s="17">
-        <v>0.3420023148148148</v>
+        <v>0.21789351851851851</v>
       </c>
       <c r="E37" s="16" t="s">
-        <v>1449</v>
+        <v>1643</v>
       </c>
     </row>
     <row r="38" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A38" s="24" t="s">
-        <v>1715</v>
+        <v>1754</v>
       </c>
       <c r="B38" s="15">
-        <v>45977</v>
+        <v>46042</v>
       </c>
       <c r="C38" s="17">
-        <v>0.27002314814814815</v>
+        <v>0.32634259259259257</v>
       </c>
       <c r="D38" s="17">
-        <v>0.33770833333333333</v>
+        <v>0.32640046296296299</v>
       </c>
       <c r="E38" s="16" t="s">
-        <v>1643</v>
+        <v>1449</v>
       </c>
     </row>
     <row r="39" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A39" s="24" t="s">
-        <v>1714</v>
+        <v>1753</v>
       </c>
       <c r="B39" s="15">
-        <v>45976</v>
+        <v>46040</v>
       </c>
       <c r="C39" s="17">
-        <v>0.52607638888888886</v>
+        <v>0.80033564814814817</v>
       </c>
       <c r="D39" s="17">
-        <v>0.59386574074074072</v>
+        <v>0.84300925925925929</v>
       </c>
       <c r="E39" s="16" t="s">
         <v>1449</v>
       </c>
     </row>
     <row r="40" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A40" s="24" t="s">
-        <v>1714</v>
+        <v>1752</v>
       </c>
       <c r="B40" s="15">
-        <v>45976</v>
+        <v>46038</v>
       </c>
       <c r="C40" s="17">
-        <v>0.52141203703703709</v>
+        <v>0.84277777777777774</v>
       </c>
       <c r="D40" s="17">
-        <v>0.58956018518518516</v>
+        <v>0.84329861111111115</v>
       </c>
       <c r="E40" s="16" t="s">
-        <v>1643</v>
+        <v>1449</v>
       </c>
     </row>
     <row r="41" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A41" s="24" t="s">
-        <v>1713</v>
+        <v>1751</v>
       </c>
       <c r="B41" s="15">
-        <v>45975</v>
+        <v>46037</v>
       </c>
       <c r="C41" s="17">
-        <v>1.0636574074074074E-2</v>
+        <v>0.2814814814814815</v>
       </c>
       <c r="D41" s="17">
-        <v>7.8969907407407405E-2</v>
+        <v>0.28157407407407409</v>
       </c>
       <c r="E41" s="16" t="s">
         <v>1449</v>
       </c>
     </row>
     <row r="42" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A42" s="24" t="s">
-        <v>1713</v>
+        <v>1750</v>
       </c>
       <c r="B42" s="15">
-        <v>45975</v>
+        <v>46036</v>
       </c>
       <c r="C42" s="17">
-        <v>6.2268518518518515E-3</v>
+        <v>0.14280092592592591</v>
       </c>
       <c r="D42" s="17">
-        <v>7.4652777777777776E-2</v>
+        <v>0.21062500000000001</v>
       </c>
       <c r="E42" s="16" t="s">
-        <v>1643</v>
+        <v>1449</v>
       </c>
     </row>
     <row r="43" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A43" s="24" t="s">
-        <v>1712</v>
+        <v>1750</v>
       </c>
       <c r="B43" s="15">
-        <v>45974</v>
+        <v>46036</v>
       </c>
       <c r="C43" s="17">
-        <v>0.87611111111111106</v>
+        <v>0.13817129629629629</v>
       </c>
       <c r="D43" s="17">
-        <v>0.94231481481481483</v>
+        <v>0.20631944444444444</v>
       </c>
       <c r="E43" s="16" t="s">
-        <v>1449</v>
+        <v>1643</v>
       </c>
     </row>
     <row r="44" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A44" s="24" t="s">
-        <v>1712</v>
+        <v>1749</v>
       </c>
       <c r="B44" s="15">
-        <v>45974</v>
+        <v>46030</v>
       </c>
       <c r="C44" s="17">
-        <v>0.87178240740740742</v>
+        <v>0.37891203703703702</v>
       </c>
       <c r="D44" s="17">
-        <v>0.93807870370370372</v>
+        <v>0.37894675925925925</v>
       </c>
       <c r="E44" s="16" t="s">
-        <v>1643</v>
+        <v>1449</v>
       </c>
     </row>
     <row r="45" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A45" s="24" t="s">
-        <v>1712</v>
+        <v>1748</v>
       </c>
       <c r="B45" s="15">
-        <v>45974</v>
+        <v>46027</v>
       </c>
       <c r="C45" s="17">
-        <v>0.39783564814814815</v>
+        <v>0.82398148148148154</v>
       </c>
       <c r="D45" s="17">
-        <v>0.46525462962962966</v>
+        <v>0.84429398148148149</v>
       </c>
       <c r="E45" s="16" t="s">
         <v>1449</v>
       </c>
     </row>
     <row r="46" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A46" s="24" t="s">
-        <v>1711</v>
+        <v>1748</v>
       </c>
       <c r="B46" s="15">
-        <v>45967</v>
+        <v>46027</v>
       </c>
       <c r="C46" s="17">
-        <v>0.6129282407407407</v>
+        <v>9.8680555555555549E-2</v>
       </c>
       <c r="D46" s="17">
-        <v>0.61297453703703708</v>
+        <v>0.10325231481481481</v>
       </c>
       <c r="E46" s="16" t="s">
         <v>1449</v>
       </c>
     </row>
     <row r="47" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A47" s="24" t="s">
-        <v>1710</v>
+        <v>1747</v>
       </c>
       <c r="B47" s="15">
-        <v>45962</v>
+        <v>46026</v>
       </c>
       <c r="C47" s="17">
-        <v>0.57563657407407409</v>
+        <v>0.4192939814814815</v>
       </c>
       <c r="D47" s="17">
-        <v>0.57568287037037036</v>
+        <v>0.49574074074074076</v>
       </c>
       <c r="E47" s="16" t="s">
         <v>1449</v>
       </c>
     </row>
     <row r="48" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A48" s="24" t="s">
-        <v>1709</v>
+        <v>1747</v>
       </c>
       <c r="B48" s="15">
-        <v>45955</v>
+        <v>46026</v>
       </c>
       <c r="C48" s="17">
-        <v>0.55648148148148147</v>
+        <v>0.41530092592592593</v>
       </c>
       <c r="D48" s="17">
-        <v>0.5593055555555555</v>
+        <v>0.49113425925925924</v>
       </c>
       <c r="E48" s="16" t="s">
-        <v>1449</v>
+        <v>1643</v>
       </c>
     </row>
     <row r="49" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A49" s="24" t="s">
-        <v>1708</v>
+        <v>1746</v>
       </c>
       <c r="B49" s="15">
-        <v>45948</v>
+        <v>46025</v>
       </c>
       <c r="C49" s="17">
-        <v>0.69951388888888888</v>
+        <v>0.32589120370370372</v>
       </c>
       <c r="D49" s="17">
-        <v>0.69952546296296292</v>
+        <v>0.39339120370370373</v>
       </c>
       <c r="E49" s="16" t="s">
         <v>1449</v>
       </c>
     </row>
     <row r="50" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A50" s="24" t="s">
-        <v>1707</v>
+        <v>1746</v>
       </c>
       <c r="B50" s="15">
-        <v>45947</v>
+        <v>46025</v>
       </c>
       <c r="C50" s="17">
-        <v>0.97030092592592587</v>
+        <v>0.32150462962962961</v>
       </c>
       <c r="D50" s="17">
-        <v>2.1527777777777778E-2</v>
+        <v>0.38909722222222221</v>
       </c>
       <c r="E50" s="16" t="s">
-        <v>1449</v>
+        <v>1643</v>
       </c>
     </row>
     <row r="51" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A51" s="24" t="s">
-        <v>1707</v>
+        <v>1745</v>
       </c>
       <c r="B51" s="15">
-        <v>45947</v>
+        <v>46024</v>
       </c>
       <c r="C51" s="17">
-        <v>0.96613425925925922</v>
+        <v>0.37765046296296295</v>
       </c>
       <c r="D51" s="17">
-        <v>3.3912037037037039E-2</v>
+        <v>0.43421296296296297</v>
       </c>
       <c r="E51" s="16" t="s">
-        <v>1643</v>
+        <v>1449</v>
       </c>
     </row>
     <row r="52" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A52" s="24" t="s">
-        <v>1707</v>
+        <v>1745</v>
       </c>
       <c r="B52" s="15">
-        <v>45947</v>
+        <v>46024</v>
       </c>
       <c r="C52" s="17">
-        <v>0.60142361111111109</v>
+        <v>0.3732638888888889</v>
       </c>
       <c r="D52" s="17">
-        <v>0.63043981481481481</v>
+        <v>0.43030092592592595</v>
       </c>
       <c r="E52" s="16" t="s">
-        <v>1449</v>
+        <v>1643</v>
       </c>
     </row>
     <row r="53" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A53" s="24" t="s">
-        <v>1707</v>
+        <v>1744</v>
       </c>
       <c r="B53" s="15">
-        <v>45947</v>
+        <v>46023</v>
       </c>
       <c r="C53" s="17">
-        <v>0.42512731481481481</v>
+        <v>0.61906249999999996</v>
       </c>
       <c r="D53" s="17">
-        <v>0.43814814814814818</v>
+        <v>0.68142361111111116</v>
       </c>
       <c r="E53" s="16" t="s">
         <v>1449</v>
       </c>
     </row>
     <row r="54" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A54" s="24" t="s">
-        <v>1707</v>
+        <v>1744</v>
       </c>
       <c r="B54" s="15">
-        <v>45947</v>
+        <v>46023</v>
       </c>
       <c r="C54" s="17">
-        <v>0.42113425925925924</v>
+        <v>0.61465277777777783</v>
       </c>
       <c r="D54" s="17">
-        <v>0.4969675925925926</v>
+        <v>0.6761342592592593</v>
       </c>
       <c r="E54" s="16" t="s">
         <v>1643</v>
       </c>
     </row>
     <row r="55" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A55" s="24" t="s">
-        <v>1706</v>
+        <v>1744</v>
       </c>
       <c r="B55" s="15">
-        <v>45944</v>
+        <v>46023</v>
       </c>
       <c r="C55" s="17">
-        <v>0.61532407407407408</v>
+        <v>0.55278935185185185</v>
       </c>
       <c r="D55" s="17">
-        <v>0.61592592592592588</v>
+        <v>0.55915509259259255</v>
       </c>
       <c r="E55" s="16" t="s">
         <v>1449</v>
       </c>
     </row>
     <row r="56" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A56" s="24" t="s">
-        <v>1705</v>
+        <v>1743</v>
       </c>
       <c r="B56" s="15">
-        <v>45943</v>
+        <v>46021</v>
       </c>
       <c r="C56" s="17">
-        <v>0.66571759259259256</v>
+        <v>0.36568287037037039</v>
       </c>
       <c r="D56" s="17">
-        <v>0.73253472222222227</v>
+        <v>0.4224074074074074</v>
       </c>
       <c r="E56" s="16" t="s">
         <v>1449</v>
       </c>
     </row>
     <row r="57" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A57" s="24" t="s">
-        <v>1705</v>
+        <v>1742</v>
       </c>
       <c r="B57" s="15">
-        <v>45943</v>
+        <v>46020</v>
       </c>
       <c r="C57" s="17">
-        <v>0.66131944444444446</v>
+        <v>0.84002314814814816</v>
       </c>
       <c r="D57" s="17">
-        <v>0.72826388888888893</v>
+        <v>0.84707175925925926</v>
       </c>
       <c r="E57" s="16" t="s">
-        <v>1643</v>
+        <v>1449</v>
       </c>
     </row>
     <row r="58" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A58" s="24" t="s">
-        <v>1704</v>
+        <v>1728</v>
       </c>
       <c r="B58" s="15">
-        <v>45942</v>
+        <v>46015</v>
       </c>
       <c r="C58" s="17">
-        <v>0.2646296296296296</v>
+        <v>0.61032407407407407</v>
       </c>
       <c r="D58" s="17">
-        <v>0.29303240740740738</v>
+        <v>0.81163194444444442</v>
       </c>
       <c r="E58" s="16" t="s">
         <v>1449</v>
       </c>
     </row>
     <row r="59" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A59" s="24" t="s">
-        <v>1703</v>
+        <v>1728</v>
       </c>
       <c r="B59" s="15">
-        <v>45933</v>
+        <v>46015</v>
       </c>
       <c r="C59" s="17">
-        <v>0.58271990740740742</v>
+        <v>0.60594907407407406</v>
       </c>
       <c r="D59" s="17">
-        <v>0.58278935185185188</v>
+        <v>0.80743055555555554</v>
       </c>
       <c r="E59" s="16" t="s">
-        <v>1449</v>
+        <v>1643</v>
       </c>
     </row>
     <row r="60" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A60" s="24" t="s">
-        <v>1702</v>
+        <v>1741</v>
       </c>
       <c r="B60" s="15">
-        <v>45932</v>
+        <v>46014</v>
       </c>
       <c r="C60" s="17">
-        <v>2.2222222222222223E-2</v>
+        <v>0.1698726851851852</v>
       </c>
       <c r="D60" s="17">
-        <v>2.2928240740740742E-2</v>
+        <v>0.23804398148148148</v>
       </c>
       <c r="E60" s="16" t="s">
         <v>1449</v>
       </c>
     </row>
     <row r="61" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A61" s="24" t="s">
-        <v>1701</v>
+        <v>1741</v>
       </c>
       <c r="B61" s="15">
-        <v>45931</v>
+        <v>46014</v>
       </c>
       <c r="C61" s="17">
-        <v>0.20349537037037038</v>
+        <v>0.16548611111111111</v>
       </c>
       <c r="D61" s="17">
-        <v>0.2711689814814815</v>
+        <v>0.23372685185185185</v>
       </c>
       <c r="E61" s="16" t="s">
-        <v>1449</v>
+        <v>1643</v>
       </c>
     </row>
     <row r="62" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A62" s="24" t="s">
-        <v>1701</v>
+        <v>1740</v>
       </c>
       <c r="B62" s="15">
-        <v>45931</v>
+        <v>46013</v>
       </c>
       <c r="C62" s="17">
-        <v>0.19909722222222223</v>
+        <v>0.60641203703703705</v>
       </c>
       <c r="D62" s="17">
-        <v>0.26687499999999997</v>
+        <v>0.60645833333333332</v>
       </c>
       <c r="E62" s="16" t="s">
-        <v>1643</v>
+        <v>1449</v>
       </c>
     </row>
     <row r="63" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A63" s="24" t="s">
-        <v>1700</v>
+        <v>1723</v>
       </c>
       <c r="B63" s="15">
-        <v>45928</v>
+        <v>46010</v>
       </c>
       <c r="C63" s="17">
-        <v>0.8062731481481481</v>
+        <v>0.54579861111111116</v>
       </c>
       <c r="D63" s="17">
-        <v>0.80641203703703701</v>
+        <v>0.61365740740740737</v>
       </c>
       <c r="E63" s="16" t="s">
         <v>1449</v>
       </c>
     </row>
     <row r="64" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A64" s="24" t="s">
-        <v>1700</v>
+        <v>1723</v>
       </c>
       <c r="B64" s="15">
-        <v>45928</v>
+        <v>46010</v>
       </c>
       <c r="C64" s="17">
-        <v>0.801875</v>
+        <v>0.541412037037037</v>
       </c>
       <c r="D64" s="17">
-        <v>0.85724537037037041</v>
+        <v>0.60928240740740736</v>
       </c>
       <c r="E64" s="16" t="s">
         <v>1643</v>
       </c>
     </row>
     <row r="65" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A65" s="24" t="s">
-        <v>1699</v>
+        <v>1723</v>
       </c>
       <c r="B65" s="15">
-        <v>45924</v>
+        <v>46010</v>
       </c>
       <c r="C65" s="17">
-        <v>0.94613425925925931</v>
+        <v>0.47822916666666665</v>
       </c>
       <c r="D65" s="17">
-        <v>0.94628472222222226</v>
+        <v>0.48709490740740741</v>
       </c>
       <c r="E65" s="16" t="s">
         <v>1449</v>
       </c>
     </row>
     <row r="66" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A66" s="24" t="s">
-        <v>1698</v>
+        <v>1723</v>
       </c>
       <c r="B66" s="15">
-        <v>45922</v>
+        <v>46010</v>
       </c>
       <c r="C66" s="17">
-        <v>0.65385416666666663</v>
+        <v>0.47372685185185187</v>
       </c>
       <c r="D66" s="17">
-        <v>0.65445601851851853</v>
+        <v>0.54113425925925929</v>
       </c>
       <c r="E66" s="16" t="s">
-        <v>1449</v>
+        <v>1643</v>
       </c>
     </row>
     <row r="67" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A67" s="24" t="s">
-        <v>1698</v>
+        <v>1724</v>
       </c>
       <c r="B67" s="15">
-        <v>45922</v>
+        <v>46006</v>
       </c>
       <c r="C67" s="17">
-        <v>2.3668981481481482E-2</v>
+        <v>0.91101851851851856</v>
       </c>
       <c r="D67" s="17">
-        <v>9.2743055555555551E-2</v>
+        <v>0.97645833333333332</v>
       </c>
       <c r="E67" s="16" t="s">
         <v>1449</v>
       </c>
     </row>
     <row r="68" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A68" s="24" t="s">
-        <v>1698</v>
+        <v>1724</v>
       </c>
       <c r="B68" s="15">
-        <v>45922</v>
+        <v>46006</v>
       </c>
       <c r="C68" s="17">
-        <v>1.9282407407407408E-2</v>
+        <v>0.90604166666666663</v>
       </c>
       <c r="D68" s="17">
-        <v>8.835648148148148E-2</v>
+        <v>0.9722453703703704</v>
       </c>
       <c r="E68" s="16" t="s">
         <v>1643</v>
       </c>
     </row>
     <row r="69" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A69" s="24" t="s">
-        <v>1691</v>
+        <v>1722</v>
       </c>
       <c r="B69" s="15">
-        <v>45917</v>
+        <v>46004</v>
       </c>
       <c r="C69" s="17">
-        <v>0.78427083333333336</v>
+        <v>0.43921296296296297</v>
       </c>
       <c r="D69" s="17">
-        <v>0.85053240740740743</v>
+        <v>0.43936342592592592</v>
       </c>
       <c r="E69" s="16" t="s">
         <v>1449</v>
       </c>
     </row>
     <row r="70" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A70" s="24" t="s">
-        <v>1691</v>
+        <v>1721</v>
       </c>
       <c r="B70" s="15">
-        <v>45917</v>
+        <v>45999</v>
       </c>
       <c r="C70" s="17">
-        <v>0.77993055555555557</v>
+        <v>0.10871527777777777</v>
       </c>
       <c r="D70" s="17">
-        <v>0.84641203703703705</v>
+        <v>0.10875</v>
       </c>
       <c r="E70" s="16" t="s">
-        <v>1643</v>
+        <v>1449</v>
       </c>
     </row>
     <row r="71" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A71" s="24" t="s">
-        <v>1690</v>
+        <v>1720</v>
       </c>
       <c r="B71" s="15">
-        <v>45913</v>
+        <v>45996</v>
       </c>
       <c r="C71" s="17">
-        <v>0.39994212962962961</v>
+        <v>0.68314814814814817</v>
       </c>
       <c r="D71" s="17">
-        <v>0.46811342592592592</v>
+        <v>0.68320601851851848</v>
       </c>
       <c r="E71" s="16" t="s">
         <v>1449</v>
       </c>
     </row>
     <row r="72" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A72" s="24" t="s">
-        <v>1690</v>
+        <v>1719</v>
       </c>
       <c r="B72" s="15">
-        <v>45913</v>
+        <v>45995</v>
       </c>
       <c r="C72" s="17">
-        <v>0.39613425925925927</v>
+        <v>0.60508101851851848</v>
       </c>
       <c r="D72" s="17">
-        <v>0.46381944444444445</v>
+        <v>0.60513888888888889</v>
       </c>
       <c r="E72" s="16" t="s">
-        <v>1643</v>
+        <v>1449</v>
       </c>
     </row>
     <row r="73" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A73" s="24" t="s">
-        <v>1689</v>
+        <v>1719</v>
       </c>
       <c r="B73" s="15">
-        <v>45909</v>
+        <v>45995</v>
       </c>
       <c r="C73" s="17">
-        <v>0.77034722222222218</v>
+        <v>0.32729166666666665</v>
       </c>
       <c r="D73" s="17">
-        <v>0.77050925925925928</v>
+        <v>0.33104166666666668</v>
       </c>
       <c r="E73" s="16" t="s">
         <v>1449</v>
       </c>
     </row>
     <row r="74" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A74" s="24" t="s">
-        <v>1688</v>
+        <v>1719</v>
       </c>
       <c r="B74" s="15">
-        <v>45902</v>
+        <v>45995</v>
       </c>
       <c r="C74" s="17">
-        <v>0.99054398148148148</v>
+        <v>0.20407407407407407</v>
       </c>
       <c r="D74" s="17">
-        <v>2.3344907407407408E-2</v>
+        <v>0.20914351851851851</v>
       </c>
       <c r="E74" s="16" t="s">
         <v>1449</v>
       </c>
     </row>
     <row r="75" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A75" s="24" t="s">
-        <v>1688</v>
+        <v>1695</v>
       </c>
       <c r="B75" s="15">
-        <v>45902</v>
+        <v>45994</v>
       </c>
       <c r="C75" s="17">
-        <v>0.98622685185185188</v>
+        <v>0.8796180555555555</v>
       </c>
       <c r="D75" s="17">
-        <v>5.6041666666666663E-2</v>
+        <v>0.87965277777777773</v>
       </c>
       <c r="E75" s="16" t="s">
-        <v>1643</v>
+        <v>1449</v>
       </c>
     </row>
     <row r="76" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A76" s="24" t="s">
-        <v>1687</v>
+        <v>1695</v>
       </c>
       <c r="B76" s="15">
-        <v>45894</v>
+        <v>45994</v>
       </c>
       <c r="C76" s="17">
-        <v>0.9800578703703704</v>
+        <v>0.84005787037037039</v>
       </c>
       <c r="D76" s="17">
-        <v>3.8194444444444446E-4</v>
+        <v>0.84006944444444442</v>
       </c>
       <c r="E76" s="16" t="s">
         <v>1449</v>
       </c>
     </row>
     <row r="77" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A77" s="24" t="s">
-        <v>1687</v>
+        <v>1695</v>
       </c>
       <c r="B77" s="15">
-        <v>45894</v>
+        <v>45994</v>
       </c>
       <c r="C77" s="17">
-        <v>0.97576388888888888</v>
+        <v>0.57850694444444439</v>
       </c>
       <c r="D77" s="17">
-        <v>4.3912037037037034E-2</v>
+        <v>0.58373842592592595</v>
       </c>
       <c r="E77" s="16" t="s">
-        <v>1643</v>
+        <v>1449</v>
       </c>
     </row>
     <row r="78" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A78" s="24" t="s">
-        <v>1686</v>
+        <v>1718</v>
       </c>
       <c r="B78" s="15">
-        <v>45890</v>
+        <v>45993</v>
       </c>
       <c r="C78" s="17">
-        <v>0.16472222222222221</v>
+        <v>0.83885416666666668</v>
       </c>
       <c r="D78" s="17">
-        <v>0.19306712962962963</v>
+        <v>0.90446759259259257</v>
       </c>
       <c r="E78" s="16" t="s">
         <v>1449</v>
       </c>
     </row>
     <row r="79" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A79" s="24" t="s">
-        <v>1685</v>
+        <v>1717</v>
       </c>
       <c r="B79" s="15">
-        <v>45887</v>
+        <v>45992</v>
       </c>
       <c r="C79" s="17">
-        <v>0.99645833333333333</v>
+        <v>0.8828125</v>
       </c>
       <c r="D79" s="17">
-        <v>6.4594907407407406E-2</v>
+        <v>0.90932870370370367</v>
       </c>
       <c r="E79" s="16" t="s">
         <v>1449</v>
       </c>
     </row>
     <row r="80" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A80" s="24" t="s">
-        <v>1685</v>
+        <v>1716</v>
       </c>
       <c r="B80" s="15">
-        <v>45887</v>
+        <v>45980</v>
       </c>
       <c r="C80" s="17">
-        <v>0.99206018518518524</v>
+        <v>0.69524305555555554</v>
       </c>
       <c r="D80" s="17">
-        <v>6.0300925925925924E-2</v>
+        <v>0.69525462962962958</v>
       </c>
       <c r="E80" s="16" t="s">
-        <v>1643</v>
+        <v>1449</v>
       </c>
     </row>
     <row r="81" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A81" s="24" t="s">
-        <v>1685</v>
+        <v>1715</v>
       </c>
       <c r="B81" s="15">
-        <v>45887</v>
+        <v>45977</v>
       </c>
       <c r="C81" s="17">
-        <v>0.86037037037037034</v>
+        <v>0.27440972222222221</v>
       </c>
       <c r="D81" s="17">
-        <v>0.86884259259259256</v>
+        <v>0.3420023148148148</v>
       </c>
       <c r="E81" s="16" t="s">
         <v>1449</v>
       </c>
     </row>
     <row r="82" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A82" s="24" t="s">
-        <v>1677</v>
+        <v>1715</v>
       </c>
       <c r="B82" s="15">
-        <v>45883</v>
+        <v>45977</v>
       </c>
       <c r="C82" s="17">
-        <v>0.79803240740740744</v>
+        <v>0.27002314814814815</v>
       </c>
       <c r="D82" s="17">
-        <v>0.79811342592592593</v>
+        <v>0.33770833333333333</v>
       </c>
       <c r="E82" s="16" t="s">
-        <v>1449</v>
+        <v>1643</v>
       </c>
     </row>
     <row r="83" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A83" s="24" t="s">
-        <v>1676</v>
+        <v>1714</v>
       </c>
       <c r="B83" s="15">
-        <v>45882</v>
+        <v>45976</v>
       </c>
       <c r="C83" s="17">
-        <v>0.82293981481481482</v>
+        <v>0.52607638888888886</v>
       </c>
       <c r="D83" s="17">
-        <v>0.82295138888888886</v>
+        <v>0.59386574074074072</v>
       </c>
       <c r="E83" s="16" t="s">
         <v>1449</v>
       </c>
     </row>
     <row r="84" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A84" s="24" t="s">
-        <v>1675</v>
+        <v>1714</v>
       </c>
       <c r="B84" s="15">
-        <v>45880</v>
+        <v>45976</v>
       </c>
       <c r="C84" s="17">
-        <v>0.33349537037037036</v>
+        <v>0.52141203703703709</v>
       </c>
       <c r="D84" s="17">
-        <v>0.33354166666666668</v>
+        <v>0.58956018518518516</v>
       </c>
       <c r="E84" s="16" t="s">
-        <v>1449</v>
+        <v>1643</v>
       </c>
     </row>
     <row r="85" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A85" s="24" t="s">
-        <v>1670</v>
+        <v>1713</v>
       </c>
       <c r="B85" s="15">
-        <v>45876</v>
+        <v>45975</v>
       </c>
       <c r="C85" s="17">
-        <v>0.49474537037037036</v>
+        <v>1.0636574074074074E-2</v>
       </c>
       <c r="D85" s="17">
-        <v>0.49956018518518519</v>
+        <v>7.8969907407407405E-2</v>
       </c>
       <c r="E85" s="16" t="s">
-        <v>1643</v>
+        <v>1449</v>
       </c>
     </row>
     <row r="86" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A86" s="24" t="s">
-        <v>1670</v>
+        <v>1713</v>
       </c>
       <c r="B86" s="15">
-        <v>45876</v>
+        <v>45975</v>
       </c>
       <c r="C86" s="17">
-        <v>0.42785879629629631</v>
+        <v>6.2268518518518515E-3</v>
       </c>
       <c r="D86" s="17">
-        <v>0.42832175925925925</v>
+        <v>7.4652777777777776E-2</v>
       </c>
       <c r="E86" s="16" t="s">
-        <v>1449</v>
+        <v>1643</v>
       </c>
     </row>
     <row r="87" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A87" s="24" t="s">
-        <v>1674</v>
+        <v>1712</v>
       </c>
       <c r="B87" s="15">
-        <v>45866</v>
+        <v>45974</v>
       </c>
       <c r="C87" s="17">
-        <v>0.50739583333333338</v>
+        <v>0.87611111111111106</v>
       </c>
       <c r="D87" s="17">
-        <v>0.54162037037037036</v>
+        <v>0.94231481481481483</v>
       </c>
       <c r="E87" s="16" t="s">
         <v>1449</v>
       </c>
     </row>
     <row r="88" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A88" s="24" t="s">
-        <v>1674</v>
+        <v>1712</v>
       </c>
       <c r="B88" s="15">
-        <v>45866</v>
+        <v>45974</v>
       </c>
       <c r="C88" s="17">
-        <v>0.50233796296296296</v>
+        <v>0.87178240740740742</v>
       </c>
       <c r="D88" s="17">
-        <v>0.57048611111111114</v>
+        <v>0.93807870370370372</v>
       </c>
       <c r="E88" s="16" t="s">
         <v>1643</v>
       </c>
     </row>
     <row r="89" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A89" s="24" t="s">
-        <v>1673</v>
+        <v>1712</v>
       </c>
       <c r="B89" s="15">
-        <v>45865</v>
+        <v>45974</v>
       </c>
       <c r="C89" s="17">
-        <v>0.2726851851851852</v>
+        <v>0.39783564814814815</v>
       </c>
       <c r="D89" s="17">
-        <v>0.28112268518518518</v>
+        <v>0.46525462962962966</v>
       </c>
       <c r="E89" s="16" t="s">
         <v>1449</v>
       </c>
     </row>
     <row r="90" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A90" s="24" t="s">
-        <v>1672</v>
+        <v>1711</v>
       </c>
       <c r="B90" s="15">
-        <v>45862</v>
+        <v>45967</v>
       </c>
       <c r="C90" s="17">
-        <v>0.39136574074074076</v>
+        <v>0.6129282407407407</v>
       </c>
       <c r="D90" s="17">
-        <v>0.84559027777777773</v>
+        <v>0.61297453703703708</v>
       </c>
       <c r="E90" s="16" t="s">
         <v>1449</v>
       </c>
     </row>
     <row r="91" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A91" s="24" t="s">
-        <v>1672</v>
+        <v>1710</v>
       </c>
       <c r="B91" s="15">
-        <v>45862</v>
+        <v>45962</v>
       </c>
       <c r="C91" s="17">
-        <v>0.38780092592592591</v>
+        <v>0.57563657407407409</v>
       </c>
       <c r="D91" s="17">
-        <v>0.46381944444444445</v>
+        <v>0.57568287037037036</v>
       </c>
       <c r="E91" s="16" t="s">
-        <v>1643</v>
+        <v>1449</v>
       </c>
     </row>
     <row r="92" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A92" s="24" t="s">
-        <v>1666</v>
+        <v>1709</v>
       </c>
       <c r="B92" s="15">
-        <v>45851</v>
+        <v>45955</v>
       </c>
       <c r="C92" s="17">
-        <v>0.20560185185185184</v>
+        <v>0.55648148148148147</v>
       </c>
       <c r="D92" s="17">
-        <v>0.20581018518518518</v>
+        <v>0.5593055555555555</v>
       </c>
       <c r="E92" s="16" t="s">
         <v>1449</v>
       </c>
     </row>
     <row r="93" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A93" s="24" t="s">
-        <v>1665</v>
+        <v>1708</v>
       </c>
       <c r="B93" s="15">
-        <v>45841</v>
+        <v>45948</v>
       </c>
       <c r="C93" s="17">
-        <v>0.52103009259259259</v>
+        <v>0.69951388888888888</v>
       </c>
       <c r="D93" s="17">
-        <v>0.58304398148148151</v>
+        <v>0.69952546296296292</v>
       </c>
       <c r="E93" s="16" t="s">
         <v>1449</v>
       </c>
     </row>
     <row r="94" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A94" s="24" t="s">
-        <v>1664</v>
+        <v>1707</v>
       </c>
       <c r="B94" s="15">
-        <v>45835</v>
+        <v>45947</v>
       </c>
       <c r="C94" s="17">
-        <v>0.7600231481481482</v>
+        <v>0.97030092592592587</v>
       </c>
       <c r="D94" s="17">
-        <v>0.76267361111111109</v>
+        <v>2.1527777777777778E-2</v>
       </c>
       <c r="E94" s="16" t="s">
         <v>1449</v>
       </c>
     </row>
     <row r="95" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A95" s="24" t="s">
-        <v>1663</v>
+        <v>1707</v>
       </c>
       <c r="B95" s="15">
-        <v>45834</v>
+        <v>45947</v>
       </c>
       <c r="C95" s="17">
-        <v>0.18981481481481483</v>
+        <v>0.96613425925925922</v>
       </c>
       <c r="D95" s="17">
-        <v>0.19024305555555557</v>
+        <v>3.3912037037037039E-2</v>
       </c>
       <c r="E95" s="16" t="s">
-        <v>1449</v>
+        <v>1643</v>
       </c>
     </row>
     <row r="96" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A96" s="24" t="s">
-        <v>1656</v>
+        <v>1707</v>
       </c>
       <c r="B96" s="15">
-        <v>45822</v>
+        <v>45947</v>
       </c>
       <c r="C96" s="17">
-        <v>0.99129629629629634</v>
+        <v>0.60142361111111109</v>
       </c>
       <c r="D96" s="17">
-        <v>0.99164351851851851</v>
+        <v>0.63043981481481481</v>
       </c>
       <c r="E96" s="16" t="s">
         <v>1449</v>
       </c>
     </row>
     <row r="97" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A97" s="24" t="s">
-        <v>1657</v>
+        <v>1707</v>
       </c>
       <c r="B97" s="15">
-        <v>45814</v>
+        <v>45947</v>
       </c>
       <c r="C97" s="17">
-        <v>0.98578703703703707</v>
+        <v>0.42512731481481481</v>
       </c>
       <c r="D97" s="17">
-        <v>0.98606481481481478</v>
+        <v>0.43814814814814818</v>
       </c>
       <c r="E97" s="16" t="s">
         <v>1449</v>
       </c>
     </row>
     <row r="98" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A98" s="24" t="s">
-        <v>1658</v>
+        <v>1707</v>
       </c>
       <c r="B98" s="15">
-        <v>45812</v>
+        <v>45947</v>
       </c>
       <c r="C98" s="17">
-        <v>0.81973379629629628</v>
+        <v>0.42113425925925924</v>
       </c>
       <c r="D98" s="17">
-        <v>0.87853009259259263</v>
+        <v>0.4969675925925926</v>
       </c>
       <c r="E98" s="16" t="s">
-        <v>1449</v>
+        <v>1643</v>
       </c>
     </row>
     <row r="99" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A99" s="24" t="s">
-        <v>1658</v>
+        <v>1706</v>
       </c>
       <c r="B99" s="15">
-        <v>45812</v>
+        <v>45944</v>
       </c>
       <c r="C99" s="17">
-        <v>0.81548611111111113</v>
+        <v>0.61532407407407408</v>
       </c>
       <c r="D99" s="17">
-        <v>0.88168981481481479</v>
+        <v>0.61592592592592588</v>
       </c>
       <c r="E99" s="16" t="s">
-        <v>1643</v>
+        <v>1449</v>
       </c>
     </row>
     <row r="100" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A100" s="24" t="s">
-        <v>1659</v>
+        <v>1705</v>
       </c>
       <c r="B100" s="15">
-        <v>45808</v>
+        <v>45943</v>
       </c>
       <c r="C100" s="17">
-        <v>0.25443287037037038</v>
+        <v>0.66571759259259256</v>
       </c>
       <c r="D100" s="17">
-        <v>0.25525462962962964</v>
+        <v>0.73253472222222227</v>
       </c>
       <c r="E100" s="16" t="s">
         <v>1449</v>
       </c>
     </row>
     <row r="101" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A101" s="24" t="s">
-        <v>1660</v>
+        <v>1705</v>
       </c>
       <c r="B101" s="15">
-        <v>45805</v>
+        <v>45943</v>
       </c>
       <c r="C101" s="17">
-        <v>0.15239583333333334</v>
+        <v>0.66131944444444446</v>
       </c>
       <c r="D101" s="17">
-        <v>0.22052083333333333</v>
+        <v>0.72826388888888893</v>
       </c>
       <c r="E101" s="16" t="s">
-        <v>1449</v>
+        <v>1643</v>
       </c>
     </row>
     <row r="102" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A102" s="24" t="s">
-        <v>1660</v>
+        <v>1704</v>
       </c>
       <c r="B102" s="15">
-        <v>45805</v>
+        <v>45942</v>
       </c>
       <c r="C102" s="17">
-        <v>0.14807870370370371</v>
+        <v>0.2646296296296296</v>
       </c>
       <c r="D102" s="17">
-        <v>0.21622685185185186</v>
+        <v>0.29303240740740738</v>
       </c>
       <c r="E102" s="16" t="s">
-        <v>1643</v>
+        <v>1449</v>
       </c>
     </row>
     <row r="103" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A103" s="24" t="s">
-        <v>1661</v>
+        <v>1703</v>
       </c>
       <c r="B103" s="15">
-        <v>45804</v>
+        <v>45933</v>
       </c>
       <c r="C103" s="17">
-        <v>0.74321759259259257</v>
+        <v>0.58271990740740742</v>
       </c>
       <c r="D103" s="17">
-        <v>0.80844907407407407</v>
+        <v>0.58278935185185188</v>
       </c>
       <c r="E103" s="16" t="s">
         <v>1449</v>
       </c>
     </row>
     <row r="104" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A104" s="24" t="s">
-        <v>1661</v>
+        <v>1702</v>
       </c>
       <c r="B104" s="15">
-        <v>45804</v>
+        <v>45932</v>
       </c>
       <c r="C104" s="17">
-        <v>0.73784722222222221</v>
+        <v>2.2222222222222223E-2</v>
       </c>
       <c r="D104" s="17">
-        <v>0.80437499999999995</v>
+        <v>2.2928240740740742E-2</v>
       </c>
       <c r="E104" s="16" t="s">
-        <v>1643</v>
+        <v>1449</v>
       </c>
     </row>
     <row r="105" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A105" s="24" t="s">
-        <v>1661</v>
+        <v>1701</v>
       </c>
       <c r="B105" s="15">
-        <v>45804</v>
+        <v>45931</v>
       </c>
       <c r="C105" s="17">
-        <v>0.66937500000000005</v>
+        <v>0.20349537037037038</v>
       </c>
       <c r="D105" s="17">
-        <v>0.74321759259259257</v>
+        <v>0.2711689814814815</v>
       </c>
       <c r="E105" s="16" t="s">
         <v>1449</v>
       </c>
     </row>
     <row r="106" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A106" s="24" t="s">
-        <v>1661</v>
+        <v>1701</v>
       </c>
       <c r="B106" s="15">
-        <v>45804</v>
+        <v>45931</v>
       </c>
       <c r="C106" s="17">
-        <v>0.66557870370370376</v>
+        <v>0.19909722222222223</v>
       </c>
       <c r="D106" s="17">
-        <v>0.73784722222222221</v>
+        <v>0.26687499999999997</v>
       </c>
       <c r="E106" s="16" t="s">
         <v>1643</v>
       </c>
     </row>
     <row r="107" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A107" s="24" t="s">
-        <v>1661</v>
+        <v>1700</v>
       </c>
       <c r="B107" s="15">
-        <v>45804</v>
+        <v>45928</v>
       </c>
       <c r="C107" s="17">
-        <v>0.39807870370370368</v>
+        <v>0.8062731481481481</v>
       </c>
       <c r="D107" s="17">
-        <v>0.46299768518518519</v>
+        <v>0.80641203703703701</v>
       </c>
       <c r="E107" s="16" t="s">
         <v>1449</v>
       </c>
     </row>
     <row r="108" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A108" s="24" t="s">
-        <v>1662</v>
+        <v>1700</v>
       </c>
       <c r="B108" s="15">
-        <v>45803</v>
+        <v>45928</v>
       </c>
       <c r="C108" s="17">
-        <v>0.71515046296296292</v>
+        <v>0.801875</v>
       </c>
       <c r="D108" s="17">
-        <v>0.77854166666666669</v>
+        <v>0.85724537037037041</v>
       </c>
       <c r="E108" s="16" t="s">
-        <v>1449</v>
+        <v>1643</v>
       </c>
     </row>
     <row r="109" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A109" s="24" t="s">
-        <v>1655</v>
+        <v>1699</v>
       </c>
       <c r="B109" s="15">
-        <v>45801</v>
+        <v>45924</v>
       </c>
       <c r="C109" s="17">
-        <v>0.73026620370370365</v>
+        <v>0.94613425925925931</v>
       </c>
       <c r="D109" s="17">
-        <v>0.78922453703703699</v>
+        <v>0.94628472222222226</v>
       </c>
       <c r="E109" s="16" t="s">
         <v>1449</v>
       </c>
     </row>
     <row r="110" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A110" s="24" t="s">
-        <v>1648</v>
+        <v>1698</v>
       </c>
       <c r="B110" s="15">
-        <v>45793</v>
+        <v>45922</v>
       </c>
       <c r="C110" s="17">
-        <v>0.68600694444444443</v>
+        <v>0.65385416666666663</v>
       </c>
       <c r="D110" s="17">
-        <v>0.68630787037037033</v>
+        <v>0.65445601851851853</v>
       </c>
       <c r="E110" s="16" t="s">
         <v>1449</v>
       </c>
     </row>
     <row r="111" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A111" s="24" t="s">
-        <v>1647</v>
+        <v>1698</v>
       </c>
       <c r="B111" s="15">
-        <v>45784</v>
+        <v>45922</v>
       </c>
       <c r="C111" s="17">
-        <v>0.89900462962962968</v>
+        <v>2.3668981481481482E-2</v>
       </c>
       <c r="D111" s="17">
-        <v>0.9009490740740741</v>
+        <v>9.2743055555555551E-2</v>
       </c>
       <c r="E111" s="16" t="s">
-        <v>1643</v>
+        <v>1449</v>
       </c>
     </row>
     <row r="112" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A112" s="24" t="s">
-        <v>1647</v>
+        <v>1698</v>
       </c>
       <c r="B112" s="15">
-        <v>45784</v>
+        <v>45922</v>
       </c>
       <c r="C112" s="17">
-        <v>0.88119212962962967</v>
+        <v>1.9282407407407408E-2</v>
       </c>
       <c r="D112" s="17">
-        <v>0.88407407407407412</v>
+        <v>8.835648148148148E-2</v>
       </c>
       <c r="E112" s="16" t="s">
-        <v>1449</v>
+        <v>1643</v>
       </c>
     </row>
     <row r="113" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A113" s="24" t="s">
-        <v>1646</v>
+        <v>1691</v>
       </c>
       <c r="B113" s="15">
-        <v>45782</v>
+        <v>45917</v>
       </c>
       <c r="C113" s="17">
-        <v>0.89456018518518521</v>
+        <v>0.78427083333333336</v>
       </c>
       <c r="D113" s="17">
-        <v>0.95989583333333328</v>
+        <v>0.85053240740740743</v>
       </c>
       <c r="E113" s="16" t="s">
         <v>1449</v>
       </c>
     </row>
     <row r="114" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A114" s="24" t="s">
-        <v>1646</v>
+        <v>1691</v>
       </c>
       <c r="B114" s="15">
-        <v>45782</v>
+        <v>45917</v>
       </c>
       <c r="C114" s="17">
-        <v>0.88937500000000003</v>
+        <v>0.77993055555555557</v>
       </c>
       <c r="D114" s="17">
-        <v>0.9558564814814815</v>
+        <v>0.84641203703703705</v>
       </c>
       <c r="E114" s="16" t="s">
         <v>1643</v>
       </c>
     </row>
     <row r="115" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A115" s="24" t="s">
-        <v>1646</v>
+        <v>1690</v>
       </c>
       <c r="B115" s="15">
-        <v>45782</v>
+        <v>45913</v>
       </c>
       <c r="C115" s="17">
-        <v>0.55901620370370375</v>
+        <v>0.39994212962962961</v>
       </c>
       <c r="D115" s="17">
-        <v>0.57702546296296298</v>
+        <v>0.46811342592592592</v>
       </c>
       <c r="E115" s="16" t="s">
         <v>1449</v>
       </c>
     </row>
     <row r="116" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A116" s="24" t="s">
-        <v>1646</v>
+        <v>1690</v>
       </c>
       <c r="B116" s="15">
-        <v>45782</v>
+        <v>45913</v>
       </c>
       <c r="C116" s="17">
-        <v>0.55465277777777777</v>
+        <v>0.39613425925925927</v>
       </c>
       <c r="D116" s="17">
-        <v>0.6224305555555556</v>
+        <v>0.46381944444444445</v>
       </c>
       <c r="E116" s="16" t="s">
         <v>1643</v>
       </c>
     </row>
     <row r="117" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A117" s="24" t="s">
-        <v>1645</v>
+        <v>1689</v>
       </c>
       <c r="B117" s="15">
-        <v>45778</v>
+        <v>45909</v>
       </c>
       <c r="C117" s="17">
-        <v>0.34371527777777777</v>
+        <v>0.77034722222222218</v>
       </c>
       <c r="D117" s="17">
-        <v>0.84399305555555559</v>
+        <v>0.77050925925925928</v>
       </c>
       <c r="E117" s="16" t="s">
         <v>1449</v>
       </c>
     </row>
     <row r="118" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A118" s="24" t="s">
-        <v>1644</v>
+        <v>1688</v>
       </c>
       <c r="B118" s="15">
-        <v>45776</v>
+        <v>45902</v>
       </c>
       <c r="C118" s="17">
-        <v>0.26287037037037037</v>
+        <v>0.99054398148148148</v>
       </c>
       <c r="D118" s="17">
-        <v>0.76314814814814813</v>
+        <v>2.3344907407407408E-2</v>
       </c>
       <c r="E118" s="16" t="s">
         <v>1449</v>
       </c>
     </row>
     <row r="119" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A119" s="24" t="s">
-        <v>1644</v>
+        <v>1688</v>
       </c>
       <c r="B119" s="15">
-        <v>45776</v>
+        <v>45902</v>
       </c>
       <c r="C119" s="17">
-        <v>1.1574074074074073E-5</v>
+        <v>0.98622685185185188</v>
       </c>
       <c r="D119" s="17">
-        <v>4.0208333333333332E-2</v>
+        <v>5.6041666666666663E-2</v>
       </c>
       <c r="E119" s="16" t="s">
         <v>1643</v>
       </c>
     </row>
     <row r="120" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A120" s="24" t="s">
-        <v>1642</v>
+        <v>1687</v>
       </c>
       <c r="B120" s="15">
-        <v>45775</v>
+        <v>45894</v>
       </c>
       <c r="C120" s="17">
-        <v>0.97159722222222222</v>
+        <v>0.9800578703703704</v>
       </c>
       <c r="D120" s="17">
-        <v>0.99998842592592596</v>
+        <v>3.8194444444444446E-4</v>
       </c>
       <c r="E120" s="16" t="s">
-        <v>1643</v>
+        <v>1449</v>
       </c>
     </row>
     <row r="121" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A121" s="24" t="s">
-        <v>1642</v>
+        <v>1687</v>
       </c>
       <c r="B121" s="15">
-        <v>45775</v>
+        <v>45894</v>
       </c>
       <c r="C121" s="17">
-        <v>0.9757986111111111</v>
+        <v>0.97576388888888888</v>
       </c>
       <c r="D121" s="17">
-        <v>0.98211805555555554</v>
+        <v>4.3912037037037034E-2</v>
       </c>
       <c r="E121" s="16" t="s">
-        <v>1449</v>
+        <v>1643</v>
       </c>
     </row>
     <row r="122" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A122" s="24" t="s">
-        <v>1641</v>
+        <v>1686</v>
       </c>
       <c r="B122" s="15">
-        <v>45745</v>
+        <v>45890</v>
       </c>
       <c r="C122" s="17">
-        <v>0.98498842592592595</v>
+        <v>0.16472222222222221</v>
       </c>
       <c r="D122" s="17">
-        <v>0.98548611111111106</v>
+        <v>0.19306712962962963</v>
       </c>
       <c r="E122" s="16" t="s">
         <v>1449</v>
       </c>
     </row>
     <row r="123" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A123" s="24" t="s">
-        <v>1641</v>
+        <v>1685</v>
       </c>
       <c r="B123" s="15">
-        <v>45745</v>
+        <v>45887</v>
       </c>
       <c r="C123" s="17">
-        <v>0.43497685185185186</v>
+        <v>0.99645833333333333</v>
       </c>
       <c r="D123" s="17">
-        <v>0.43516203703703704</v>
+        <v>6.4594907407407406E-2</v>
       </c>
       <c r="E123" s="16" t="s">
         <v>1449</v>
       </c>
     </row>
     <row r="124" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A124" s="24" t="s">
-        <v>1640</v>
+        <v>1685</v>
       </c>
       <c r="B124" s="15">
-        <v>45742</v>
+        <v>45887</v>
       </c>
       <c r="C124" s="17">
-        <v>0.92883101851851857</v>
+        <v>0.99206018518518524</v>
       </c>
       <c r="D124" s="17">
-        <v>0.92986111111111114</v>
+        <v>6.0300925925925924E-2</v>
       </c>
       <c r="E124" s="16" t="s">
-        <v>1449</v>
+        <v>1643</v>
       </c>
     </row>
     <row r="125" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A125" s="24" t="s">
-        <v>1639</v>
+        <v>1685</v>
       </c>
       <c r="B125" s="15">
-        <v>45733</v>
+        <v>45887</v>
       </c>
       <c r="C125" s="17">
-        <v>0.86458333333333337</v>
+        <v>0.86037037037037034</v>
       </c>
       <c r="D125" s="17">
-        <v>0.89424768518518516</v>
+        <v>0.86884259259259256</v>
       </c>
       <c r="E125" s="16" t="s">
         <v>1449</v>
       </c>
     </row>
     <row r="126" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A126" s="24" t="s">
-        <v>1638</v>
+        <v>1677</v>
       </c>
       <c r="B126" s="15">
-        <v>45729</v>
+        <v>45883</v>
       </c>
       <c r="C126" s="17">
-        <v>0.13493055555555555</v>
+        <v>0.79803240740740744</v>
       </c>
       <c r="D126" s="17">
-        <v>0.20340277777777777</v>
+        <v>0.79811342592592593</v>
       </c>
       <c r="E126" s="16" t="s">
-        <v>1511</v>
+        <v>1449</v>
       </c>
     </row>
     <row r="127" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A127" s="24" t="s">
-        <v>1637</v>
+        <v>1676</v>
       </c>
       <c r="B127" s="15">
-        <v>45728</v>
+        <v>45882</v>
       </c>
       <c r="C127" s="17">
-        <v>0.78127314814814819</v>
+        <v>0.82293981481481482</v>
       </c>
       <c r="D127" s="17">
-        <v>0.85767361111111107</v>
+        <v>0.82295138888888886</v>
       </c>
       <c r="E127" s="16" t="s">
-        <v>1511</v>
+        <v>1449</v>
       </c>
     </row>
     <row r="128" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A128" s="24" t="s">
-        <v>1497</v>
+        <v>1675</v>
       </c>
       <c r="B128" s="15">
-        <v>45726</v>
+        <v>45880</v>
       </c>
       <c r="C128" s="17">
-        <v>0.87758101851851855</v>
+        <v>0.33349537037037036</v>
       </c>
       <c r="D128" s="17">
-        <v>0.90380787037037036</v>
+        <v>0.33354166666666668</v>
       </c>
       <c r="E128" s="16" t="s">
         <v>1449</v>
       </c>
     </row>
     <row r="129" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A129" s="24" t="s">
-        <v>1636</v>
+        <v>1670</v>
       </c>
       <c r="B129" s="15">
-        <v>45723</v>
+        <v>45876</v>
       </c>
       <c r="C129" s="17">
-        <v>0.92443287037037036</v>
+        <v>0.49474537037037036</v>
       </c>
       <c r="D129" s="17">
-        <v>0.93392361111111111</v>
+        <v>0.49956018518518519</v>
       </c>
       <c r="E129" s="16" t="s">
-        <v>1511</v>
+        <v>1643</v>
       </c>
     </row>
     <row r="130" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A130" s="24" t="s">
-        <v>1635</v>
+        <v>1670</v>
       </c>
       <c r="B130" s="15">
-        <v>45714</v>
+        <v>45876</v>
       </c>
       <c r="C130" s="17">
-        <v>0.59843749999999996</v>
+        <v>0.42785879629629631</v>
       </c>
       <c r="D130" s="17">
-        <v>0.59894675925925922</v>
+        <v>0.42832175925925925</v>
       </c>
       <c r="E130" s="16" t="s">
         <v>1449</v>
       </c>
     </row>
     <row r="131" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A131" s="24" t="s">
-        <v>1634</v>
+        <v>1674</v>
       </c>
       <c r="B131" s="15">
-        <v>45714</v>
+        <v>45866</v>
       </c>
       <c r="C131" s="17">
-        <v>0.82438657407407412</v>
+        <v>0.50739583333333338</v>
       </c>
       <c r="D131" s="17">
-        <v>0.82456018518518515</v>
+        <v>0.54162037037037036</v>
       </c>
       <c r="E131" s="16" t="s">
         <v>1449</v>
       </c>
     </row>
     <row r="132" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A132" s="24" t="s">
-        <v>1633</v>
+        <v>1674</v>
       </c>
       <c r="B132" s="15">
-        <v>45712</v>
+        <v>45866</v>
       </c>
       <c r="C132" s="17">
-        <v>0.73930555555555555</v>
+        <v>0.50233796296296296</v>
       </c>
       <c r="D132" s="17">
-        <v>0.74005787037037041</v>
+        <v>0.57048611111111114</v>
       </c>
       <c r="E132" s="16" t="s">
-        <v>1449</v>
+        <v>1643</v>
       </c>
     </row>
     <row r="133" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A133" s="24" t="s">
-        <v>1632</v>
+        <v>1673</v>
       </c>
       <c r="B133" s="15">
-        <v>45710</v>
+        <v>45865</v>
       </c>
       <c r="C133" s="17">
-        <v>0.95159722222222221</v>
+        <v>0.2726851851851852</v>
       </c>
       <c r="D133" s="17">
-        <v>0.99998842592592596</v>
+        <v>0.28112268518518518</v>
       </c>
       <c r="E133" s="16" t="s">
-        <v>1511</v>
+        <v>1449</v>
       </c>
     </row>
     <row r="134" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A134" s="24" t="s">
-        <v>1631</v>
+        <v>1672</v>
       </c>
       <c r="B134" s="15">
-        <v>45706</v>
+        <v>45862</v>
       </c>
       <c r="C134" s="17">
-        <v>0.76059027777777777</v>
+        <v>0.39136574074074076</v>
       </c>
       <c r="D134" s="17">
-        <v>0.80918981481481478</v>
+        <v>0.84559027777777773</v>
       </c>
       <c r="E134" s="16" t="s">
         <v>1449</v>
       </c>
     </row>
     <row r="135" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A135" s="24" t="s">
-        <v>1631</v>
+        <v>1672</v>
       </c>
       <c r="B135" s="15">
-        <v>45706</v>
+        <v>45862</v>
       </c>
       <c r="C135" s="17">
-        <v>0.59812500000000002</v>
+        <v>0.38780092592592591</v>
       </c>
       <c r="D135" s="17">
-        <v>0.59819444444444447</v>
+        <v>0.46381944444444445</v>
       </c>
       <c r="E135" s="16" t="s">
-        <v>1449</v>
+        <v>1643</v>
       </c>
     </row>
     <row r="136" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A136" s="24" t="s">
-        <v>1630</v>
+        <v>1666</v>
       </c>
       <c r="B136" s="15">
-        <v>45705</v>
+        <v>45851</v>
       </c>
       <c r="C136" s="17">
-        <v>0.93083333333333329</v>
+        <v>0.20560185185185184</v>
       </c>
       <c r="D136" s="17">
-        <v>0.96986111111111106</v>
+        <v>0.20581018518518518</v>
       </c>
       <c r="E136" s="16" t="s">
         <v>1449</v>
       </c>
     </row>
     <row r="137" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A137" s="24" t="s">
-        <v>1473</v>
+        <v>1665</v>
       </c>
       <c r="B137" s="15">
-        <v>45701</v>
+        <v>45841</v>
       </c>
       <c r="C137" s="17">
-        <v>0.74035879629629631</v>
+        <v>0.52103009259259259</v>
       </c>
       <c r="D137" s="17">
-        <v>0.80876157407407412</v>
+        <v>0.58304398148148151</v>
       </c>
       <c r="E137" s="16" t="s">
-        <v>1511</v>
+        <v>1449</v>
       </c>
     </row>
     <row r="138" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A138" s="24" t="s">
-        <v>1473</v>
+        <v>1664</v>
       </c>
       <c r="B138" s="15">
-        <v>45701</v>
+        <v>45835</v>
       </c>
       <c r="C138" s="17">
-        <v>0.67038194444444443</v>
+        <v>0.7600231481481482</v>
       </c>
       <c r="D138" s="17">
-        <v>0.68962962962962959</v>
+        <v>0.76267361111111109</v>
       </c>
       <c r="E138" s="16" t="s">
         <v>1449</v>
       </c>
     </row>
     <row r="139" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A139" s="24" t="s">
-        <v>1473</v>
+        <v>1663</v>
       </c>
       <c r="B139" s="15">
-        <v>45701</v>
+        <v>45834</v>
       </c>
       <c r="C139" s="17">
-        <v>0.52515046296296297</v>
+        <v>0.18981481481481483</v>
       </c>
       <c r="D139" s="17">
-        <v>0.52560185185185182</v>
+        <v>0.19024305555555557</v>
       </c>
       <c r="E139" s="16" t="s">
         <v>1449</v>
       </c>
     </row>
     <row r="140" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A140" s="24" t="s">
-        <v>1629</v>
+        <v>1656</v>
       </c>
       <c r="B140" s="15">
-        <v>45699</v>
+        <v>45822</v>
       </c>
       <c r="C140" s="17">
-        <v>0.94608796296296294</v>
+        <v>0.99129629629629634</v>
       </c>
       <c r="D140" s="17">
-        <v>0.9491087962962963</v>
+        <v>0.99164351851851851</v>
       </c>
       <c r="E140" s="16" t="s">
         <v>1449</v>
       </c>
     </row>
     <row r="141" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A141" s="24" t="s">
-        <v>1629</v>
+        <v>1657</v>
       </c>
       <c r="B141" s="15">
-        <v>45699</v>
+        <v>45814</v>
       </c>
       <c r="C141" s="17">
-        <v>0.46381944444444445</v>
+        <v>0.98578703703703707</v>
       </c>
       <c r="D141" s="17">
-        <v>0.47379629629629627</v>
+        <v>0.98606481481481478</v>
       </c>
       <c r="E141" s="16" t="s">
         <v>1449</v>
       </c>
     </row>
     <row r="142" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A142" s="24" t="s">
-        <v>1628</v>
+        <v>1658</v>
       </c>
       <c r="B142" s="15">
-        <v>45697</v>
+        <v>45812</v>
       </c>
       <c r="C142" s="17">
-        <v>0.73807870370370365</v>
+        <v>0.81973379629629628</v>
       </c>
       <c r="D142" s="17">
-        <v>0.76606481481481481</v>
+        <v>0.87853009259259263</v>
       </c>
       <c r="E142" s="16" t="s">
         <v>1449</v>
       </c>
     </row>
     <row r="143" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A143" s="24" t="s">
-        <v>1628</v>
+        <v>1658</v>
       </c>
       <c r="B143" s="15">
-        <v>45697</v>
+        <v>45812</v>
       </c>
       <c r="C143" s="17">
-        <v>0.6375925925925926</v>
+        <v>0.81548611111111113</v>
       </c>
       <c r="D143" s="17">
-        <v>0.70217592592592593</v>
+        <v>0.88168981481481479</v>
       </c>
       <c r="E143" s="16" t="s">
-        <v>1449</v>
+        <v>1643</v>
       </c>
     </row>
     <row r="144" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A144" s="24" t="s">
-        <v>1627</v>
+        <v>1659</v>
       </c>
       <c r="B144" s="15">
-        <v>45690</v>
+        <v>45808</v>
       </c>
       <c r="C144" s="17">
-        <v>0.81653935185185189</v>
+        <v>0.25443287037037038</v>
       </c>
       <c r="D144" s="17">
-        <v>0.81998842592592591</v>
+        <v>0.25525462962962964</v>
       </c>
       <c r="E144" s="16" t="s">
         <v>1449</v>
       </c>
     </row>
     <row r="145" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A145" s="24" t="s">
-        <v>1626</v>
+        <v>1660</v>
       </c>
       <c r="B145" s="15">
-        <v>45689</v>
+        <v>45805</v>
       </c>
       <c r="C145" s="17">
-        <v>0.79046296296296292</v>
+        <v>0.15239583333333334</v>
       </c>
       <c r="D145" s="17">
-        <v>0.79304398148148147</v>
+        <v>0.22052083333333333</v>
       </c>
       <c r="E145" s="16" t="s">
         <v>1449</v>
       </c>
     </row>
     <row r="146" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A146" s="24" t="s">
-        <v>1625</v>
+        <v>1660</v>
       </c>
       <c r="B146" s="15">
-        <v>45687</v>
+        <v>45805</v>
       </c>
       <c r="C146" s="17">
-        <v>0.29305555555555557</v>
+        <v>0.14807870370370371</v>
       </c>
       <c r="D146" s="17">
-        <v>0.36703703703703705</v>
+        <v>0.21622685185185186</v>
       </c>
       <c r="E146" s="16" t="s">
-        <v>1511</v>
+        <v>1643</v>
       </c>
     </row>
     <row r="147" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A147" s="24" t="s">
-        <v>1625</v>
+        <v>1661</v>
       </c>
       <c r="B147" s="15">
-        <v>45687</v>
+        <v>45804</v>
       </c>
       <c r="C147" s="17">
-        <v>0.21604166666666666</v>
+        <v>0.74321759259259257</v>
       </c>
       <c r="D147" s="17">
-        <v>0.29305555555555557</v>
+        <v>0.80844907407407407</v>
       </c>
       <c r="E147" s="16" t="s">
-        <v>1511</v>
+        <v>1449</v>
       </c>
     </row>
     <row r="148" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A148" s="24" t="s">
-        <v>1624</v>
+        <v>1661</v>
       </c>
       <c r="B148" s="15">
-        <v>45685</v>
+        <v>45804</v>
       </c>
       <c r="C148" s="17">
-        <v>0.95057870370370368</v>
+        <v>0.73784722222222221</v>
       </c>
       <c r="D148" s="17">
-        <v>0.99998842592592596</v>
+        <v>0.80437499999999995</v>
       </c>
       <c r="E148" s="16" t="s">
-        <v>1511</v>
+        <v>1643</v>
       </c>
     </row>
     <row r="149" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A149" s="24" t="s">
-        <v>1624</v>
+        <v>1661</v>
       </c>
       <c r="B149" s="15">
-        <v>45685</v>
+        <v>45804</v>
       </c>
       <c r="C149" s="17">
-        <v>0.36872685185185183</v>
+        <v>0.66937500000000005</v>
       </c>
       <c r="D149" s="17">
-        <v>0.40702546296296294</v>
+        <v>0.74321759259259257</v>
       </c>
       <c r="E149" s="16" t="s">
         <v>1449</v>
       </c>
     </row>
     <row r="150" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A150" s="24" t="s">
-        <v>1623</v>
+        <v>1661</v>
       </c>
       <c r="B150" s="15">
-        <v>45684</v>
+        <v>45804</v>
       </c>
       <c r="C150" s="17">
-        <v>0.82450231481481484</v>
+        <v>0.66557870370370376</v>
       </c>
       <c r="D150" s="17">
-        <v>0.83599537037037042</v>
+        <v>0.73784722222222221</v>
       </c>
       <c r="E150" s="16" t="s">
-        <v>1511</v>
+        <v>1643</v>
       </c>
     </row>
     <row r="151" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A151" s="24" t="s">
-        <v>1622</v>
+        <v>1661</v>
       </c>
       <c r="B151" s="15">
-        <v>45682</v>
+        <v>45804</v>
       </c>
       <c r="C151" s="17">
-        <v>0.61322916666666671</v>
+        <v>0.39807870370370368</v>
       </c>
       <c r="D151" s="17">
-        <v>0.63396990740740744</v>
+        <v>0.46299768518518519</v>
       </c>
       <c r="E151" s="16" t="s">
         <v>1449</v>
       </c>
     </row>
     <row r="152" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A152" s="24" t="s">
-        <v>1621</v>
+        <v>1662</v>
       </c>
       <c r="B152" s="15">
-        <v>45681</v>
+        <v>45803</v>
       </c>
       <c r="C152" s="17">
-        <v>0.23204861111111111</v>
+        <v>0.71515046296296292</v>
       </c>
       <c r="D152" s="17">
-        <v>0.23218749999999999</v>
+        <v>0.77854166666666669</v>
       </c>
       <c r="E152" s="16" t="s">
         <v>1449</v>
       </c>
     </row>
     <row r="153" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A153" s="24" t="s">
-        <v>1620</v>
+        <v>1655</v>
       </c>
       <c r="B153" s="15">
-        <v>45680</v>
+        <v>45801</v>
       </c>
       <c r="C153" s="17">
-        <v>0.89328703703703705</v>
+        <v>0.73026620370370365</v>
       </c>
       <c r="D153" s="17">
-        <v>0.91369212962962965</v>
+        <v>0.78922453703703699</v>
       </c>
       <c r="E153" s="16" t="s">
         <v>1449</v>
       </c>
     </row>
     <row r="154" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A154" s="24" t="s">
-        <v>1620</v>
+        <v>1648</v>
       </c>
       <c r="B154" s="15">
-        <v>45680</v>
+        <v>45793</v>
       </c>
       <c r="C154" s="17">
-        <v>0.2595601851851852</v>
+        <v>0.68600694444444443</v>
       </c>
       <c r="D154" s="17">
-        <v>0.25991898148148146</v>
+        <v>0.68630787037037033</v>
       </c>
       <c r="E154" s="16" t="s">
         <v>1449</v>
       </c>
     </row>
     <row r="155" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A155" s="24" t="s">
-        <v>1619</v>
+        <v>1647</v>
       </c>
       <c r="B155" s="15">
-        <v>45679</v>
+        <v>45784</v>
       </c>
       <c r="C155" s="17">
-        <v>0.47983796296296294</v>
+        <v>0.89900462962962968</v>
       </c>
       <c r="D155" s="17">
-        <v>0.50079861111111112</v>
+        <v>0.9009490740740741</v>
       </c>
       <c r="E155" s="16" t="s">
-        <v>1511</v>
+        <v>1643</v>
       </c>
     </row>
     <row r="156" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A156" s="24" t="s">
-        <v>1618</v>
+        <v>1647</v>
       </c>
       <c r="B156" s="15">
-        <v>45675</v>
+        <v>45784</v>
       </c>
       <c r="C156" s="17">
-        <v>0.16059027777777779</v>
+        <v>0.88119212962962967</v>
       </c>
       <c r="D156" s="17">
-        <v>0.23284722222222223</v>
+        <v>0.88407407407407412</v>
       </c>
       <c r="E156" s="16" t="s">
-        <v>1511</v>
+        <v>1449</v>
       </c>
     </row>
     <row r="157" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A157" s="24" t="s">
-        <v>1617</v>
+        <v>1646</v>
       </c>
       <c r="B157" s="15">
-        <v>45664</v>
+        <v>45782</v>
       </c>
       <c r="C157" s="17">
-        <v>0.82853009259259258</v>
+        <v>0.89456018518518521</v>
       </c>
       <c r="D157" s="17">
-        <v>0.82855324074074077</v>
+        <v>0.95989583333333328</v>
       </c>
       <c r="E157" s="16" t="s">
         <v>1449</v>
       </c>
     </row>
     <row r="158" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A158" s="24" t="s">
-        <v>1616</v>
+        <v>1646</v>
       </c>
       <c r="B158" s="15">
-        <v>45661</v>
+        <v>45782</v>
       </c>
       <c r="C158" s="17">
-        <v>0.79056712962962961</v>
+        <v>0.88937500000000003</v>
       </c>
       <c r="D158" s="17">
-        <v>0.79478009259259264</v>
+        <v>0.9558564814814815</v>
       </c>
       <c r="E158" s="16" t="s">
-        <v>1449</v>
+        <v>1643</v>
       </c>
     </row>
     <row r="159" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A159" s="24" t="s">
-        <v>1615</v>
+        <v>1646</v>
       </c>
       <c r="B159" s="15">
-        <v>45658</v>
+        <v>45782</v>
       </c>
       <c r="C159" s="17">
-        <v>0.45011574074074073</v>
+        <v>0.55901620370370375</v>
       </c>
       <c r="D159" s="17">
-        <v>0.52246527777777774</v>
+        <v>0.57702546296296298</v>
       </c>
       <c r="E159" s="16" t="s">
-        <v>1511</v>
+        <v>1449</v>
       </c>
     </row>
     <row r="160" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A160" s="24" t="s">
-        <v>1614</v>
+        <v>1646</v>
       </c>
       <c r="B160" s="15">
-        <v>45626</v>
+        <v>45782</v>
       </c>
       <c r="C160" s="17">
-        <v>0.54555555555555557</v>
+        <v>0.55465277777777777</v>
       </c>
       <c r="D160" s="17">
-        <v>0.55471064814814819</v>
+        <v>0.6224305555555556</v>
       </c>
       <c r="E160" s="16" t="s">
-        <v>1449</v>
+        <v>1643</v>
       </c>
     </row>
     <row r="161" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A161" s="24" t="s">
-        <v>1613</v>
+        <v>1645</v>
       </c>
       <c r="B161" s="15">
-        <v>45623</v>
+        <v>45778</v>
       </c>
       <c r="C161" s="17">
-        <v>2.0578703703703703E-2</v>
+        <v>0.34371527777777777</v>
       </c>
       <c r="D161" s="17">
-        <v>9.976851851851852E-2</v>
+        <v>0.84399305555555559</v>
       </c>
       <c r="E161" s="16" t="s">
-        <v>1511</v>
+        <v>1449</v>
       </c>
     </row>
     <row r="162" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A162" s="24" t="s">
-        <v>1612</v>
+        <v>1644</v>
       </c>
       <c r="B162" s="15">
-        <v>45617</v>
+        <v>45776</v>
       </c>
       <c r="C162" s="17">
-        <v>0.78574074074074074</v>
+        <v>0.26287037037037037</v>
       </c>
       <c r="D162" s="17">
-        <v>0.79055555555555557</v>
+        <v>0.76314814814814813</v>
       </c>
       <c r="E162" s="16" t="s">
         <v>1449</v>
       </c>
     </row>
     <row r="163" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A163" s="24" t="s">
-        <v>1611</v>
+        <v>1644</v>
       </c>
       <c r="B163" s="15">
-        <v>45615</v>
+        <v>45776</v>
       </c>
       <c r="C163" s="17">
-        <v>0.76298611111111114</v>
+        <v>1.1574074074074073E-5</v>
       </c>
       <c r="D163" s="17">
-        <v>0.83371527777777776</v>
+        <v>4.0208333333333332E-2</v>
       </c>
       <c r="E163" s="16" t="s">
-        <v>1511</v>
+        <v>1643</v>
       </c>
     </row>
     <row r="164" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A164" s="24" t="s">
-        <v>1610</v>
+        <v>1642</v>
       </c>
       <c r="B164" s="15">
-        <v>45610</v>
+        <v>45775</v>
       </c>
       <c r="C164" s="17">
-        <v>0.82365740740740745</v>
+        <v>0.97159722222222222</v>
       </c>
       <c r="D164" s="17">
-        <v>0.84065972222222218</v>
+        <v>0.99998842592592596</v>
       </c>
       <c r="E164" s="16" t="s">
-        <v>1511</v>
+        <v>1643</v>
       </c>
     </row>
     <row r="165" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A165" s="24" t="s">
-        <v>1609</v>
+        <v>1642</v>
       </c>
       <c r="B165" s="15">
-        <v>45604</v>
+        <v>45775</v>
       </c>
       <c r="C165" s="17">
-        <v>0.36290509259259257</v>
+        <v>0.9757986111111111</v>
       </c>
       <c r="D165" s="17">
-        <v>0.36502314814814812</v>
+        <v>0.98211805555555554</v>
       </c>
       <c r="E165" s="16" t="s">
         <v>1449</v>
       </c>
     </row>
     <row r="166" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A166" s="24" t="s">
-        <v>1608</v>
+        <v>1641</v>
       </c>
       <c r="B166" s="15">
-        <v>45603</v>
+        <v>45745</v>
       </c>
       <c r="C166" s="17">
-        <v>0.42498842592592595</v>
+        <v>0.98498842592592595</v>
       </c>
       <c r="D166" s="17">
-        <v>0.42690972222222223</v>
+        <v>0.98548611111111106</v>
       </c>
       <c r="E166" s="16" t="s">
         <v>1449</v>
       </c>
     </row>
     <row r="167" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A167" s="24" t="s">
-        <v>1607</v>
+        <v>1641</v>
       </c>
       <c r="B167" s="15">
-        <v>45602</v>
+        <v>45745</v>
       </c>
       <c r="C167" s="17">
-        <v>0.93629629629629629</v>
+        <v>0.43497685185185186</v>
       </c>
       <c r="D167" s="17">
-        <v>0.93642361111111116</v>
+        <v>0.43516203703703704</v>
       </c>
       <c r="E167" s="16" t="s">
         <v>1449</v>
       </c>
     </row>
     <row r="168" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A168" s="24" t="s">
-        <v>1607</v>
+        <v>1640</v>
       </c>
       <c r="B168" s="15">
-        <v>45602</v>
+        <v>45742</v>
       </c>
       <c r="C168" s="17">
-        <v>0.32630787037037035</v>
+        <v>0.92883101851851857</v>
       </c>
       <c r="D168" s="17">
-        <v>0.33634259259259258</v>
+        <v>0.92986111111111114</v>
       </c>
       <c r="E168" s="16" t="s">
         <v>1449</v>
       </c>
     </row>
     <row r="169" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A169" s="24" t="s">
-        <v>1606</v>
+        <v>1639</v>
       </c>
       <c r="B169" s="15">
-        <v>45601</v>
+        <v>45733</v>
       </c>
       <c r="C169" s="17">
-        <v>0.3452662037037037</v>
+        <v>0.86458333333333337</v>
       </c>
       <c r="D169" s="17">
-        <v>0.3490625</v>
+        <v>0.89424768518518516</v>
       </c>
       <c r="E169" s="16" t="s">
         <v>1449</v>
       </c>
     </row>
     <row r="170" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A170" s="24" t="s">
-        <v>1605</v>
+        <v>1638</v>
       </c>
       <c r="B170" s="15">
-        <v>45600</v>
+        <v>45729</v>
       </c>
       <c r="C170" s="17">
-        <v>0.82945601851851847</v>
+        <v>0.13493055555555555</v>
       </c>
       <c r="D170" s="17">
-        <v>0.83931712962962968</v>
+        <v>0.20340277777777777</v>
       </c>
       <c r="E170" s="16" t="s">
         <v>1511</v>
       </c>
     </row>
     <row r="171" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A171" s="24" t="s">
-        <v>1604</v>
+        <v>1637</v>
       </c>
       <c r="B171" s="15">
-        <v>45598</v>
+        <v>45728</v>
       </c>
       <c r="C171" s="17">
-        <v>0.85606481481481478</v>
+        <v>0.78127314814814819</v>
       </c>
       <c r="D171" s="17">
-        <v>0.87245370370370368</v>
+        <v>0.85767361111111107</v>
       </c>
       <c r="E171" s="16" t="s">
-        <v>1449</v>
+        <v>1511</v>
       </c>
     </row>
     <row r="172" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A172" s="24" t="s">
-        <v>1603</v>
+        <v>1497</v>
       </c>
       <c r="B172" s="15">
-        <v>45597</v>
+        <v>45726</v>
       </c>
       <c r="C172" s="17">
-        <v>0.47270833333333334</v>
+        <v>0.87758101851851855</v>
       </c>
       <c r="D172" s="17">
-        <v>0.54089120370370369</v>
+        <v>0.90380787037037036</v>
       </c>
       <c r="E172" s="16" t="s">
-        <v>1511</v>
+        <v>1449</v>
       </c>
     </row>
     <row r="173" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A173" s="24" t="s">
-        <v>1602</v>
+        <v>1636</v>
       </c>
       <c r="B173" s="15">
-        <v>45595</v>
+        <v>45723</v>
       </c>
       <c r="C173" s="17">
-        <v>0.90200231481481485</v>
+        <v>0.92443287037037036</v>
       </c>
       <c r="D173" s="17">
-        <v>0.93166666666666664</v>
+        <v>0.93392361111111111</v>
       </c>
       <c r="E173" s="16" t="s">
-        <v>1449</v>
+        <v>1511</v>
       </c>
     </row>
     <row r="174" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A174" s="24" t="s">
-        <v>1602</v>
+        <v>1635</v>
       </c>
       <c r="B174" s="15">
-        <v>45595</v>
+        <v>45714</v>
       </c>
       <c r="C174" s="17">
-        <v>0.48597222222222225</v>
+        <v>0.59843749999999996</v>
       </c>
       <c r="D174" s="17">
-        <v>0.55356481481481479</v>
+        <v>0.59894675925925922</v>
       </c>
       <c r="E174" s="16" t="s">
         <v>1449</v>
       </c>
     </row>
     <row r="175" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A175" s="24" t="s">
-        <v>1602</v>
+        <v>1634</v>
       </c>
       <c r="B175" s="15">
-        <v>45595</v>
+        <v>45714</v>
       </c>
       <c r="C175" s="17">
-        <v>0.27910879629629631</v>
+        <v>0.82438657407407412</v>
       </c>
       <c r="D175" s="17">
-        <v>0.2792013888888889</v>
+        <v>0.82456018518518515</v>
       </c>
       <c r="E175" s="16" t="s">
         <v>1449</v>
       </c>
     </row>
     <row r="176" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A176" s="24" t="s">
-        <v>1601</v>
+        <v>1633</v>
       </c>
       <c r="B176" s="15">
-        <v>45593</v>
+        <v>45712</v>
       </c>
       <c r="C176" s="17">
-        <v>0.31447916666666664</v>
+        <v>0.73930555555555555</v>
       </c>
       <c r="D176" s="17">
-        <v>0.31624999999999998</v>
+        <v>0.74005787037037041</v>
       </c>
       <c r="E176" s="16" t="s">
         <v>1449</v>
       </c>
     </row>
     <row r="177" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A177" s="24" t="s">
-        <v>1600</v>
+        <v>1632</v>
       </c>
       <c r="B177" s="15">
-        <v>45589</v>
+        <v>45710</v>
       </c>
       <c r="C177" s="17">
-        <v>0.58362268518518523</v>
+        <v>0.95159722222222221</v>
       </c>
       <c r="D177" s="17">
-        <v>0.58377314814814818</v>
+        <v>0.99998842592592596</v>
       </c>
       <c r="E177" s="16" t="s">
-        <v>1449</v>
+        <v>1511</v>
       </c>
     </row>
     <row r="178" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A178" s="24" t="s">
-        <v>1599</v>
+        <v>1631</v>
       </c>
       <c r="B178" s="15">
-        <v>45587</v>
+        <v>45706</v>
       </c>
       <c r="C178" s="17">
-        <v>0.54049768518518515</v>
+        <v>0.76059027777777777</v>
       </c>
       <c r="D178" s="17">
-        <v>0.54320601851851846</v>
+        <v>0.80918981481481478</v>
       </c>
       <c r="E178" s="16" t="s">
         <v>1449</v>
       </c>
     </row>
     <row r="179" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A179" s="24" t="s">
-        <v>1599</v>
+        <v>1631</v>
       </c>
       <c r="B179" s="15">
-        <v>45587</v>
+        <v>45706</v>
       </c>
       <c r="C179" s="17">
-        <v>0.98280092592592594</v>
+        <v>0.59812500000000002</v>
       </c>
       <c r="D179" s="17">
-        <v>5.2187499999999998E-2</v>
+        <v>0.59819444444444447</v>
       </c>
       <c r="E179" s="16" t="s">
         <v>1449</v>
       </c>
     </row>
     <row r="180" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A180" s="24" t="s">
-        <v>1598</v>
+        <v>1630</v>
       </c>
       <c r="B180" s="15">
-        <v>45586</v>
+        <v>45705</v>
       </c>
       <c r="C180" s="17">
-        <v>0.5763194444444445</v>
+        <v>0.93083333333333329</v>
       </c>
       <c r="D180" s="17">
-        <v>0.64859953703703699</v>
+        <v>0.96986111111111106</v>
       </c>
       <c r="E180" s="16" t="s">
         <v>1449</v>
       </c>
     </row>
     <row r="181" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A181" s="24" t="s">
-        <v>1597</v>
+        <v>1473</v>
       </c>
       <c r="B181" s="15">
-        <v>45582</v>
+        <v>45701</v>
       </c>
       <c r="C181" s="17">
-        <v>0.18715277777777778</v>
+        <v>0.74035879629629631</v>
       </c>
       <c r="D181" s="17">
-        <v>0.25942129629629629</v>
+        <v>0.80876157407407412</v>
       </c>
       <c r="E181" s="16" t="s">
-        <v>1449</v>
+        <v>1511</v>
       </c>
     </row>
     <row r="182" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A182" s="24" t="s">
-        <v>1596</v>
+        <v>1473</v>
       </c>
       <c r="B182" s="15">
-        <v>45580</v>
+        <v>45701</v>
       </c>
       <c r="C182" s="17">
-        <v>0.78320601851851857</v>
+        <v>0.67038194444444443</v>
       </c>
       <c r="D182" s="17">
-        <v>0.79005787037037034</v>
+        <v>0.68962962962962959</v>
       </c>
       <c r="E182" s="16" t="s">
         <v>1449</v>
       </c>
     </row>
     <row r="183" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A183" s="24" t="s">
-        <v>1596</v>
+        <v>1473</v>
       </c>
       <c r="B183" s="15">
-        <v>45580</v>
+        <v>45701</v>
       </c>
       <c r="C183" s="17">
-        <v>0.46221064814814816</v>
+        <v>0.52515046296296297</v>
       </c>
       <c r="D183" s="17">
-        <v>0.47112268518518519</v>
+        <v>0.52560185185185182</v>
       </c>
       <c r="E183" s="16" t="s">
         <v>1449</v>
       </c>
     </row>
     <row r="184" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A184" s="24" t="s">
-        <v>1595</v>
+        <v>1629</v>
       </c>
       <c r="B184" s="15">
-        <v>45578</v>
+        <v>45699</v>
       </c>
       <c r="C184" s="17">
-        <v>0.94674768518518515</v>
+        <v>0.94608796296296294</v>
       </c>
       <c r="D184" s="17">
-        <v>0.96487268518518521</v>
+        <v>0.9491087962962963</v>
       </c>
       <c r="E184" s="16" t="s">
         <v>1449</v>
       </c>
     </row>
     <row r="185" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A185" s="24" t="s">
-        <v>1595</v>
+        <v>1629</v>
       </c>
       <c r="B185" s="15">
-        <v>45578</v>
+        <v>45699</v>
       </c>
       <c r="C185" s="17">
-        <v>0.4632060185185185</v>
+        <v>0.46381944444444445</v>
       </c>
       <c r="D185" s="17">
-        <v>0.4880902777777778</v>
+        <v>0.47379629629629627</v>
       </c>
       <c r="E185" s="16" t="s">
         <v>1449</v>
       </c>
     </row>
     <row r="186" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A186" s="24" t="s">
-        <v>1595</v>
+        <v>1628</v>
       </c>
       <c r="B186" s="15">
-        <v>45578</v>
+        <v>45697</v>
       </c>
       <c r="C186" s="17">
-        <v>0.41420138888888891</v>
+        <v>0.73807870370370365</v>
       </c>
       <c r="D186" s="17">
-        <v>0.41806712962962961</v>
+        <v>0.76606481481481481</v>
       </c>
       <c r="E186" s="16" t="s">
         <v>1449</v>
       </c>
     </row>
     <row r="187" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A187" s="24" t="s">
-        <v>1594</v>
+        <v>1628</v>
       </c>
       <c r="B187" s="15">
-        <v>45577</v>
+        <v>45697</v>
       </c>
       <c r="C187" s="17">
-        <v>0.91390046296296301</v>
+        <v>0.6375925925925926</v>
       </c>
       <c r="D187" s="17">
-        <v>0.93537037037037041</v>
+        <v>0.70217592592592593</v>
       </c>
       <c r="E187" s="16" t="s">
         <v>1449</v>
       </c>
     </row>
     <row r="188" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A188" s="24" t="s">
-        <v>1594</v>
+        <v>1627</v>
       </c>
       <c r="B188" s="15">
-        <v>45577</v>
+        <v>45690</v>
       </c>
       <c r="C188" s="17">
-        <v>0.43464120370370368</v>
+        <v>0.81653935185185189</v>
       </c>
       <c r="D188" s="17">
-        <v>0.45976851851851852</v>
+        <v>0.81998842592592591</v>
       </c>
       <c r="E188" s="16" t="s">
         <v>1449</v>
       </c>
     </row>
     <row r="189" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A189" s="24" t="s">
-        <v>1594</v>
+        <v>1626</v>
       </c>
       <c r="B189" s="15">
-        <v>45577</v>
+        <v>45689</v>
       </c>
       <c r="C189" s="17">
-        <v>0.37973379629629628</v>
+        <v>0.79046296296296292</v>
       </c>
       <c r="D189" s="17">
-        <v>0.38990740740740742</v>
+        <v>0.79304398148148147</v>
       </c>
       <c r="E189" s="16" t="s">
         <v>1449</v>
       </c>
     </row>
     <row r="190" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A190" s="24" t="s">
-        <v>1472</v>
+        <v>1625</v>
       </c>
       <c r="B190" s="15">
-        <v>45576</v>
+        <v>45687</v>
       </c>
       <c r="C190" s="17">
-        <v>0.91093749999999996</v>
+        <v>0.29305555555555557</v>
       </c>
       <c r="D190" s="17">
-        <v>0.97788194444444443</v>
+        <v>0.36703703703703705</v>
       </c>
       <c r="E190" s="16" t="s">
         <v>1511</v>
       </c>
     </row>
     <row r="191" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A191" s="24" t="s">
-        <v>1472</v>
+        <v>1625</v>
       </c>
       <c r="B191" s="15">
-        <v>45576</v>
+        <v>45687</v>
       </c>
       <c r="C191" s="17">
-        <v>0.82365740740740745</v>
+        <v>0.21604166666666666</v>
       </c>
       <c r="D191" s="17">
-        <v>0.91094907407407411</v>
+        <v>0.29305555555555557</v>
       </c>
       <c r="E191" s="16" t="s">
-        <v>1449</v>
+        <v>1511</v>
       </c>
     </row>
     <row r="192" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A192" s="24" t="s">
-        <v>1472</v>
+        <v>1624</v>
       </c>
       <c r="B192" s="15">
-        <v>45576</v>
+        <v>45685</v>
       </c>
       <c r="C192" s="17">
-        <v>0.77254629629629634</v>
+        <v>0.95057870370370368</v>
       </c>
       <c r="D192" s="17">
-        <v>0.83083333333333331</v>
+        <v>0.99998842592592596</v>
       </c>
       <c r="E192" s="16" t="s">
         <v>1511</v>
       </c>
     </row>
     <row r="193" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A193" s="24" t="s">
-        <v>1472</v>
+        <v>1624</v>
       </c>
       <c r="B193" s="15">
-        <v>45576</v>
+        <v>45685</v>
       </c>
       <c r="C193" s="17">
-        <v>0.73137731481481483</v>
+        <v>0.36872685185185183</v>
       </c>
       <c r="D193" s="17">
-        <v>0.75556712962962957</v>
+        <v>0.40702546296296294</v>
       </c>
       <c r="E193" s="16" t="s">
         <v>1449</v>
       </c>
     </row>
     <row r="194" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A194" s="24" t="s">
-        <v>1472</v>
+        <v>1623</v>
       </c>
       <c r="B194" s="15">
-        <v>45576</v>
+        <v>45684</v>
       </c>
       <c r="C194" s="17">
-        <v>0.61255787037037035</v>
+        <v>0.82450231481481484</v>
       </c>
       <c r="D194" s="17">
-        <v>0.62715277777777778</v>
+        <v>0.83599537037037042</v>
       </c>
       <c r="E194" s="16" t="s">
-        <v>1449</v>
+        <v>1511</v>
       </c>
     </row>
     <row r="195" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A195" s="24" t="s">
-        <v>1472</v>
+        <v>1622</v>
       </c>
       <c r="B195" s="15">
-        <v>45576</v>
+        <v>45682</v>
       </c>
       <c r="C195" s="17">
-        <v>0.54478009259259264</v>
+        <v>0.61322916666666671</v>
       </c>
       <c r="D195" s="17">
-        <v>0.56858796296296299</v>
+        <v>0.63396990740740744</v>
       </c>
       <c r="E195" s="16" t="s">
         <v>1449</v>
       </c>
     </row>
     <row r="196" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A196" s="24" t="s">
-        <v>1472</v>
+        <v>1621</v>
       </c>
       <c r="B196" s="15">
-        <v>45576</v>
+        <v>45681</v>
       </c>
       <c r="C196" s="17">
-        <v>0.47454861111111113</v>
+        <v>0.23204861111111111</v>
       </c>
       <c r="D196" s="17">
-        <v>0.50026620370370367</v>
+        <v>0.23218749999999999</v>
       </c>
       <c r="E196" s="16" t="s">
         <v>1449</v>
       </c>
     </row>
     <row r="197" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A197" s="24" t="s">
-        <v>1472</v>
+        <v>1620</v>
       </c>
       <c r="B197" s="15">
-        <v>45576</v>
+        <v>45680</v>
       </c>
       <c r="C197" s="17">
-        <v>0.40961805555555558</v>
+        <v>0.89328703703703705</v>
       </c>
       <c r="D197" s="17">
-        <v>0.43189814814814814</v>
+        <v>0.91369212962962965</v>
       </c>
       <c r="E197" s="16" t="s">
         <v>1449</v>
       </c>
     </row>
     <row r="198" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A198" s="24" t="s">
-        <v>1472</v>
+        <v>1620</v>
       </c>
       <c r="B198" s="15">
-        <v>45576</v>
+        <v>45680</v>
       </c>
       <c r="C198" s="17">
-        <v>0.35491898148148149</v>
+        <v>0.2595601851851852</v>
       </c>
       <c r="D198" s="17">
-        <v>0.35944444444444446</v>
+        <v>0.25991898148148146</v>
       </c>
       <c r="E198" s="16" t="s">
         <v>1449</v>
       </c>
     </row>
     <row r="199" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A199" s="24" t="s">
-        <v>1593</v>
+        <v>1619</v>
       </c>
       <c r="B199" s="15">
-        <v>45575</v>
+        <v>45679</v>
       </c>
       <c r="C199" s="17">
-        <v>0.88093750000000004</v>
+        <v>0.47983796296296294</v>
       </c>
       <c r="D199" s="17">
-        <v>0.94958333333333333</v>
+        <v>0.50079861111111112</v>
       </c>
       <c r="E199" s="16" t="s">
-        <v>1449</v>
+        <v>1511</v>
       </c>
     </row>
     <row r="200" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A200" s="24" t="s">
-        <v>1593</v>
+        <v>1618</v>
       </c>
       <c r="B200" s="15">
-        <v>45575</v>
+        <v>45675</v>
       </c>
       <c r="C200" s="17">
-        <v>0.87549768518518523</v>
+        <v>0.16059027777777779</v>
       </c>
       <c r="D200" s="17">
-        <v>0.88093750000000004</v>
+        <v>0.23284722222222223</v>
       </c>
       <c r="E200" s="16" t="s">
-        <v>1449</v>
+        <v>1511</v>
       </c>
     </row>
     <row r="201" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A201" s="24" t="s">
-        <v>1593</v>
+        <v>1617</v>
       </c>
       <c r="B201" s="15">
-        <v>45575</v>
+        <v>45664</v>
       </c>
       <c r="C201" s="17">
-        <v>0.46129629629629632</v>
+        <v>0.82853009259259258</v>
       </c>
       <c r="D201" s="17">
-        <v>0.46715277777777775</v>
+        <v>0.82855324074074077</v>
       </c>
       <c r="E201" s="16" t="s">
         <v>1449</v>
       </c>
     </row>
     <row r="202" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A202" s="24" t="s">
-        <v>1592</v>
+        <v>1616</v>
       </c>
       <c r="B202" s="15">
-        <v>45574</v>
+        <v>45661</v>
       </c>
       <c r="C202" s="17">
-        <v>0.4440972222222222</v>
+        <v>0.79056712962962961</v>
       </c>
       <c r="D202" s="17">
-        <v>0.51287037037037042</v>
+        <v>0.79478009259259264</v>
       </c>
       <c r="E202" s="16" t="s">
-        <v>1511</v>
+        <v>1449</v>
       </c>
     </row>
     <row r="203" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A203" s="24" t="s">
-        <v>1592</v>
+        <v>1615</v>
       </c>
       <c r="B203" s="15">
-        <v>45574</v>
+        <v>45658</v>
       </c>
       <c r="C203" s="17">
-        <v>0.43174768518518519</v>
+        <v>0.45011574074074073</v>
       </c>
       <c r="D203" s="17">
-        <v>0.4440972222222222</v>
+        <v>0.52246527777777774</v>
       </c>
       <c r="E203" s="16" t="s">
-        <v>1449</v>
+        <v>1511</v>
       </c>
     </row>
     <row r="204" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A204" s="24" t="s">
-        <v>1592</v>
+        <v>1614</v>
       </c>
       <c r="B204" s="15">
-        <v>45574</v>
+        <v>45626</v>
       </c>
       <c r="C204" s="17">
-        <v>0.3674074074074074</v>
+        <v>0.54555555555555557</v>
       </c>
       <c r="D204" s="17">
-        <v>0.37413194444444442</v>
+        <v>0.55471064814814819</v>
       </c>
       <c r="E204" s="16" t="s">
         <v>1449</v>
       </c>
     </row>
     <row r="205" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A205" s="24" t="s">
-        <v>1591</v>
+        <v>1613</v>
       </c>
       <c r="B205" s="15">
-        <v>45573</v>
+        <v>45623</v>
       </c>
       <c r="C205" s="17">
-        <v>0.92046296296296293</v>
+        <v>2.0578703703703703E-2</v>
       </c>
       <c r="D205" s="17">
-        <v>0.93192129629629628</v>
+        <v>9.976851851851852E-2</v>
       </c>
       <c r="E205" s="16" t="s">
-        <v>1449</v>
+        <v>1511</v>
       </c>
     </row>
     <row r="206" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A206" s="24" t="s">
-        <v>1591</v>
+        <v>1612</v>
       </c>
       <c r="B206" s="15">
-        <v>45573</v>
+        <v>45617</v>
       </c>
       <c r="C206" s="17">
-        <v>0.41840277777777779</v>
+        <v>0.78574074074074074</v>
       </c>
       <c r="D206" s="17">
-        <v>0.4926388888888889</v>
+        <v>0.79055555555555557</v>
       </c>
       <c r="E206" s="16" t="s">
         <v>1449</v>
       </c>
     </row>
     <row r="207" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A207" s="24" t="s">
-        <v>1591</v>
+        <v>1611</v>
       </c>
       <c r="B207" s="15">
-        <v>45573</v>
+        <v>45615</v>
       </c>
       <c r="C207" s="17">
-        <v>0.36469907407407409</v>
+        <v>0.76298611111111114</v>
       </c>
       <c r="D207" s="17">
-        <v>0.41840277777777779</v>
+        <v>0.83371527777777776</v>
       </c>
       <c r="E207" s="16" t="s">
-        <v>1449</v>
+        <v>1511</v>
       </c>
     </row>
     <row r="208" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A208" s="24" t="s">
-        <v>1590</v>
+        <v>1610</v>
       </c>
       <c r="B208" s="15">
-        <v>45572</v>
+        <v>45610</v>
       </c>
       <c r="C208" s="17">
-        <v>0.32837962962962963</v>
+        <v>0.82365740740740745</v>
       </c>
       <c r="D208" s="17">
-        <v>0.35070601851851851</v>
+        <v>0.84065972222222218</v>
       </c>
       <c r="E208" s="16" t="s">
-        <v>1449</v>
+        <v>1511</v>
       </c>
     </row>
     <row r="209" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A209" s="24" t="s">
-        <v>1589</v>
+        <v>1609</v>
       </c>
       <c r="B209" s="15">
-        <v>45571</v>
+        <v>45604</v>
       </c>
       <c r="C209" s="17">
-        <v>0.93390046296296292</v>
+        <v>0.36290509259259257</v>
       </c>
       <c r="D209" s="17">
-        <v>0.98353009259259261</v>
+        <v>0.36502314814814812</v>
       </c>
       <c r="E209" s="16" t="s">
         <v>1449</v>
       </c>
     </row>
     <row r="210" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A210" s="24" t="s">
-        <v>1589</v>
+        <v>1608</v>
       </c>
       <c r="B210" s="15">
-        <v>45571</v>
+        <v>45603</v>
       </c>
       <c r="C210" s="17">
-        <v>0.83</v>
+        <v>0.42498842592592595</v>
       </c>
       <c r="D210" s="17">
-        <v>0.91234953703703703</v>
+        <v>0.42690972222222223</v>
       </c>
       <c r="E210" s="16" t="s">
         <v>1449</v>
       </c>
     </row>
     <row r="211" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A211" s="24" t="s">
-        <v>1589</v>
+        <v>1607</v>
       </c>
       <c r="B211" s="15">
-        <v>45571</v>
+        <v>45602</v>
       </c>
       <c r="C211" s="17">
-        <v>0.81450231481481483</v>
+        <v>0.93629629629629629</v>
       </c>
       <c r="D211" s="17">
-        <v>0.83</v>
+        <v>0.93642361111111116</v>
       </c>
       <c r="E211" s="16" t="s">
         <v>1449</v>
       </c>
     </row>
     <row r="212" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A212" s="24" t="s">
-        <v>1589</v>
+        <v>1607</v>
       </c>
       <c r="B212" s="15">
-        <v>45571</v>
+        <v>45602</v>
       </c>
       <c r="C212" s="17">
-        <v>0.40702546296296294</v>
+        <v>0.32630787037037035</v>
       </c>
       <c r="D212" s="17">
-        <v>0.42791666666666667</v>
+        <v>0.33634259259259258</v>
       </c>
       <c r="E212" s="16" t="s">
         <v>1449</v>
       </c>
     </row>
     <row r="213" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A213" s="24" t="s">
-        <v>1589</v>
+        <v>1606</v>
       </c>
       <c r="B213" s="15">
-        <v>45571</v>
+        <v>45601</v>
       </c>
       <c r="C213" s="17">
-        <v>0.35302083333333334</v>
+        <v>0.3452662037037037</v>
       </c>
       <c r="D213" s="17">
-        <v>0.36064814814814816</v>
+        <v>0.3490625</v>
       </c>
       <c r="E213" s="16" t="s">
         <v>1449</v>
       </c>
     </row>
     <row r="214" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A214" s="24" t="s">
-        <v>1588</v>
+        <v>1605</v>
       </c>
       <c r="B214" s="15">
-        <v>45570</v>
+        <v>45600</v>
       </c>
       <c r="C214" s="17">
-        <v>0.91652777777777783</v>
+        <v>0.82945601851851847</v>
       </c>
       <c r="D214" s="17">
-        <v>0.95326388888888891</v>
+        <v>0.83931712962962968</v>
       </c>
       <c r="E214" s="16" t="s">
-        <v>1449</v>
+        <v>1511</v>
       </c>
     </row>
     <row r="215" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A215" s="24" t="s">
-        <v>1588</v>
+        <v>1604</v>
       </c>
       <c r="B215" s="15">
-        <v>45570</v>
+        <v>45598</v>
       </c>
       <c r="C215" s="17">
-        <v>0.81832175925925921</v>
+        <v>0.85606481481481478</v>
       </c>
       <c r="D215" s="17">
-        <v>0.87952546296296297</v>
+        <v>0.87245370370370368</v>
       </c>
       <c r="E215" s="16" t="s">
         <v>1449</v>
       </c>
     </row>
     <row r="216" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A216" s="24" t="s">
-        <v>1588</v>
+        <v>1603</v>
       </c>
       <c r="B216" s="15">
-        <v>45570</v>
+        <v>45597</v>
       </c>
       <c r="C216" s="17">
-        <v>0.59031250000000002</v>
+        <v>0.47270833333333334</v>
       </c>
       <c r="D216" s="17">
-        <v>0.61238425925925921</v>
+        <v>0.54089120370370369</v>
       </c>
       <c r="E216" s="16" t="s">
-        <v>1449</v>
+        <v>1511</v>
       </c>
     </row>
     <row r="217" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A217" s="24" t="s">
-        <v>1588</v>
+        <v>1602</v>
       </c>
       <c r="B217" s="15">
-        <v>45570</v>
+        <v>45595</v>
       </c>
       <c r="C217" s="17">
-        <v>0.52165509259259257</v>
+        <v>0.90200231481481485</v>
       </c>
       <c r="D217" s="17">
-        <v>0.54449074074074078</v>
+        <v>0.93166666666666664</v>
       </c>
       <c r="E217" s="16" t="s">
         <v>1449</v>
       </c>
     </row>
     <row r="218" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A218" s="24" t="s">
-        <v>1588</v>
+        <v>1602</v>
       </c>
       <c r="B218" s="15">
-        <v>45570</v>
+        <v>45595</v>
       </c>
       <c r="C218" s="17">
-        <v>0.39339120370370373</v>
+        <v>0.48597222222222225</v>
       </c>
       <c r="D218" s="17">
-        <v>0.40072916666666669</v>
+        <v>0.55356481481481479</v>
       </c>
       <c r="E218" s="16" t="s">
         <v>1449</v>
       </c>
     </row>
     <row r="219" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A219" s="24" t="s">
-        <v>1588</v>
+        <v>1602</v>
       </c>
       <c r="B219" s="15">
-        <v>45570</v>
+        <v>45595</v>
       </c>
       <c r="C219" s="17">
-        <v>0.32528935185185187</v>
+        <v>0.27910879629629631</v>
       </c>
       <c r="D219" s="17">
-        <v>0.33326388888888892</v>
+        <v>0.2792013888888889</v>
       </c>
       <c r="E219" s="16" t="s">
         <v>1449</v>
       </c>
     </row>
     <row r="220" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A220" s="24" t="s">
-        <v>1588</v>
+        <v>1601</v>
       </c>
       <c r="B220" s="15">
-        <v>45570</v>
+        <v>45593</v>
       </c>
       <c r="C220" s="17">
-        <v>0.25800925925925927</v>
+        <v>0.31447916666666664</v>
       </c>
       <c r="D220" s="17">
-        <v>0.26590277777777777</v>
+        <v>0.31624999999999998</v>
       </c>
       <c r="E220" s="16" t="s">
         <v>1449</v>
       </c>
     </row>
     <row r="221" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A221" s="24" t="s">
-        <v>1587</v>
+        <v>1600</v>
       </c>
       <c r="B221" s="15">
-        <v>45569</v>
+        <v>45589</v>
       </c>
       <c r="C221" s="17">
-        <v>0.31668981481481484</v>
+        <v>0.58362268518518523</v>
       </c>
       <c r="D221" s="17">
-        <v>0.36736111111111114</v>
+        <v>0.58377314814814818</v>
       </c>
       <c r="E221" s="16" t="s">
         <v>1449</v>
       </c>
     </row>
     <row r="222" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A222" s="24" t="s">
-        <v>1586</v>
+        <v>1599</v>
       </c>
       <c r="B222" s="15">
-        <v>45563</v>
+        <v>45587</v>
       </c>
       <c r="C222" s="17">
-        <v>0.97140046296296301</v>
+        <v>0.54049768518518515</v>
       </c>
       <c r="D222" s="17">
-        <v>2.5196759259259259E-2</v>
+        <v>0.54320601851851846</v>
       </c>
       <c r="E222" s="16" t="s">
         <v>1449</v>
       </c>
     </row>
     <row r="223" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A223" s="24" t="s">
-        <v>1585</v>
+        <v>1599</v>
       </c>
       <c r="B223" s="15">
-        <v>45558</v>
+        <v>45587</v>
       </c>
       <c r="C223" s="17">
-        <v>0.22712962962962963</v>
+        <v>0.98280092592592594</v>
       </c>
       <c r="D223" s="17">
-        <v>0.2275925925925926</v>
+        <v>5.2187499999999998E-2</v>
       </c>
       <c r="E223" s="16" t="s">
         <v>1449</v>
       </c>
     </row>
     <row r="224" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A224" s="24" t="s">
-        <v>1584</v>
+        <v>1598</v>
       </c>
       <c r="B224" s="15">
-        <v>45556</v>
+        <v>45586</v>
       </c>
       <c r="C224" s="17">
-        <v>0.95879629629629626</v>
+        <v>0.5763194444444445</v>
       </c>
       <c r="D224" s="17">
-        <v>0.95910879629629631</v>
+        <v>0.64859953703703699</v>
       </c>
       <c r="E224" s="16" t="s">
         <v>1449</v>
       </c>
     </row>
     <row r="225" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A225" s="24" t="s">
-        <v>1583</v>
+        <v>1597</v>
       </c>
       <c r="B225" s="15">
-        <v>45555</v>
+        <v>45582</v>
       </c>
       <c r="C225" s="17">
-        <v>0.91575231481481478</v>
+        <v>0.18715277777777778</v>
       </c>
       <c r="D225" s="17">
-        <v>0.91589120370370369</v>
+        <v>0.25942129629629629</v>
       </c>
       <c r="E225" s="16" t="s">
         <v>1449</v>
       </c>
     </row>
     <row r="226" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A226" s="24" t="s">
-        <v>1582</v>
+        <v>1596</v>
       </c>
       <c r="B226" s="15">
-        <v>45536</v>
+        <v>45580</v>
       </c>
       <c r="C226" s="17">
-        <v>0.94019675925925927</v>
+        <v>0.78320601851851857</v>
       </c>
       <c r="D226" s="17">
-        <v>0.94756944444444446</v>
+        <v>0.79005787037037034</v>
       </c>
       <c r="E226" s="16" t="s">
         <v>1449</v>
       </c>
     </row>
     <row r="227" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A227" s="24" t="s">
-        <v>1581</v>
+        <v>1596</v>
       </c>
       <c r="B227" s="15">
-        <v>45534</v>
+        <v>45580</v>
       </c>
       <c r="C227" s="17">
-        <v>0.81668981481481484</v>
+        <v>0.46221064814814816</v>
       </c>
       <c r="D227" s="17">
-        <v>0.82254629629629628</v>
+        <v>0.47112268518518519</v>
       </c>
       <c r="E227" s="16" t="s">
         <v>1449</v>
       </c>
     </row>
     <row r="228" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A228" s="24" t="s">
-        <v>1580</v>
+        <v>1595</v>
       </c>
       <c r="B228" s="15">
-        <v>45527</v>
+        <v>45578</v>
       </c>
       <c r="C228" s="17">
-        <v>0.83584490740740736</v>
+        <v>0.94674768518518515</v>
       </c>
       <c r="D228" s="17">
-        <v>0.84403935185185175</v>
+        <v>0.96487268518518521</v>
       </c>
       <c r="E228" s="16" t="s">
         <v>1449</v>
       </c>
     </row>
     <row r="229" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A229" s="24" t="s">
-        <v>1579</v>
+        <v>1595</v>
       </c>
       <c r="B229" s="15">
-        <v>45523</v>
+        <v>45578</v>
       </c>
       <c r="C229" s="17">
-        <v>0.7833564814814814</v>
+        <v>0.4632060185185185</v>
       </c>
       <c r="D229" s="17">
-        <v>0.78387731481481471</v>
+        <v>0.4880902777777778</v>
       </c>
       <c r="E229" s="16" t="s">
         <v>1449</v>
       </c>
     </row>
     <row r="230" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A230" s="24" t="s">
-        <v>1578</v>
+        <v>1595</v>
       </c>
       <c r="B230" s="15">
-        <v>45521</v>
+        <v>45578</v>
       </c>
       <c r="C230" s="17">
-        <v>0.66483796296296294</v>
+        <v>0.41420138888888891</v>
       </c>
       <c r="D230" s="17">
-        <v>0.7405787037037036</v>
+        <v>0.41806712962962961</v>
       </c>
       <c r="E230" s="16" t="s">
-        <v>1511</v>
+        <v>1449</v>
       </c>
     </row>
     <row r="231" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A231" s="24" t="s">
-        <v>1476</v>
+        <v>1594</v>
       </c>
       <c r="B231" s="15">
-        <v>45519</v>
+        <v>45577</v>
       </c>
       <c r="C231" s="17">
-        <v>0.67659722222222218</v>
+        <v>0.91390046296296301</v>
       </c>
       <c r="D231" s="17">
-        <v>0.75223379629629628</v>
+        <v>0.93537037037037041</v>
       </c>
       <c r="E231" s="16" t="s">
-        <v>1511</v>
+        <v>1449</v>
       </c>
     </row>
     <row r="232" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A232" s="24" t="s">
-        <v>1577</v>
+        <v>1594</v>
       </c>
       <c r="B232" s="15">
-        <v>45518</v>
+        <v>45577</v>
       </c>
       <c r="C232" s="17">
-        <v>0.58539351851851851</v>
+        <v>0.43464120370370368</v>
       </c>
       <c r="D232" s="17">
-        <v>0.65704861111111112</v>
+        <v>0.45976851851851852</v>
       </c>
       <c r="E232" s="16" t="s">
-        <v>1511</v>
+        <v>1449</v>
       </c>
     </row>
     <row r="233" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A233" s="24" t="s">
-        <v>1417</v>
-[...2 lines deleted...]
-        <v>1418</v>
+        <v>1594</v>
+      </c>
+      <c r="B233" s="15">
+        <v>45577</v>
       </c>
       <c r="C233" s="17">
-        <v>0.70833333333333337</v>
+        <v>0.37973379629629628</v>
       </c>
       <c r="D233" s="17">
-        <v>0.87569444444444444</v>
+        <v>0.38990740740740742</v>
       </c>
       <c r="E233" s="16" t="s">
-        <v>1419</v>
+        <v>1449</v>
       </c>
     </row>
     <row r="234" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A234" s="24" t="s">
-        <v>1575</v>
+        <v>1472</v>
       </c>
       <c r="B234" s="15">
-        <v>45498</v>
+        <v>45576</v>
       </c>
       <c r="C234" s="17">
-        <v>0.70807870370370374</v>
+        <v>0.91093749999999996</v>
       </c>
       <c r="D234" s="17">
-        <v>0.76278935185185182</v>
+        <v>0.97788194444444443</v>
       </c>
       <c r="E234" s="16" t="s">
-        <v>1576</v>
+        <v>1511</v>
       </c>
     </row>
     <row r="235" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A235" s="24" t="s">
-        <v>1574</v>
+        <v>1472</v>
       </c>
       <c r="B235" s="15">
-        <v>45468</v>
+        <v>45576</v>
       </c>
       <c r="C235" s="17">
-        <v>0.86964120370370368</v>
+        <v>0.82365740740740745</v>
       </c>
       <c r="D235" s="17">
-        <v>0.86973379629629621</v>
+        <v>0.91094907407407411</v>
       </c>
       <c r="E235" s="16" t="s">
         <v>1449</v>
       </c>
     </row>
     <row r="236" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A236" s="24" t="s">
-        <v>1573</v>
+        <v>1472</v>
       </c>
       <c r="B236" s="15">
-        <v>45466</v>
+        <v>45576</v>
       </c>
       <c r="C236" s="17">
-        <v>0.75270833333333342</v>
+        <v>0.77254629629629634</v>
       </c>
       <c r="D236" s="17">
-        <v>0.81337962962962962</v>
+        <v>0.83083333333333331</v>
       </c>
       <c r="E236" s="16" t="s">
-        <v>1427</v>
+        <v>1511</v>
       </c>
     </row>
     <row r="237" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A237" s="24" t="s">
-        <v>1573</v>
+        <v>1472</v>
       </c>
       <c r="B237" s="15">
-        <v>45466</v>
+        <v>45576</v>
       </c>
       <c r="C237" s="17">
-        <v>0.46039351851851856</v>
+        <v>0.73137731481481483</v>
       </c>
       <c r="D237" s="17">
-        <v>0.48016203703703703</v>
+        <v>0.75556712962962957</v>
       </c>
       <c r="E237" s="16" t="s">
         <v>1449</v>
       </c>
     </row>
     <row r="238" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A238" s="24" t="s">
-        <v>1573</v>
+        <v>1472</v>
       </c>
       <c r="B238" s="15">
-        <v>45466</v>
+        <v>45576</v>
       </c>
       <c r="C238" s="17">
-        <v>0.40108796296296295</v>
+        <v>0.61255787037037035</v>
       </c>
       <c r="D238" s="17">
-        <v>0.40125000000000005</v>
+        <v>0.62715277777777778</v>
       </c>
       <c r="E238" s="16" t="s">
         <v>1449</v>
       </c>
     </row>
     <row r="239" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A239" s="24" t="s">
-        <v>1410</v>
+        <v>1472</v>
       </c>
       <c r="B239" s="15">
-        <v>45461</v>
+        <v>45576</v>
       </c>
       <c r="C239" s="17">
-        <v>0.81187500000000001</v>
+        <v>0.54478009259259264</v>
       </c>
       <c r="D239" s="17">
-        <v>0.8118981481481482</v>
+        <v>0.56858796296296299</v>
       </c>
       <c r="E239" s="16" t="s">
         <v>1449</v>
       </c>
     </row>
     <row r="240" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A240" s="24" t="s">
-        <v>1572</v>
+        <v>1472</v>
       </c>
       <c r="B240" s="15">
-        <v>45460</v>
+        <v>45576</v>
       </c>
       <c r="C240" s="17">
-        <v>0.72614583333333327</v>
+        <v>0.47454861111111113</v>
       </c>
       <c r="D240" s="17">
-        <v>0.72667824074074072</v>
+        <v>0.50026620370370367</v>
       </c>
       <c r="E240" s="16" t="s">
         <v>1449</v>
       </c>
     </row>
     <row r="241" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A241" s="24" t="s">
-        <v>1571</v>
+        <v>1472</v>
       </c>
       <c r="B241" s="15">
-        <v>45455</v>
+        <v>45576</v>
       </c>
       <c r="C241" s="17">
-        <v>0.94271990740740741</v>
+        <v>0.40961805555555558</v>
       </c>
       <c r="D241" s="17">
-        <v>0.96939814814814806</v>
+        <v>0.43189814814814814</v>
       </c>
       <c r="E241" s="16" t="s">
         <v>1449</v>
       </c>
     </row>
     <row r="242" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A242" s="24" t="s">
-        <v>1571</v>
+        <v>1472</v>
       </c>
       <c r="B242" s="15">
-        <v>45455</v>
+        <v>45576</v>
       </c>
       <c r="C242" s="17">
-        <v>0.79574074074074075</v>
+        <v>0.35491898148148149</v>
       </c>
       <c r="D242" s="17">
-        <v>0.79871527777777773</v>
+        <v>0.35944444444444446</v>
       </c>
       <c r="E242" s="16" t="s">
         <v>1449</v>
       </c>
     </row>
     <row r="243" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A243" s="24" t="s">
-        <v>1570</v>
+        <v>1593</v>
       </c>
       <c r="B243" s="15">
-        <v>45453</v>
+        <v>45575</v>
       </c>
       <c r="C243" s="17">
-        <v>0.74209490740740736</v>
+        <v>0.88093750000000004</v>
       </c>
       <c r="D243" s="17">
-        <v>0.74280092592592595</v>
+        <v>0.94958333333333333</v>
       </c>
       <c r="E243" s="16" t="s">
         <v>1449</v>
       </c>
     </row>
     <row r="244" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A244" s="24" t="s">
-        <v>1569</v>
+        <v>1593</v>
       </c>
       <c r="B244" s="15">
-        <v>45449</v>
+        <v>45575</v>
       </c>
       <c r="C244" s="17">
-        <v>0.94453703703703706</v>
+        <v>0.87549768518518523</v>
       </c>
       <c r="D244" s="17">
-        <v>0.94747685185185182</v>
+        <v>0.88093750000000004</v>
       </c>
       <c r="E244" s="16" t="s">
         <v>1449</v>
       </c>
     </row>
     <row r="245" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A245" s="24" t="s">
-        <v>1568</v>
+        <v>1593</v>
       </c>
       <c r="B245" s="15">
-        <v>45446</v>
+        <v>45575</v>
       </c>
       <c r="C245" s="17">
-        <v>0.4484143518518518</v>
+        <v>0.46129629629629632</v>
       </c>
       <c r="D245" s="17">
-        <v>0.4538773148148148</v>
+        <v>0.46715277777777775</v>
       </c>
       <c r="E245" s="16" t="s">
         <v>1449</v>
       </c>
     </row>
     <row r="246" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A246" s="24" t="s">
-        <v>1567</v>
+        <v>1592</v>
       </c>
       <c r="B246" s="15">
-        <v>45444</v>
+        <v>45574</v>
       </c>
       <c r="C246" s="17">
-        <v>0.93086805555555552</v>
+        <v>0.4440972222222222</v>
       </c>
       <c r="D246" s="17">
-        <v>0.94547453703703699</v>
+        <v>0.51287037037037042</v>
       </c>
       <c r="E246" s="16" t="s">
-        <v>1449</v>
+        <v>1511</v>
       </c>
     </row>
     <row r="247" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A247" s="24" t="s">
-        <v>1566</v>
+        <v>1592</v>
       </c>
       <c r="B247" s="15">
-        <v>45442</v>
+        <v>45574</v>
       </c>
       <c r="C247" s="17">
-        <v>0.14391203703703703</v>
+        <v>0.43174768518518519</v>
       </c>
       <c r="D247" s="17">
-        <v>0.14744212962962963</v>
+        <v>0.4440972222222222</v>
       </c>
       <c r="E247" s="16" t="s">
         <v>1449</v>
       </c>
     </row>
     <row r="248" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A248" s="24" t="s">
-        <v>1566</v>
+        <v>1592</v>
       </c>
       <c r="B248" s="15">
-        <v>45442</v>
+        <v>45574</v>
       </c>
       <c r="C248" s="17">
-        <v>0</v>
+        <v>0.3674074074074074</v>
       </c>
       <c r="D248" s="17">
-        <v>7.1296296296296307E-3</v>
+        <v>0.37413194444444442</v>
       </c>
       <c r="E248" s="16" t="s">
-        <v>1511</v>
+        <v>1449</v>
       </c>
     </row>
     <row r="249" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A249" s="24" t="s">
-        <v>1565</v>
+        <v>1591</v>
       </c>
       <c r="B249" s="15">
-        <v>45441</v>
+        <v>45573</v>
       </c>
       <c r="C249" s="17">
-        <v>0.93409722222222225</v>
+        <v>0.92046296296296293</v>
       </c>
       <c r="D249" s="17">
-        <v>0.99998842592592585</v>
+        <v>0.93192129629629628</v>
       </c>
       <c r="E249" s="16" t="s">
-        <v>1511</v>
+        <v>1449</v>
       </c>
     </row>
     <row r="250" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A250" s="24" t="s">
-        <v>1565</v>
+        <v>1591</v>
       </c>
       <c r="B250" s="15">
-        <v>45441</v>
+        <v>45573</v>
       </c>
       <c r="C250" s="17">
-        <v>1.0879629629629629E-3</v>
+        <v>0.41840277777777779</v>
       </c>
       <c r="D250" s="17">
-        <v>2.0949074074074073E-3</v>
+        <v>0.4926388888888889</v>
       </c>
       <c r="E250" s="16" t="s">
         <v>1449</v>
       </c>
     </row>
     <row r="251" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A251" s="24" t="s">
-        <v>1564</v>
+        <v>1591</v>
       </c>
       <c r="B251" s="15">
-        <v>45440</v>
+        <v>45573</v>
       </c>
       <c r="C251" s="17">
-        <v>0.7055555555555556</v>
+        <v>0.36469907407407409</v>
       </c>
       <c r="D251" s="17">
-        <v>0.70569444444444451</v>
+        <v>0.41840277777777779</v>
       </c>
       <c r="E251" s="16" t="s">
         <v>1449</v>
       </c>
     </row>
     <row r="252" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A252" s="24" t="s">
-        <v>1564</v>
+        <v>1590</v>
       </c>
       <c r="B252" s="15">
-        <v>45440</v>
+        <v>45572</v>
       </c>
       <c r="C252" s="17">
-        <v>0.3601273148148148</v>
+        <v>0.32837962962962963</v>
       </c>
       <c r="D252" s="17">
-        <v>0.36399305555555556</v>
+        <v>0.35070601851851851</v>
       </c>
       <c r="E252" s="16" t="s">
         <v>1449</v>
       </c>
     </row>
     <row r="253" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A253" s="24" t="s">
-        <v>1563</v>
+        <v>1589</v>
       </c>
       <c r="B253" s="15">
-        <v>45439</v>
+        <v>45571</v>
       </c>
       <c r="C253" s="17">
-        <v>0.1865162037037037</v>
+        <v>0.93390046296296292</v>
       </c>
       <c r="D253" s="17">
-        <v>0.30876157407407406</v>
+        <v>0.98353009259259261</v>
       </c>
       <c r="E253" s="16" t="s">
         <v>1449</v>
       </c>
     </row>
     <row r="254" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A254" s="24" t="s">
-        <v>1562</v>
+        <v>1589</v>
       </c>
       <c r="B254" s="15">
-        <v>45438</v>
+        <v>45571</v>
       </c>
       <c r="C254" s="17">
-        <v>0.37175925925925929</v>
+        <v>0.83</v>
       </c>
       <c r="D254" s="17">
-        <v>0.37548611111111113</v>
+        <v>0.91234953703703703</v>
       </c>
       <c r="E254" s="16" t="s">
         <v>1449</v>
       </c>
     </row>
     <row r="255" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A255" s="24" t="s">
-        <v>1561</v>
+        <v>1589</v>
       </c>
       <c r="B255" s="15">
-        <v>45437</v>
+        <v>45571</v>
       </c>
       <c r="C255" s="17">
-        <v>0.43753472222222217</v>
+        <v>0.81450231481481483</v>
       </c>
       <c r="D255" s="17">
-        <v>0.46940972222222221</v>
+        <v>0.83</v>
       </c>
       <c r="E255" s="16" t="s">
         <v>1449</v>
       </c>
     </row>
     <row r="256" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A256" s="24" t="s">
-        <v>1560</v>
+        <v>1589</v>
       </c>
       <c r="B256" s="15">
-        <v>45436</v>
+        <v>45571</v>
       </c>
       <c r="C256" s="17">
-        <v>0.30017361111111113</v>
+        <v>0.40702546296296294</v>
       </c>
       <c r="D256" s="17">
-        <v>0.30457175925925922</v>
+        <v>0.42791666666666667</v>
       </c>
       <c r="E256" s="16" t="s">
         <v>1449</v>
       </c>
     </row>
     <row r="257" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A257" s="24" t="s">
-        <v>1559</v>
+        <v>1589</v>
       </c>
       <c r="B257" s="15">
-        <v>45435</v>
+        <v>45571</v>
       </c>
       <c r="C257" s="17">
-        <v>0.90280092592592587</v>
+        <v>0.35302083333333334</v>
       </c>
       <c r="D257" s="17">
-        <v>0.97392361111111114</v>
+        <v>0.36064814814814816</v>
       </c>
       <c r="E257" s="16" t="s">
         <v>1449</v>
       </c>
     </row>
     <row r="258" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A258" s="24" t="s">
-        <v>1558</v>
+        <v>1588</v>
       </c>
       <c r="B258" s="15">
-        <v>45434</v>
+        <v>45570</v>
       </c>
       <c r="C258" s="17">
-        <v>0.85530092592592588</v>
+        <v>0.91652777777777783</v>
       </c>
       <c r="D258" s="17">
-        <v>0.85555555555555562</v>
+        <v>0.95326388888888891</v>
       </c>
       <c r="E258" s="16" t="s">
         <v>1449</v>
       </c>
     </row>
     <row r="259" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A259" s="24" t="s">
-        <v>1407</v>
+        <v>1588</v>
       </c>
       <c r="B259" s="15">
-        <v>45431</v>
+        <v>45570</v>
       </c>
       <c r="C259" s="17">
-        <v>0.72079861111111121</v>
+        <v>0.81832175925925921</v>
       </c>
       <c r="D259" s="17">
-        <v>0.72255787037037045</v>
+        <v>0.87952546296296297</v>
       </c>
       <c r="E259" s="16" t="s">
         <v>1449</v>
       </c>
     </row>
     <row r="260" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A260" s="24" t="s">
-        <v>1557</v>
+        <v>1588</v>
       </c>
       <c r="B260" s="15">
-        <v>45430</v>
+        <v>45570</v>
       </c>
       <c r="C260" s="17">
-        <v>0.20789351851851853</v>
+        <v>0.59031250000000002</v>
       </c>
       <c r="D260" s="17">
-        <v>0.28002314814814816</v>
+        <v>0.61238425925925921</v>
       </c>
       <c r="E260" s="16" t="s">
-        <v>1511</v>
+        <v>1449</v>
       </c>
     </row>
     <row r="261" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A261" s="24" t="s">
-        <v>1556</v>
+        <v>1588</v>
       </c>
       <c r="B261" s="15">
-        <v>45426</v>
+        <v>45570</v>
       </c>
       <c r="C261" s="17">
-        <v>0.71659722222222222</v>
+        <v>0.52165509259259257</v>
       </c>
       <c r="D261" s="17">
-        <v>0.71709490740740733</v>
+        <v>0.54449074074074078</v>
       </c>
       <c r="E261" s="16" t="s">
         <v>1449</v>
       </c>
     </row>
     <row r="262" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A262" s="24" t="s">
-        <v>1556</v>
+        <v>1588</v>
       </c>
       <c r="B262" s="15">
-        <v>45426</v>
+        <v>45570</v>
       </c>
       <c r="C262" s="17">
-        <v>0.44157407407407406</v>
+        <v>0.39339120370370373</v>
       </c>
       <c r="D262" s="17">
-        <v>0.44921296296296293</v>
+        <v>0.40072916666666669</v>
       </c>
       <c r="E262" s="16" t="s">
         <v>1449</v>
       </c>
     </row>
     <row r="263" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A263" s="24" t="s">
-        <v>1555</v>
+        <v>1588</v>
       </c>
       <c r="B263" s="15">
-        <v>45425</v>
+        <v>45570</v>
       </c>
       <c r="C263" s="17">
-        <v>0.74915509259259261</v>
+        <v>0.32528935185185187</v>
       </c>
       <c r="D263" s="17">
-        <v>0.76495370370370364</v>
+        <v>0.33326388888888892</v>
       </c>
       <c r="E263" s="16" t="s">
         <v>1449</v>
       </c>
     </row>
     <row r="264" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A264" s="24" t="s">
-        <v>1554</v>
+        <v>1588</v>
       </c>
       <c r="B264" s="15">
-        <v>45418</v>
+        <v>45570</v>
       </c>
       <c r="C264" s="17">
-        <v>0.12547453703703704</v>
+        <v>0.25800925925925927</v>
       </c>
       <c r="D264" s="17">
-        <v>0.12552083333333333</v>
+        <v>0.26590277777777777</v>
       </c>
       <c r="E264" s="16" t="s">
         <v>1449</v>
       </c>
     </row>
     <row r="265" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A265" s="24" t="s">
-        <v>1553</v>
+        <v>1587</v>
       </c>
       <c r="B265" s="15">
-        <v>45416</v>
+        <v>45569</v>
       </c>
       <c r="C265" s="17">
-        <v>0.62928240740740737</v>
+        <v>0.31668981481481484</v>
       </c>
       <c r="D265" s="17">
-        <v>0.62938657407407406</v>
+        <v>0.36736111111111114</v>
       </c>
       <c r="E265" s="16" t="s">
         <v>1449</v>
       </c>
     </row>
     <row r="266" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A266" s="24" t="s">
-        <v>1552</v>
+        <v>1586</v>
       </c>
       <c r="B266" s="15">
-        <v>45414</v>
+        <v>45563</v>
       </c>
       <c r="C266" s="17">
-        <v>0.7992824074074073</v>
+        <v>0.97140046296296301</v>
       </c>
       <c r="D266" s="17">
-        <v>0.80374999999999996</v>
+        <v>2.5196759259259259E-2</v>
       </c>
       <c r="E266" s="16" t="s">
         <v>1449</v>
       </c>
     </row>
     <row r="267" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A267" s="24" t="s">
-        <v>1551</v>
+        <v>1585</v>
       </c>
       <c r="B267" s="15">
-        <v>45412</v>
+        <v>45558</v>
       </c>
       <c r="C267" s="17">
-        <v>0.86289351851851848</v>
+        <v>0.22712962962962963</v>
       </c>
       <c r="D267" s="17">
-        <v>0.86351851851851846</v>
+        <v>0.2275925925925926</v>
       </c>
       <c r="E267" s="16" t="s">
         <v>1449</v>
       </c>
     </row>
     <row r="268" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A268" s="24" t="s">
-        <v>1550</v>
+        <v>1584</v>
       </c>
       <c r="B268" s="15">
-        <v>45411</v>
+        <v>45556</v>
       </c>
       <c r="C268" s="17">
-        <v>0.89901620370370372</v>
+        <v>0.95879629629629626</v>
       </c>
       <c r="D268" s="17">
-        <v>0.90231481481481479</v>
+        <v>0.95910879629629631</v>
       </c>
       <c r="E268" s="16" t="s">
         <v>1449</v>
       </c>
     </row>
     <row r="269" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A269" s="24" t="s">
-        <v>1549</v>
+        <v>1583</v>
       </c>
       <c r="B269" s="15">
-        <v>45407</v>
+        <v>45555</v>
       </c>
       <c r="C269" s="17">
-        <v>0.78918981481481476</v>
+        <v>0.91575231481481478</v>
       </c>
       <c r="D269" s="17">
-        <v>0.78922453703703699</v>
+        <v>0.91589120370370369</v>
       </c>
       <c r="E269" s="16" t="s">
         <v>1449</v>
       </c>
     </row>
     <row r="270" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A270" s="24" t="s">
-        <v>1549</v>
+        <v>1582</v>
       </c>
       <c r="B270" s="15">
-        <v>45407</v>
+        <v>45536</v>
       </c>
       <c r="C270" s="17">
-        <v>7.5578703703703703E-2</v>
+        <v>0.94019675925925927</v>
       </c>
       <c r="D270" s="17">
-        <v>7.570601851851852E-2</v>
+        <v>0.94756944444444446</v>
       </c>
       <c r="E270" s="16" t="s">
         <v>1449</v>
       </c>
     </row>
     <row r="271" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A271" s="24" t="s">
-        <v>1548</v>
+        <v>1581</v>
       </c>
       <c r="B271" s="15">
-        <v>45406</v>
+        <v>45534</v>
       </c>
       <c r="C271" s="17">
-        <v>0.76966435185185178</v>
+        <v>0.81668981481481484</v>
       </c>
       <c r="D271" s="17">
-        <v>0.81431712962962965</v>
+        <v>0.82254629629629628</v>
       </c>
       <c r="E271" s="16" t="s">
         <v>1449</v>
       </c>
     </row>
     <row r="272" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A272" s="24" t="s">
-        <v>1547</v>
+        <v>1580</v>
       </c>
       <c r="B272" s="15">
-        <v>45405</v>
+        <v>45527</v>
       </c>
       <c r="C272" s="17">
-        <v>3.770833333333333E-2</v>
+        <v>0.83584490740740736</v>
       </c>
       <c r="D272" s="17">
-        <v>0.11179398148148149</v>
+        <v>0.84403935185185175</v>
       </c>
       <c r="E272" s="16" t="s">
-        <v>1511</v>
+        <v>1449</v>
       </c>
     </row>
     <row r="273" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A273" s="24" t="s">
-        <v>1546</v>
+        <v>1579</v>
       </c>
       <c r="B273" s="15">
-        <v>45402</v>
+        <v>45523</v>
       </c>
       <c r="C273" s="17">
-        <v>0.95616898148148144</v>
+        <v>0.7833564814814814</v>
       </c>
       <c r="D273" s="17">
-        <v>0.95673611111111112</v>
+        <v>0.78387731481481471</v>
       </c>
       <c r="E273" s="16" t="s">
         <v>1449</v>
       </c>
     </row>
     <row r="274" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A274" s="24" t="s">
-        <v>1546</v>
+        <v>1578</v>
       </c>
       <c r="B274" s="15">
-        <v>45402</v>
+        <v>45521</v>
       </c>
       <c r="C274" s="17">
-        <v>0.72105324074074073</v>
+        <v>0.66483796296296294</v>
       </c>
       <c r="D274" s="17">
-        <v>0.75946759259259267</v>
+        <v>0.7405787037037036</v>
       </c>
       <c r="E274" s="16" t="s">
-        <v>1449</v>
+        <v>1511</v>
       </c>
     </row>
     <row r="275" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A275" s="24" t="s">
-        <v>1404</v>
+        <v>1476</v>
       </c>
       <c r="B275" s="15">
-        <v>45401</v>
+        <v>45519</v>
       </c>
       <c r="C275" s="17">
-        <v>0.92474537037037041</v>
+        <v>0.67659722222222218</v>
       </c>
       <c r="D275" s="17">
-        <v>0.9477199074074073</v>
+        <v>0.75223379629629628</v>
       </c>
       <c r="E275" s="16" t="s">
-        <v>1449</v>
+        <v>1511</v>
       </c>
     </row>
     <row r="276" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A276" s="24" t="s">
-        <v>1545</v>
+        <v>1577</v>
       </c>
       <c r="B276" s="15">
-        <v>45400</v>
+        <v>45518</v>
       </c>
       <c r="C276" s="17">
-        <v>0.77686342592592583</v>
+        <v>0.58539351851851851</v>
       </c>
       <c r="D276" s="17">
-        <v>0.78813657407407411</v>
+        <v>0.65704861111111112</v>
       </c>
       <c r="E276" s="16" t="s">
-        <v>1449</v>
+        <v>1511</v>
       </c>
     </row>
     <row r="277" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A277" s="24" t="s">
-        <v>1544</v>
-[...2 lines deleted...]
-        <v>45399</v>
+        <v>1417</v>
+      </c>
+      <c r="B277" s="15" t="s">
+        <v>1418</v>
       </c>
       <c r="C277" s="17">
-        <v>0.67585648148148147</v>
+        <v>0.70833333333333337</v>
       </c>
       <c r="D277" s="17">
-        <v>0.67603009259259261</v>
+        <v>0.87569444444444444</v>
       </c>
       <c r="E277" s="16" t="s">
-        <v>1449</v>
+        <v>1419</v>
       </c>
     </row>
     <row r="278" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A278" s="24" t="s">
-        <v>1544</v>
+        <v>1575</v>
       </c>
       <c r="B278" s="15">
-        <v>45399</v>
+        <v>45498</v>
       </c>
       <c r="C278" s="17">
-        <v>0.31392361111111111</v>
+        <v>0.70807870370370374</v>
       </c>
       <c r="D278" s="17">
-        <v>0.31428240740740737</v>
+        <v>0.76278935185185182</v>
       </c>
       <c r="E278" s="16" t="s">
-        <v>1449</v>
+        <v>1576</v>
       </c>
     </row>
     <row r="279" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A279" s="24" t="s">
-        <v>1543</v>
+        <v>1574</v>
       </c>
       <c r="B279" s="15">
-        <v>45397</v>
+        <v>45468</v>
       </c>
       <c r="C279" s="17">
-        <v>0.80832175925925931</v>
+        <v>0.86964120370370368</v>
       </c>
       <c r="D279" s="17">
-        <v>0.85879629629629628</v>
+        <v>0.86973379629629621</v>
       </c>
       <c r="E279" s="16" t="s">
         <v>1449</v>
       </c>
     </row>
     <row r="280" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A280" s="24" t="s">
-        <v>1542</v>
+        <v>1573</v>
       </c>
       <c r="B280" s="15">
-        <v>45393</v>
+        <v>45466</v>
       </c>
       <c r="C280" s="17">
-        <v>0.74766203703703704</v>
+        <v>0.75270833333333342</v>
       </c>
       <c r="D280" s="17">
-        <v>0.79159722222222229</v>
+        <v>0.81337962962962962</v>
       </c>
       <c r="E280" s="16" t="s">
-        <v>1449</v>
+        <v>1427</v>
       </c>
     </row>
     <row r="281" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A281" s="24" t="s">
-        <v>1541</v>
+        <v>1573</v>
       </c>
       <c r="B281" s="15">
-        <v>45380</v>
+        <v>45466</v>
       </c>
       <c r="C281" s="17">
-        <v>0.66871527777777784</v>
+        <v>0.46039351851851856</v>
       </c>
       <c r="D281" s="17">
-        <v>0.66900462962962959</v>
+        <v>0.48016203703703703</v>
       </c>
       <c r="E281" s="16" t="s">
         <v>1449</v>
       </c>
     </row>
     <row r="282" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A282" s="24" t="s">
-        <v>1540</v>
+        <v>1573</v>
       </c>
       <c r="B282" s="15">
-        <v>45379</v>
+        <v>45466</v>
       </c>
       <c r="C282" s="17">
-        <v>0.291099537037037</v>
+        <v>0.40108796296296295</v>
       </c>
       <c r="D282" s="17">
-        <v>0.33969907407407413</v>
+        <v>0.40125000000000005</v>
       </c>
       <c r="E282" s="16" t="s">
         <v>1449</v>
       </c>
     </row>
     <row r="283" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A283" s="24" t="s">
-        <v>1539</v>
+        <v>1410</v>
       </c>
       <c r="B283" s="15">
-        <v>45378</v>
+        <v>45461</v>
       </c>
       <c r="C283" s="17">
-        <v>0.75444444444444436</v>
+        <v>0.81187500000000001</v>
       </c>
       <c r="D283" s="17">
-        <v>0.76982638888888888</v>
+        <v>0.8118981481481482</v>
       </c>
       <c r="E283" s="16" t="s">
         <v>1449</v>
       </c>
     </row>
     <row r="284" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A284" s="24" t="s">
-        <v>1539</v>
+        <v>1572</v>
       </c>
       <c r="B284" s="15">
-        <v>45378</v>
+        <v>45460</v>
       </c>
       <c r="C284" s="17">
-        <v>0.28278935185185183</v>
+        <v>0.72614583333333327</v>
       </c>
       <c r="D284" s="17">
-        <v>0.29488425925925926</v>
+        <v>0.72667824074074072</v>
       </c>
       <c r="E284" s="16" t="s">
         <v>1449</v>
       </c>
     </row>
     <row r="285" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A285" s="24" t="s">
-        <v>1538</v>
+        <v>1571</v>
       </c>
       <c r="B285" s="15">
-        <v>45377</v>
+        <v>45455</v>
       </c>
       <c r="C285" s="17">
-        <v>0.9341666666666667</v>
+        <v>0.94271990740740741</v>
       </c>
       <c r="D285" s="17">
-        <v>0.93440972222222218</v>
+        <v>0.96939814814814806</v>
       </c>
       <c r="E285" s="16" t="s">
         <v>1449</v>
       </c>
     </row>
     <row r="286" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A286" s="24" t="s">
-        <v>1537</v>
+        <v>1571</v>
       </c>
       <c r="B286" s="15">
-        <v>45376</v>
+        <v>45455</v>
       </c>
       <c r="C286" s="17">
-        <v>2.854166666666667E-2</v>
+        <v>0.79574074074074075</v>
       </c>
       <c r="D286" s="17">
-        <v>0.37841435185185185</v>
+        <v>0.79871527777777773</v>
       </c>
       <c r="E286" s="16" t="s">
-        <v>1511</v>
+        <v>1449</v>
       </c>
     </row>
     <row r="287" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A287" s="24" t="s">
-        <v>1536</v>
+        <v>1570</v>
       </c>
       <c r="B287" s="15">
-        <v>45375</v>
+        <v>45453</v>
       </c>
       <c r="C287" s="17">
-        <v>0.56199074074074074</v>
+        <v>0.74209490740740736</v>
       </c>
       <c r="D287" s="17">
-        <v>0.62489583333333332</v>
+        <v>0.74280092592592595</v>
       </c>
       <c r="E287" s="16" t="s">
-        <v>1511</v>
+        <v>1449</v>
       </c>
     </row>
     <row r="288" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A288" s="24" t="s">
-        <v>1536</v>
+        <v>1569</v>
       </c>
       <c r="B288" s="15">
-        <v>45375</v>
+        <v>45449</v>
       </c>
       <c r="C288" s="17">
-        <v>3.7500000000000003E-3</v>
+        <v>0.94453703703703706</v>
       </c>
       <c r="D288" s="17">
-        <v>0.41827546296296297</v>
+        <v>0.94747685185185182</v>
       </c>
       <c r="E288" s="16" t="s">
-        <v>1427</v>
+        <v>1449</v>
       </c>
     </row>
     <row r="289" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A289" s="24" t="s">
-        <v>1535</v>
+        <v>1568</v>
       </c>
       <c r="B289" s="15">
-        <v>45374</v>
+        <v>45446</v>
       </c>
       <c r="C289" s="17">
-        <v>3.9930555555555559E-2</v>
+        <v>0.4484143518518518</v>
       </c>
       <c r="D289" s="17">
-        <v>0.39002314814814815</v>
+        <v>0.4538773148148148</v>
       </c>
       <c r="E289" s="16" t="s">
-        <v>1427</v>
+        <v>1449</v>
       </c>
     </row>
     <row r="290" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A290" s="24" t="s">
-        <v>1401</v>
+        <v>1567</v>
       </c>
       <c r="B290" s="15">
-        <v>45371</v>
+        <v>45444</v>
       </c>
       <c r="C290" s="17">
-        <v>0.3721990740740741</v>
+        <v>0.93086805555555552</v>
       </c>
       <c r="D290" s="17">
-        <v>0.37232638888888886</v>
+        <v>0.94547453703703699</v>
       </c>
       <c r="E290" s="16" t="s">
-        <v>1427</v>
+        <v>1449</v>
       </c>
     </row>
     <row r="291" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A291" s="24" t="s">
-        <v>1534</v>
+        <v>1566</v>
       </c>
       <c r="B291" s="15">
-        <v>45370</v>
+        <v>45442</v>
       </c>
       <c r="C291" s="17">
-        <v>0.79873842592592592</v>
+        <v>0.14391203703703703</v>
       </c>
       <c r="D291" s="17">
-        <v>0.79912037037037031</v>
+        <v>0.14744212962962963</v>
       </c>
       <c r="E291" s="16" t="s">
         <v>1449</v>
       </c>
     </row>
     <row r="292" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A292" s="24" t="s">
-        <v>1534</v>
+        <v>1566</v>
       </c>
       <c r="B292" s="15">
-        <v>45370</v>
+        <v>45442</v>
       </c>
       <c r="C292" s="17">
-        <v>0.34384259259259259</v>
+        <v>0</v>
       </c>
       <c r="D292" s="17">
-        <v>0.41207175925925926</v>
+        <v>7.1296296296296307E-3</v>
       </c>
       <c r="E292" s="16" t="s">
         <v>1511</v>
       </c>
     </row>
     <row r="293" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A293" s="24" t="s">
-        <v>1533</v>
+        <v>1565</v>
       </c>
       <c r="B293" s="15">
-        <v>45368</v>
+        <v>45441</v>
       </c>
       <c r="C293" s="17">
-        <v>4.0972222222222226E-3</v>
+        <v>0.93409722222222225</v>
       </c>
       <c r="D293" s="17">
-        <v>8.44212962962963E-2</v>
+        <v>0.99998842592592585</v>
       </c>
       <c r="E293" s="16" t="s">
         <v>1511</v>
       </c>
     </row>
     <row r="294" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A294" s="24" t="s">
-        <v>1532</v>
+        <v>1565</v>
       </c>
       <c r="B294" s="15">
-        <v>45365</v>
+        <v>45441</v>
       </c>
       <c r="C294" s="17">
-        <v>0.82101851851851848</v>
+        <v>1.0879629629629629E-3</v>
       </c>
       <c r="D294" s="17">
-        <v>0.83724537037037028</v>
+        <v>2.0949074074074073E-3</v>
       </c>
       <c r="E294" s="16" t="s">
         <v>1449</v>
       </c>
     </row>
     <row r="295" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A295" s="24" t="s">
-        <v>1531</v>
+        <v>1564</v>
       </c>
       <c r="B295" s="15">
-        <v>45362</v>
+        <v>45440</v>
       </c>
       <c r="C295" s="17">
-        <v>0.83862268518518512</v>
+        <v>0.7055555555555556</v>
       </c>
       <c r="D295" s="17">
-        <v>0.85543981481481479</v>
+        <v>0.70569444444444451</v>
       </c>
       <c r="E295" s="16" t="s">
         <v>1449</v>
       </c>
     </row>
     <row r="296" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A296" s="24" t="s">
-        <v>1530</v>
+        <v>1564</v>
       </c>
       <c r="B296" s="15">
-        <v>45357</v>
+        <v>45440</v>
       </c>
       <c r="C296" s="17">
-        <v>0.58685185185185185</v>
+        <v>0.3601273148148148</v>
       </c>
       <c r="D296" s="17">
-        <v>0.58702546296296299</v>
+        <v>0.36399305555555556</v>
       </c>
       <c r="E296" s="16" t="s">
         <v>1449</v>
       </c>
     </row>
     <row r="297" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A297" s="24" t="s">
-        <v>1529</v>
+        <v>1563</v>
       </c>
       <c r="B297" s="15">
-        <v>45356</v>
+        <v>45439</v>
       </c>
       <c r="C297" s="17">
-        <v>0.655787037037037</v>
+        <v>0.1865162037037037</v>
       </c>
       <c r="D297" s="17">
-        <v>0.65623842592592596</v>
+        <v>0.30876157407407406</v>
       </c>
       <c r="E297" s="16" t="s">
         <v>1449</v>
       </c>
     </row>
     <row r="298" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A298" s="24" t="s">
-        <v>1528</v>
+        <v>1562</v>
       </c>
       <c r="B298" s="15">
-        <v>45354</v>
+        <v>45438</v>
       </c>
       <c r="C298" s="17">
-        <v>0.71942129629629636</v>
+        <v>0.37175925925925929</v>
       </c>
       <c r="D298" s="17">
-        <v>0.72043981481481489</v>
+        <v>0.37548611111111113</v>
       </c>
       <c r="E298" s="16" t="s">
         <v>1449</v>
       </c>
     </row>
     <row r="299" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A299" s="24" t="s">
-        <v>1527</v>
+        <v>1561</v>
       </c>
       <c r="B299" s="15">
-        <v>45351</v>
+        <v>45437</v>
       </c>
       <c r="C299" s="17">
-        <v>0.79762731481481486</v>
+        <v>0.43753472222222217</v>
       </c>
       <c r="D299" s="17">
-        <v>0.81202546296296296</v>
+        <v>0.46940972222222221</v>
       </c>
       <c r="E299" s="16" t="s">
         <v>1449</v>
       </c>
     </row>
     <row r="300" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A300" s="24" t="s">
-        <v>1527</v>
+        <v>1560</v>
       </c>
       <c r="B300" s="15">
-        <v>45351</v>
+        <v>45436</v>
       </c>
       <c r="C300" s="17">
-        <v>0</v>
+        <v>0.30017361111111113</v>
       </c>
       <c r="D300" s="17">
-        <v>7.7546296296296287E-3</v>
+        <v>0.30457175925925922</v>
       </c>
       <c r="E300" s="16" t="s">
         <v>1449</v>
       </c>
     </row>
     <row r="301" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A301" s="24" t="s">
-        <v>1526</v>
+        <v>1559</v>
       </c>
       <c r="B301" s="15">
-        <v>45350</v>
+        <v>45435</v>
       </c>
       <c r="C301" s="17">
-        <v>6.267361111111111E-2</v>
+        <v>0.90280092592592587</v>
       </c>
       <c r="D301" s="17">
-        <v>0.11520833333333334</v>
+        <v>0.97392361111111114</v>
       </c>
       <c r="E301" s="16" t="s">
         <v>1449</v>
       </c>
     </row>
     <row r="302" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A302" s="24" t="s">
-        <v>1525</v>
+        <v>1558</v>
       </c>
       <c r="B302" s="15">
-        <v>45348</v>
+        <v>45434</v>
       </c>
       <c r="C302" s="17">
-        <v>0.46854166666666663</v>
+        <v>0.85530092592592588</v>
       </c>
       <c r="D302" s="17">
-        <v>0.54050925925925919</v>
+        <v>0.85555555555555562</v>
       </c>
       <c r="E302" s="16" t="s">
-        <v>1511</v>
+        <v>1449</v>
       </c>
     </row>
     <row r="303" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A303" s="24" t="s">
-        <v>1524</v>
+        <v>1407</v>
       </c>
       <c r="B303" s="15">
-        <v>45340</v>
+        <v>45431</v>
       </c>
       <c r="C303" s="17">
-        <v>0.57208333333333339</v>
+        <v>0.72079861111111121</v>
       </c>
       <c r="D303" s="17">
-        <v>0.57216435185185188</v>
+        <v>0.72255787037037045</v>
       </c>
       <c r="E303" s="16" t="s">
         <v>1449</v>
       </c>
     </row>
     <row r="304" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A304" s="24" t="s">
-        <v>1523</v>
+        <v>1557</v>
       </c>
       <c r="B304" s="15">
-        <v>45339</v>
+        <v>45430</v>
       </c>
       <c r="C304" s="17">
-        <v>0.61028935185185185</v>
+        <v>0.20789351851851853</v>
       </c>
       <c r="D304" s="17">
-        <v>0.61034722222222226</v>
+        <v>0.28002314814814816</v>
       </c>
       <c r="E304" s="16" t="s">
-        <v>1449</v>
+        <v>1511</v>
       </c>
     </row>
     <row r="305" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A305" s="24" t="s">
-        <v>1522</v>
+        <v>1556</v>
       </c>
       <c r="B305" s="15">
-        <v>45333</v>
+        <v>45426</v>
       </c>
       <c r="C305" s="17">
-        <v>0.57701388888888883</v>
+        <v>0.71659722222222222</v>
       </c>
       <c r="D305" s="17">
-        <v>0.57785879629629633</v>
+        <v>0.71709490740740733</v>
       </c>
       <c r="E305" s="16" t="s">
         <v>1449</v>
       </c>
     </row>
     <row r="306" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A306" s="24" t="s">
-        <v>1521</v>
+        <v>1556</v>
       </c>
       <c r="B306" s="15">
-        <v>45331</v>
+        <v>45426</v>
       </c>
       <c r="C306" s="17">
-        <v>0.81399305555555557</v>
+        <v>0.44157407407407406</v>
       </c>
       <c r="D306" s="17">
-        <v>0.81406250000000002</v>
+        <v>0.44921296296296293</v>
       </c>
       <c r="E306" s="16" t="s">
         <v>1449</v>
       </c>
     </row>
     <row r="307" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A307" s="24" t="s">
-        <v>1520</v>
+        <v>1555</v>
       </c>
       <c r="B307" s="15">
-        <v>45330</v>
+        <v>45425</v>
       </c>
       <c r="C307" s="17">
-        <v>0.30182870370370368</v>
+        <v>0.74915509259259261</v>
       </c>
       <c r="D307" s="17">
-        <v>0.30212962962962964</v>
+        <v>0.76495370370370364</v>
       </c>
       <c r="E307" s="16" t="s">
         <v>1449</v>
       </c>
     </row>
     <row r="308" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A308" s="24" t="s">
-        <v>1519</v>
+        <v>1554</v>
       </c>
       <c r="B308" s="15">
-        <v>45325</v>
+        <v>45418</v>
       </c>
       <c r="C308" s="17">
-        <v>0.54</v>
+        <v>0.12547453703703704</v>
       </c>
       <c r="D308" s="17">
-        <v>0.61076388888888888</v>
+        <v>0.12552083333333333</v>
       </c>
       <c r="E308" s="16" t="s">
         <v>1449</v>
       </c>
     </row>
     <row r="309" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A309" s="24" t="s">
-        <v>1518</v>
+        <v>1553</v>
       </c>
       <c r="B309" s="15">
-        <v>45324</v>
+        <v>45416</v>
       </c>
       <c r="C309" s="17">
-        <v>0.38716435185185188</v>
+        <v>0.62928240740740737</v>
       </c>
       <c r="D309" s="17">
-        <v>0.8041666666666667</v>
+        <v>0.62938657407407406</v>
       </c>
       <c r="E309" s="16" t="s">
-        <v>1427</v>
+        <v>1449</v>
       </c>
     </row>
     <row r="310" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A310" s="24" t="s">
-        <v>1517</v>
+        <v>1552</v>
       </c>
       <c r="B310" s="15">
-        <v>45323</v>
+        <v>45414</v>
       </c>
       <c r="C310" s="17">
-        <v>0.35891203703703706</v>
+        <v>0.7992824074074073</v>
       </c>
       <c r="D310" s="17">
-        <v>0.50634259259259262</v>
+        <v>0.80374999999999996</v>
       </c>
       <c r="E310" s="16" t="s">
-        <v>1511</v>
+        <v>1449</v>
       </c>
     </row>
     <row r="311" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A311" s="24" t="s">
-        <v>1517</v>
+        <v>1551</v>
       </c>
       <c r="B311" s="15">
-        <v>45322</v>
+        <v>45412</v>
       </c>
       <c r="C311" s="17">
-        <v>0.3417824074074074</v>
+        <v>0.86289351851851848</v>
       </c>
       <c r="D311" s="17">
-        <v>0.40203703703703703</v>
+        <v>0.86351851851851846</v>
       </c>
       <c r="E311" s="16" t="s">
-        <v>1511</v>
+        <v>1449</v>
       </c>
     </row>
     <row r="312" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A312" s="24" t="s">
-        <v>1516</v>
+        <v>1550</v>
       </c>
       <c r="B312" s="15">
-        <v>45320</v>
+        <v>45411</v>
       </c>
       <c r="C312" s="17">
-        <v>0.68437500000000007</v>
+        <v>0.89901620370370372</v>
       </c>
       <c r="D312" s="17">
-        <v>0.75442129629629628</v>
+        <v>0.90231481481481479</v>
       </c>
       <c r="E312" s="16" t="s">
-        <v>1427</v>
+        <v>1449</v>
       </c>
     </row>
     <row r="313" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A313" s="24" t="s">
-        <v>1516</v>
+        <v>1549</v>
       </c>
       <c r="B313" s="15">
-        <v>45320</v>
+        <v>45407</v>
       </c>
       <c r="C313" s="17">
-        <v>0.12895833333333334</v>
+        <v>0.78918981481481476</v>
       </c>
       <c r="D313" s="17">
-        <v>0.13009259259259259</v>
+        <v>0.78922453703703699</v>
       </c>
       <c r="E313" s="16" t="s">
         <v>1449</v>
       </c>
     </row>
     <row r="314" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A314" s="24" t="s">
-        <v>1515</v>
+        <v>1549</v>
       </c>
       <c r="B314" s="15">
-        <v>45318</v>
+        <v>45407</v>
       </c>
       <c r="C314" s="17">
-        <v>0.1386226851851852</v>
+        <v>7.5578703703703703E-2</v>
       </c>
       <c r="D314" s="17">
-        <v>0.13954861111111111</v>
+        <v>7.570601851851852E-2</v>
       </c>
       <c r="E314" s="16" t="s">
         <v>1449</v>
       </c>
     </row>
     <row r="315" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A315" s="24" t="s">
-        <v>1514</v>
+        <v>1548</v>
       </c>
       <c r="B315" s="15">
-        <v>45315</v>
+        <v>45406</v>
       </c>
       <c r="C315" s="17">
-        <v>0.39614583333333336</v>
+        <v>0.76966435185185178</v>
       </c>
       <c r="D315" s="17">
-        <v>0.39721064814814816</v>
+        <v>0.81431712962962965</v>
       </c>
       <c r="E315" s="16" t="s">
         <v>1449</v>
       </c>
     </row>
     <row r="316" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A316" s="24" t="s">
-        <v>1514</v>
+        <v>1547</v>
       </c>
       <c r="B316" s="15">
-        <v>45315</v>
+        <v>45405</v>
       </c>
       <c r="C316" s="17">
-        <v>0.1188425925925926</v>
+        <v>3.770833333333333E-2</v>
       </c>
       <c r="D316" s="17">
-        <v>0.12061342592592593</v>
+        <v>0.11179398148148149</v>
       </c>
       <c r="E316" s="16" t="s">
-        <v>1449</v>
+        <v>1511</v>
       </c>
     </row>
     <row r="317" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A317" s="24" t="s">
-        <v>1513</v>
+        <v>1546</v>
       </c>
       <c r="B317" s="15">
-        <v>45314</v>
+        <v>45402</v>
       </c>
       <c r="C317" s="17">
-        <v>0.15815972222222222</v>
+        <v>0.95616898148148144</v>
       </c>
       <c r="D317" s="17">
-        <v>0.16768518518518519</v>
+        <v>0.95673611111111112</v>
       </c>
       <c r="E317" s="16" t="s">
         <v>1449</v>
       </c>
     </row>
     <row r="318" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A318" s="24" t="s">
-        <v>1512</v>
+        <v>1546</v>
       </c>
       <c r="B318" s="15">
-        <v>45313</v>
+        <v>45402</v>
       </c>
       <c r="C318" s="17">
-        <v>0.20114583333333333</v>
+        <v>0.72105324074074073</v>
       </c>
       <c r="D318" s="17">
-        <v>0.20570601851851852</v>
+        <v>0.75946759259259267</v>
       </c>
       <c r="E318" s="16" t="s">
         <v>1449</v>
       </c>
     </row>
     <row r="319" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A319" s="24" t="s">
-        <v>1392</v>
+        <v>1404</v>
       </c>
       <c r="B319" s="15">
-        <v>45312</v>
+        <v>45401</v>
       </c>
       <c r="C319" s="17">
-        <v>0.31650462962962961</v>
+        <v>0.92474537037037041</v>
       </c>
       <c r="D319" s="17">
-        <v>0.38849537037037035</v>
+        <v>0.9477199074074073</v>
       </c>
       <c r="E319" s="16" t="s">
-        <v>1511</v>
+        <v>1449</v>
       </c>
     </row>
     <row r="320" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A320" s="24" t="s">
-        <v>1510</v>
+        <v>1545</v>
       </c>
       <c r="B320" s="15">
-        <v>45311</v>
+        <v>45400</v>
       </c>
       <c r="C320" s="17">
-        <v>0.13925925925925928</v>
+        <v>0.77686342592592583</v>
       </c>
       <c r="D320" s="17">
-        <v>0.14057870370370371</v>
+        <v>0.78813657407407411</v>
       </c>
       <c r="E320" s="16" t="s">
         <v>1449</v>
       </c>
     </row>
     <row r="321" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A321" s="24" t="s">
-        <v>1509</v>
+        <v>1544</v>
       </c>
       <c r="B321" s="15">
-        <v>45310</v>
+        <v>45399</v>
       </c>
       <c r="C321" s="17">
-        <v>0.44069444444444444</v>
+        <v>0.67585648148148147</v>
       </c>
       <c r="D321" s="17">
-        <v>0.44094907407407408</v>
+        <v>0.67603009259259261</v>
       </c>
       <c r="E321" s="16" t="s">
         <v>1449</v>
       </c>
     </row>
     <row r="322" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A322" s="24" t="s">
-        <v>1509</v>
+        <v>1544</v>
       </c>
       <c r="B322" s="15">
-        <v>45310</v>
+        <v>45399</v>
       </c>
       <c r="C322" s="17">
-        <v>0.18697916666666667</v>
+        <v>0.31392361111111111</v>
       </c>
       <c r="D322" s="17">
-        <v>0.18869212962962964</v>
+        <v>0.31428240740740737</v>
       </c>
       <c r="E322" s="16" t="s">
         <v>1449</v>
       </c>
     </row>
     <row r="323" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A323" s="24" t="s">
-        <v>1508</v>
+        <v>1543</v>
       </c>
       <c r="B323" s="15">
-        <v>45309</v>
+        <v>45397</v>
       </c>
       <c r="C323" s="17">
-        <v>0.35783564814814817</v>
+        <v>0.80832175925925931</v>
       </c>
       <c r="D323" s="17">
-        <v>0.36283564814814812</v>
+        <v>0.85879629629629628</v>
       </c>
       <c r="E323" s="16" t="s">
         <v>1449</v>
       </c>
     </row>
     <row r="324" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A324" s="24" t="s">
-        <v>1507</v>
+        <v>1542</v>
       </c>
       <c r="B324" s="15">
-        <v>45308</v>
+        <v>45393</v>
       </c>
       <c r="C324" s="17">
-        <v>0.39459490740740738</v>
+        <v>0.74766203703703704</v>
       </c>
       <c r="D324" s="17">
-        <v>0.40540509259259255</v>
+        <v>0.79159722222222229</v>
       </c>
       <c r="E324" s="16" t="s">
         <v>1449</v>
       </c>
     </row>
     <row r="325" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A325" s="24" t="s">
-        <v>1506</v>
+        <v>1541</v>
       </c>
       <c r="B325" s="15">
-        <v>45306</v>
+        <v>45380</v>
       </c>
       <c r="C325" s="17">
-        <v>0.46707175925925926</v>
+        <v>0.66871527777777784</v>
       </c>
       <c r="D325" s="17">
-        <v>0.48953703703703705</v>
+        <v>0.66900462962962959</v>
       </c>
       <c r="E325" s="16" t="s">
         <v>1449</v>
       </c>
     </row>
     <row r="326" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A326" s="24" t="s">
-        <v>1506</v>
+        <v>1540</v>
       </c>
       <c r="B326" s="15">
-        <v>45306</v>
+        <v>45379</v>
       </c>
       <c r="C326" s="17">
-        <v>0.13471064814814815</v>
+        <v>0.291099537037037</v>
       </c>
       <c r="D326" s="17">
-        <v>0.1380787037037037</v>
+        <v>0.33969907407407413</v>
       </c>
       <c r="E326" s="16" t="s">
         <v>1449</v>
       </c>
     </row>
     <row r="327" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A327" s="24" t="s">
-        <v>1505</v>
+        <v>1539</v>
       </c>
       <c r="B327" s="15">
-        <v>45305</v>
+        <v>45378</v>
       </c>
       <c r="C327" s="17">
-        <v>0.76128472222222221</v>
+        <v>0.75444444444444436</v>
       </c>
       <c r="D327" s="17">
-        <v>0.80454861111111109</v>
+        <v>0.76982638888888888</v>
       </c>
       <c r="E327" s="16" t="s">
         <v>1449</v>
       </c>
     </row>
     <row r="328" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A328" s="24" t="s">
-        <v>1505</v>
+        <v>1539</v>
       </c>
       <c r="B328" s="15">
-        <v>45305</v>
+        <v>45378</v>
       </c>
       <c r="C328" s="17">
-        <v>0.44495370370370368</v>
+        <v>0.28278935185185183</v>
       </c>
       <c r="D328" s="17">
-        <v>0.44641203703703702</v>
+        <v>0.29488425925925926</v>
       </c>
       <c r="E328" s="16" t="s">
         <v>1449</v>
       </c>
     </row>
     <row r="329" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A329" s="24" t="s">
-        <v>1504</v>
+        <v>1538</v>
       </c>
       <c r="B329" s="15">
-        <v>45301</v>
+        <v>45377</v>
       </c>
       <c r="C329" s="17">
-        <v>0.40530092592592593</v>
+        <v>0.9341666666666667</v>
       </c>
       <c r="D329" s="17">
-        <v>0.67043981481481485</v>
+        <v>0.93440972222222218</v>
       </c>
       <c r="E329" s="16" t="s">
         <v>1449</v>
       </c>
     </row>
     <row r="330" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A330" s="24" t="s">
-        <v>1416</v>
+        <v>1537</v>
       </c>
       <c r="B330" s="15">
-        <v>45299</v>
+        <v>45376</v>
       </c>
       <c r="C330" s="17">
-        <v>0.91349537037037043</v>
+        <v>2.854166666666667E-2</v>
       </c>
       <c r="D330" s="17">
-        <v>0.92133101851851851</v>
+        <v>0.37841435185185185</v>
       </c>
       <c r="E330" s="16" t="s">
-        <v>1449</v>
+        <v>1511</v>
       </c>
     </row>
     <row r="331" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A331" s="24" t="s">
-        <v>1416</v>
+        <v>1536</v>
       </c>
       <c r="B331" s="15">
-        <v>45299</v>
+        <v>45375</v>
       </c>
       <c r="C331" s="17">
-        <v>0.84097222222222223</v>
+        <v>0.56199074074074074</v>
       </c>
       <c r="D331" s="17">
-        <v>0.85972222222222217</v>
+        <v>0.62489583333333332</v>
       </c>
       <c r="E331" s="16" t="s">
-        <v>1176</v>
+        <v>1511</v>
       </c>
     </row>
     <row r="332" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A332" s="24" t="s">
-        <v>1503</v>
+        <v>1536</v>
       </c>
       <c r="B332" s="15">
-        <v>45295</v>
+        <v>45375</v>
       </c>
       <c r="C332" s="17">
-        <v>0.7943634259259259</v>
+        <v>3.7500000000000003E-3</v>
       </c>
       <c r="D332" s="17">
-        <v>0.80862268518518521</v>
+        <v>0.41827546296296297</v>
       </c>
       <c r="E332" s="16" t="s">
-        <v>1449</v>
+        <v>1427</v>
       </c>
     </row>
     <row r="333" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A333" s="24" t="s">
-        <v>1468</v>
+        <v>1535</v>
       </c>
       <c r="B333" s="15">
-        <v>45290</v>
+        <v>45374</v>
       </c>
       <c r="C333" s="17">
-        <v>0.56457175925925929</v>
+        <v>3.9930555555555559E-2</v>
       </c>
       <c r="D333" s="17">
-        <v>0.56475694444444446</v>
+        <v>0.39002314814814815</v>
       </c>
       <c r="E333" s="16" t="s">
-        <v>1449</v>
+        <v>1427</v>
       </c>
     </row>
     <row r="334" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A334" s="24" t="s">
-        <v>1467</v>
+        <v>1401</v>
       </c>
       <c r="B334" s="15">
-        <v>45289</v>
+        <v>45371</v>
       </c>
       <c r="C334" s="17">
-        <v>0.93755787037037042</v>
+        <v>0.3721990740740741</v>
       </c>
       <c r="D334" s="17">
-        <v>0.94495370370370368</v>
+        <v>0.37232638888888886</v>
       </c>
       <c r="E334" s="16" t="s">
-        <v>1449</v>
+        <v>1427</v>
       </c>
     </row>
     <row r="335" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A335" s="24" t="s">
-        <v>1466</v>
+        <v>1534</v>
       </c>
       <c r="B335" s="15">
-        <v>45288</v>
+        <v>45370</v>
       </c>
       <c r="C335" s="17">
-        <v>0.85758101851851853</v>
+        <v>0.79873842592592592</v>
       </c>
       <c r="D335" s="17">
-        <v>0.92297453703703702</v>
+        <v>0.79912037037037031</v>
       </c>
       <c r="E335" s="16" t="s">
-        <v>1427</v>
+        <v>1449</v>
       </c>
     </row>
     <row r="336" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A336" s="24" t="s">
-        <v>1464</v>
+        <v>1534</v>
       </c>
       <c r="B336" s="15">
-        <v>45286</v>
+        <v>45370</v>
       </c>
       <c r="C336" s="17">
-        <v>0.90993055555555558</v>
+        <v>0.34384259259259259</v>
       </c>
       <c r="D336" s="17">
-        <v>0.92599537037037039</v>
+        <v>0.41207175925925926</v>
       </c>
       <c r="E336" s="16" t="s">
-        <v>1465</v>
+        <v>1511</v>
       </c>
     </row>
     <row r="337" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A337" s="24" t="s">
-        <v>1464</v>
+        <v>1533</v>
       </c>
       <c r="B337" s="15">
-        <v>45286</v>
+        <v>45368</v>
       </c>
       <c r="C337" s="17">
-        <v>0.73880787037037043</v>
+        <v>4.0972222222222226E-3</v>
       </c>
       <c r="D337" s="17">
-        <v>0.76894675925925926</v>
+        <v>8.44212962962963E-2</v>
       </c>
       <c r="E337" s="16" t="s">
-        <v>1449</v>
+        <v>1511</v>
       </c>
     </row>
     <row r="338" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A338" s="24" t="s">
-        <v>1463</v>
+        <v>1532</v>
       </c>
       <c r="B338" s="15">
-        <v>45282</v>
+        <v>45365</v>
       </c>
       <c r="C338" s="17">
-        <v>0.79862268518518509</v>
+        <v>0.82101851851851848</v>
       </c>
       <c r="D338" s="17">
-        <v>0.79871527777777773</v>
+        <v>0.83724537037037028</v>
       </c>
       <c r="E338" s="16" t="s">
         <v>1449</v>
       </c>
     </row>
     <row r="339" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A339" s="24" t="s">
-        <v>1462</v>
+        <v>1531</v>
       </c>
       <c r="B339" s="15">
-        <v>45279</v>
+        <v>45362</v>
       </c>
       <c r="C339" s="17">
-        <v>0.77399305555555553</v>
+        <v>0.83862268518518512</v>
       </c>
       <c r="D339" s="17">
-        <v>0.79027777777777775</v>
+        <v>0.85543981481481479</v>
       </c>
       <c r="E339" s="16" t="s">
         <v>1449</v>
       </c>
     </row>
     <row r="340" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A340" s="24" t="s">
-        <v>1461</v>
+        <v>1530</v>
       </c>
       <c r="B340" s="15">
-        <v>45278</v>
+        <v>45357</v>
       </c>
       <c r="C340" s="17">
-        <v>0.87456018518518519</v>
+        <v>0.58685185185185185</v>
       </c>
       <c r="D340" s="17">
-        <v>0.87971064814814814</v>
+        <v>0.58702546296296299</v>
       </c>
       <c r="E340" s="16" t="s">
         <v>1449</v>
       </c>
     </row>
     <row r="341" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A341" s="24" t="s">
-        <v>1461</v>
+        <v>1529</v>
       </c>
       <c r="B341" s="15">
-        <v>45278</v>
+        <v>45356</v>
       </c>
       <c r="C341" s="17">
-        <v>0.5597685185185185</v>
+        <v>0.655787037037037</v>
       </c>
       <c r="D341" s="17">
-        <v>0.56019675925925927</v>
+        <v>0.65623842592592596</v>
       </c>
       <c r="E341" s="16" t="s">
         <v>1449</v>
       </c>
     </row>
     <row r="342" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A342" s="24" t="s">
-        <v>1460</v>
+        <v>1528</v>
       </c>
       <c r="B342" s="15">
-        <v>45273</v>
+        <v>45354</v>
       </c>
       <c r="C342" s="17">
-        <v>0.80584490740740744</v>
+        <v>0.71942129629629636</v>
       </c>
       <c r="D342" s="17">
-        <v>0.80884259259259261</v>
+        <v>0.72043981481481489</v>
       </c>
       <c r="E342" s="16" t="s">
         <v>1449</v>
       </c>
     </row>
     <row r="343" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A343" s="24" t="s">
-        <v>1459</v>
+        <v>1527</v>
       </c>
       <c r="B343" s="15">
-        <v>45271</v>
+        <v>45351</v>
       </c>
       <c r="C343" s="17">
-        <v>0.56427083333333339</v>
+        <v>0.79762731481481486</v>
       </c>
       <c r="D343" s="17">
-        <v>0.56434027777777784</v>
+        <v>0.81202546296296296</v>
       </c>
       <c r="E343" s="16" t="s">
         <v>1449</v>
       </c>
     </row>
     <row r="344" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A344" s="24" t="s">
-        <v>1458</v>
+        <v>1527</v>
       </c>
       <c r="B344" s="15">
-        <v>45268</v>
+        <v>45351</v>
       </c>
       <c r="C344" s="17">
-        <v>0.78085648148148146</v>
+        <v>0</v>
       </c>
       <c r="D344" s="17">
-        <v>0.78968749999999999</v>
+        <v>7.7546296296296287E-3</v>
       </c>
       <c r="E344" s="16" t="s">
         <v>1449</v>
       </c>
     </row>
     <row r="345" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A345" s="24" t="s">
-        <v>1457</v>
+        <v>1526</v>
       </c>
       <c r="B345" s="15">
-        <v>45264</v>
+        <v>45350</v>
       </c>
       <c r="C345" s="17">
-        <v>0.51140046296296293</v>
+        <v>6.267361111111111E-2</v>
       </c>
       <c r="D345" s="17">
-        <v>0.58377314814814818</v>
+        <v>0.11520833333333334</v>
       </c>
       <c r="E345" s="16" t="s">
-        <v>1427</v>
+        <v>1449</v>
       </c>
     </row>
     <row r="346" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A346" s="24" t="s">
-        <v>1456</v>
+        <v>1525</v>
       </c>
       <c r="B346" s="15">
-        <v>45262</v>
+        <v>45348</v>
       </c>
       <c r="C346" s="17">
-        <v>0.85805555555555557</v>
+        <v>0.46854166666666663</v>
       </c>
       <c r="D346" s="17">
-        <v>0.92366898148148147</v>
+        <v>0.54050925925925919</v>
       </c>
       <c r="E346" s="16" t="s">
-        <v>1427</v>
+        <v>1511</v>
       </c>
     </row>
     <row r="347" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A347" s="24" t="s">
-        <v>1455</v>
+        <v>1524</v>
       </c>
       <c r="B347" s="15">
-        <v>45258</v>
+        <v>45340</v>
       </c>
       <c r="C347" s="17">
-        <v>0.7506018518518518</v>
+        <v>0.57208333333333339</v>
       </c>
       <c r="D347" s="17">
-        <v>0.79630787037037043</v>
+        <v>0.57216435185185188</v>
       </c>
       <c r="E347" s="16" t="s">
         <v>1449</v>
       </c>
     </row>
     <row r="348" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A348" s="24" t="s">
-        <v>1454</v>
+        <v>1523</v>
       </c>
       <c r="B348" s="15">
-        <v>45256</v>
+        <v>45339</v>
       </c>
       <c r="C348" s="17">
-        <v>0.80108796296296303</v>
+        <v>0.61028935185185185</v>
       </c>
       <c r="D348" s="17">
-        <v>0.80283564814814812</v>
+        <v>0.61034722222222226</v>
       </c>
       <c r="E348" s="16" t="s">
         <v>1449</v>
       </c>
     </row>
     <row r="349" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A349" s="24" t="s">
-        <v>1453</v>
+        <v>1522</v>
       </c>
       <c r="B349" s="15">
-        <v>45255</v>
+        <v>45333</v>
       </c>
       <c r="C349" s="17">
-        <v>0.74556712962962957</v>
+        <v>0.57701388888888883</v>
       </c>
       <c r="D349" s="17">
-        <v>0.74556712962962957</v>
+        <v>0.57785879629629633</v>
       </c>
       <c r="E349" s="16" t="s">
         <v>1449</v>
       </c>
     </row>
     <row r="350" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A350" s="24" t="s">
-        <v>1386</v>
+        <v>1521</v>
       </c>
       <c r="B350" s="15">
-        <v>45254</v>
+        <v>45331</v>
       </c>
       <c r="C350" s="17">
-        <v>0.8087847222222222</v>
+        <v>0.81399305555555557</v>
       </c>
       <c r="D350" s="17">
-        <v>0.80881944444444442</v>
+        <v>0.81406250000000002</v>
       </c>
       <c r="E350" s="16" t="s">
         <v>1449</v>
       </c>
     </row>
     <row r="351" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A351" s="24" t="s">
-        <v>1452</v>
+        <v>1520</v>
       </c>
       <c r="B351" s="15">
-        <v>45253</v>
+        <v>45330</v>
       </c>
       <c r="C351" s="17">
-        <v>0.53993055555555558</v>
+        <v>0.30182870370370368</v>
       </c>
       <c r="D351" s="17">
-        <v>0.54372685185185188</v>
+        <v>0.30212962962962964</v>
       </c>
       <c r="E351" s="16" t="s">
         <v>1449</v>
       </c>
     </row>
     <row r="352" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A352" s="24" t="s">
-        <v>1451</v>
+        <v>1519</v>
       </c>
       <c r="B352" s="15">
-        <v>45251</v>
+        <v>45325</v>
       </c>
       <c r="C352" s="17">
-        <v>0.95694444444444438</v>
+        <v>0.54</v>
       </c>
       <c r="D352" s="17">
-        <v>0.98333333333333339</v>
+        <v>0.61076388888888888</v>
       </c>
       <c r="E352" s="16" t="s">
-        <v>1296</v>
+        <v>1449</v>
       </c>
     </row>
     <row r="353" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A353" s="24" t="s">
-        <v>1451</v>
+        <v>1518</v>
       </c>
       <c r="B353" s="15">
-        <v>45251</v>
+        <v>45324</v>
       </c>
       <c r="C353" s="17">
-        <v>0.78783564814814822</v>
+        <v>0.38716435185185188</v>
       </c>
       <c r="D353" s="17">
-        <v>0.83450231481481485</v>
+        <v>0.8041666666666667</v>
       </c>
       <c r="E353" s="16" t="s">
-        <v>1449</v>
+        <v>1427</v>
       </c>
     </row>
     <row r="354" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A354" s="24" t="s">
-        <v>1451</v>
+        <v>1517</v>
       </c>
       <c r="B354" s="15">
-        <v>45251</v>
+        <v>45323</v>
       </c>
       <c r="C354" s="17">
-        <v>0.4069444444444445</v>
+        <v>0.35891203703703706</v>
       </c>
       <c r="D354" s="17">
-        <v>0.43472222222222223</v>
+        <v>0.50634259259259262</v>
       </c>
       <c r="E354" s="16" t="s">
-        <v>1293</v>
+        <v>1511</v>
       </c>
     </row>
     <row r="355" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A355" s="24" t="s">
-        <v>1450</v>
+        <v>1517</v>
       </c>
       <c r="B355" s="15">
-        <v>45250</v>
+        <v>45322</v>
       </c>
       <c r="C355" s="17">
-        <v>0.9277777777777777</v>
+        <v>0.3417824074074074</v>
       </c>
       <c r="D355" s="17">
-        <v>0.95416666666666661</v>
+        <v>0.40203703703703703</v>
       </c>
       <c r="E355" s="16" t="s">
-        <v>1295</v>
+        <v>1511</v>
       </c>
     </row>
     <row r="356" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A356" s="24" t="s">
-        <v>1450</v>
+        <v>1516</v>
       </c>
       <c r="B356" s="15">
-        <v>45250</v>
+        <v>45320</v>
       </c>
       <c r="C356" s="17">
-        <v>0.88384259259259268</v>
+        <v>0.68437500000000007</v>
       </c>
       <c r="D356" s="17">
-        <v>0.89004629629629628</v>
+        <v>0.75442129629629628</v>
       </c>
       <c r="E356" s="16" t="s">
-        <v>1449</v>
+        <v>1427</v>
       </c>
     </row>
     <row r="357" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A357" s="24" t="s">
-        <v>1450</v>
+        <v>1516</v>
       </c>
       <c r="B357" s="15">
-        <v>45250</v>
+        <v>45320</v>
       </c>
       <c r="C357" s="17">
-        <v>0.37847222222222227</v>
+        <v>0.12895833333333334</v>
       </c>
       <c r="D357" s="17">
-        <v>0.40625</v>
+        <v>0.13009259259259259</v>
       </c>
       <c r="E357" s="16" t="s">
-        <v>1180</v>
+        <v>1449</v>
       </c>
     </row>
     <row r="358" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A358" s="24" t="s">
-        <v>1448</v>
+        <v>1515</v>
       </c>
       <c r="B358" s="15">
-        <v>45248</v>
+        <v>45318</v>
       </c>
       <c r="C358" s="17">
-        <v>4.0358796296296295E-2</v>
+        <v>0.1386226851851852</v>
       </c>
       <c r="D358" s="17">
-        <v>4.0520833333333332E-2</v>
+        <v>0.13954861111111111</v>
       </c>
       <c r="E358" s="16" t="s">
         <v>1449</v>
       </c>
     </row>
     <row r="359" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A359" s="24" t="s">
-        <v>1444</v>
+        <v>1514</v>
       </c>
       <c r="B359" s="15">
-        <v>45245</v>
+        <v>45315</v>
       </c>
       <c r="C359" s="17">
-        <v>0.68263888888888891</v>
+        <v>0.39614583333333336</v>
       </c>
       <c r="D359" s="17">
-        <v>0.70138888888888884</v>
+        <v>0.39721064814814816</v>
       </c>
       <c r="E359" s="16" t="s">
-        <v>1447</v>
+        <v>1449</v>
       </c>
     </row>
     <row r="360" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A360" s="24" t="s">
-        <v>1444</v>
+        <v>1514</v>
       </c>
       <c r="B360" s="15">
-        <v>45245</v>
+        <v>45315</v>
       </c>
       <c r="C360" s="17">
-        <v>0.30208333333333331</v>
+        <v>0.1188425925925926</v>
       </c>
       <c r="D360" s="17">
-        <v>0.3298611111111111</v>
+        <v>0.12061342592592593</v>
       </c>
       <c r="E360" s="16" t="s">
-        <v>1446</v>
+        <v>1449</v>
       </c>
     </row>
     <row r="361" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A361" s="24" t="s">
-        <v>1444</v>
+        <v>1513</v>
       </c>
       <c r="B361" s="15">
-        <v>45245</v>
+        <v>45314</v>
       </c>
       <c r="C361" s="17">
-        <v>0.17777777777777778</v>
+        <v>0.15815972222222222</v>
       </c>
       <c r="D361" s="17">
-        <v>0.19652777777777777</v>
+        <v>0.16768518518518519</v>
       </c>
       <c r="E361" s="16" t="s">
-        <v>1445</v>
+        <v>1449</v>
       </c>
     </row>
     <row r="362" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A362" s="24" t="s">
-        <v>1436</v>
+        <v>1512</v>
       </c>
       <c r="B362" s="15">
-        <v>45244</v>
+        <v>45313</v>
       </c>
       <c r="C362" s="17">
-        <v>0.8222222222222223</v>
+        <v>0.20114583333333333</v>
       </c>
       <c r="D362" s="17">
-        <v>0.85</v>
+        <v>0.20570601851851852</v>
       </c>
       <c r="E362" s="16" t="s">
-        <v>1443</v>
+        <v>1449</v>
       </c>
     </row>
     <row r="363" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A363" s="24" t="s">
-        <v>1436</v>
+        <v>1392</v>
       </c>
       <c r="B363" s="15">
-        <v>45244</v>
+        <v>45312</v>
       </c>
       <c r="C363" s="17">
-        <v>0.72152777777777777</v>
+        <v>0.31650462962962961</v>
       </c>
       <c r="D363" s="17">
-        <v>0.7402777777777777</v>
+        <v>0.38849537037037035</v>
       </c>
       <c r="E363" s="16" t="s">
-        <v>1442</v>
+        <v>1511</v>
       </c>
     </row>
     <row r="364" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A364" s="24" t="s">
-        <v>1436</v>
+        <v>1510</v>
       </c>
       <c r="B364" s="15">
-        <v>45244</v>
+        <v>45311</v>
       </c>
       <c r="C364" s="17">
-        <v>0.48402777777777778</v>
+        <v>0.13925925925925928</v>
       </c>
       <c r="D364" s="17">
-        <v>0.50277777777777777</v>
+        <v>0.14057870370370371</v>
       </c>
       <c r="E364" s="16" t="s">
-        <v>1441</v>
+        <v>1449</v>
       </c>
     </row>
     <row r="365" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A365" s="24" t="s">
-        <v>1436</v>
+        <v>1509</v>
       </c>
       <c r="B365" s="15">
-        <v>45244</v>
+        <v>45310</v>
       </c>
       <c r="C365" s="17">
-        <v>0.4152777777777778</v>
+        <v>0.44069444444444444</v>
       </c>
       <c r="D365" s="17">
-        <v>0.43402777777777773</v>
+        <v>0.44094907407407408</v>
       </c>
       <c r="E365" s="16" t="s">
-        <v>1440</v>
+        <v>1449</v>
       </c>
     </row>
     <row r="366" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A366" s="24" t="s">
-        <v>1436</v>
+        <v>1509</v>
       </c>
       <c r="B366" s="15">
-        <v>45244</v>
+        <v>45310</v>
       </c>
       <c r="C366" s="17">
-        <v>0.34652777777777777</v>
+        <v>0.18697916666666667</v>
       </c>
       <c r="D366" s="17">
-        <v>0.36527777777777781</v>
+        <v>0.18869212962962964</v>
       </c>
       <c r="E366" s="16" t="s">
-        <v>1439</v>
+        <v>1449</v>
       </c>
     </row>
     <row r="367" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A367" s="24" t="s">
-        <v>1436</v>
+        <v>1508</v>
       </c>
       <c r="B367" s="15">
-        <v>45244</v>
+        <v>45309</v>
       </c>
       <c r="C367" s="17">
-        <v>0.27777777777777779</v>
+        <v>0.35783564814814817</v>
       </c>
       <c r="D367" s="17">
-        <v>0.29652777777777778</v>
+        <v>0.36283564814814812</v>
       </c>
       <c r="E367" s="16" t="s">
-        <v>1438</v>
+        <v>1449</v>
       </c>
     </row>
     <row r="368" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A368" s="24" t="s">
-        <v>1436</v>
+        <v>1507</v>
       </c>
       <c r="B368" s="15">
-        <v>45244</v>
+        <v>45308</v>
       </c>
       <c r="C368" s="17">
-        <v>0.14861111111111111</v>
+        <v>0.39459490740740738</v>
       </c>
       <c r="D368" s="17">
-        <v>0.1673611111111111</v>
+        <v>0.40540509259259255</v>
       </c>
       <c r="E368" s="16" t="s">
-        <v>1437</v>
+        <v>1449</v>
       </c>
     </row>
     <row r="369" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A369" s="24" t="s">
-        <v>1424</v>
+        <v>1506</v>
       </c>
       <c r="B369" s="15">
-        <v>45243</v>
+        <v>45306</v>
       </c>
       <c r="C369" s="17">
-        <v>0.93472222222222223</v>
+        <v>0.46707175925925926</v>
       </c>
       <c r="D369" s="17">
-        <v>0.95347222222222217</v>
+        <v>0.48953703703703705</v>
       </c>
       <c r="E369" s="16" t="s">
-        <v>1435</v>
+        <v>1449</v>
       </c>
     </row>
     <row r="370" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A370" s="24" t="s">
-        <v>1424</v>
+        <v>1506</v>
       </c>
       <c r="B370" s="15">
-        <v>45243</v>
+        <v>45306</v>
       </c>
       <c r="C370" s="17">
-        <v>0.8666666666666667</v>
+        <v>0.13471064814814815</v>
       </c>
       <c r="D370" s="17">
-        <v>0.88541666666666663</v>
+        <v>0.1380787037037037</v>
       </c>
       <c r="E370" s="16" t="s">
-        <v>1434</v>
+        <v>1449</v>
       </c>
     </row>
     <row r="371" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A371" s="24" t="s">
-        <v>1424</v>
+        <v>1505</v>
       </c>
       <c r="B371" s="15">
-        <v>45243</v>
+        <v>45305</v>
       </c>
       <c r="C371" s="17">
-        <v>0.79791666666666661</v>
+        <v>0.76128472222222221</v>
       </c>
       <c r="D371" s="17">
-        <v>0.81666666666666676</v>
+        <v>0.80454861111111109</v>
       </c>
       <c r="E371" s="16" t="s">
-        <v>1433</v>
+        <v>1449</v>
       </c>
     </row>
     <row r="372" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A372" s="24" t="s">
-        <v>1424</v>
+        <v>1505</v>
       </c>
       <c r="B372" s="15">
-        <v>45243</v>
+        <v>45305</v>
       </c>
       <c r="C372" s="17">
-        <v>0.69305555555555554</v>
+        <v>0.44495370370370368</v>
       </c>
       <c r="D372" s="17">
-        <v>0.71180555555555547</v>
+        <v>0.44641203703703702</v>
       </c>
       <c r="E372" s="16" t="s">
-        <v>1432</v>
+        <v>1449</v>
       </c>
     </row>
     <row r="373" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A373" s="24" t="s">
-        <v>1424</v>
+        <v>1504</v>
       </c>
       <c r="B373" s="15">
-        <v>45243</v>
+        <v>45301</v>
       </c>
       <c r="C373" s="17">
-        <v>0.59236111111111112</v>
+        <v>0.40530092592592593</v>
       </c>
       <c r="D373" s="17">
-        <v>0.61111111111111105</v>
+        <v>0.67043981481481485</v>
       </c>
       <c r="E373" s="16" t="s">
-        <v>1431</v>
+        <v>1449</v>
       </c>
     </row>
     <row r="374" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A374" s="24" t="s">
-        <v>1424</v>
+        <v>1416</v>
       </c>
       <c r="B374" s="15">
-        <v>45243</v>
+        <v>45299</v>
       </c>
       <c r="C374" s="17">
-        <v>0.52361111111111114</v>
+        <v>0.91349537037037043</v>
       </c>
       <c r="D374" s="17">
-        <v>0.54236111111111118</v>
+        <v>0.92133101851851851</v>
       </c>
       <c r="E374" s="16" t="s">
-        <v>1430</v>
+        <v>1449</v>
       </c>
     </row>
     <row r="375" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A375" s="24" t="s">
-        <v>1424</v>
+        <v>1416</v>
       </c>
       <c r="B375" s="15">
-        <v>45243</v>
+        <v>45299</v>
       </c>
       <c r="C375" s="17">
-        <v>0.50440972222222225</v>
+        <v>0.84097222222222223</v>
       </c>
       <c r="D375" s="17">
-        <v>0.50445601851851851</v>
+        <v>0.85972222222222217</v>
       </c>
       <c r="E375" s="16" t="s">
-        <v>1427</v>
+        <v>1176</v>
       </c>
     </row>
     <row r="376" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A376" s="24" t="s">
-        <v>1424</v>
+        <v>1503</v>
       </c>
       <c r="B376" s="15">
-        <v>45243</v>
+        <v>45295</v>
       </c>
       <c r="C376" s="17">
-        <v>0.4548611111111111</v>
+        <v>0.7943634259259259</v>
       </c>
       <c r="D376" s="17">
-        <v>0.47361111111111115</v>
+        <v>0.80862268518518521</v>
       </c>
       <c r="E376" s="16" t="s">
-        <v>1429</v>
+        <v>1449</v>
       </c>
     </row>
     <row r="377" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A377" s="24" t="s">
-        <v>1424</v>
+        <v>1468</v>
       </c>
       <c r="B377" s="15">
-        <v>45243</v>
+        <v>45290</v>
       </c>
       <c r="C377" s="17">
-        <v>0.38611111111111113</v>
+        <v>0.56457175925925929</v>
       </c>
       <c r="D377" s="17">
-        <v>0.40486111111111112</v>
+        <v>0.56475694444444446</v>
       </c>
       <c r="E377" s="16" t="s">
-        <v>1428</v>
+        <v>1449</v>
       </c>
     </row>
     <row r="378" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A378" s="24" t="s">
-        <v>1424</v>
+        <v>1467</v>
       </c>
       <c r="B378" s="15">
-        <v>45243</v>
+        <v>45289</v>
       </c>
       <c r="C378" s="17">
-        <v>0.37631944444444443</v>
+        <v>0.93755787037037042</v>
       </c>
       <c r="D378" s="17">
-        <v>0.45674768518518521</v>
+        <v>0.94495370370370368</v>
       </c>
       <c r="E378" s="16" t="s">
-        <v>1427</v>
+        <v>1449</v>
       </c>
     </row>
     <row r="379" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A379" s="24" t="s">
-        <v>1424</v>
+        <v>1466</v>
       </c>
       <c r="B379" s="15">
-        <v>45243</v>
+        <v>45288</v>
       </c>
       <c r="C379" s="17">
-        <v>0.31736111111111115</v>
+        <v>0.85758101851851853</v>
       </c>
       <c r="D379" s="17">
-        <v>0.33611111111111108</v>
+        <v>0.92297453703703702</v>
       </c>
       <c r="E379" s="16" t="s">
-        <v>1426</v>
+        <v>1427</v>
       </c>
     </row>
     <row r="380" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A380" s="24" t="s">
-        <v>1424</v>
+        <v>1464</v>
       </c>
       <c r="B380" s="15">
-        <v>45243</v>
+        <v>45286</v>
       </c>
       <c r="C380" s="17">
-        <v>0.18819444444444444</v>
+        <v>0.90993055555555558</v>
       </c>
       <c r="D380" s="17">
-        <v>0.20694444444444446</v>
+        <v>0.92599537037037039</v>
       </c>
       <c r="E380" s="16" t="s">
-        <v>1425</v>
+        <v>1465</v>
       </c>
     </row>
     <row r="381" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A381" s="24" t="s">
-        <v>1422</v>
+        <v>1464</v>
       </c>
       <c r="B381" s="15">
-        <v>45195</v>
+        <v>45286</v>
       </c>
       <c r="C381" s="17">
-        <v>0.56821759259259264</v>
+        <v>0.73880787037037043</v>
       </c>
       <c r="D381" s="17">
-        <v>0.58062500000000006</v>
+        <v>0.76894675925925926</v>
       </c>
       <c r="E381" s="16" t="s">
-        <v>1423</v>
+        <v>1449</v>
       </c>
     </row>
     <row r="382" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A382" s="24" t="s">
-        <v>1420</v>
+        <v>1463</v>
       </c>
       <c r="B382" s="15">
-        <v>45136</v>
+        <v>45282</v>
       </c>
       <c r="C382" s="17">
-        <v>0.4039699074074074</v>
+        <v>0.79862268518518509</v>
       </c>
       <c r="D382" s="17">
-        <v>0.41261574074074076</v>
+        <v>0.79871527777777773</v>
       </c>
       <c r="E382" s="16" t="s">
-        <v>1421</v>
+        <v>1449</v>
       </c>
     </row>
     <row r="383" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A383" s="24" t="s">
-        <v>1294</v>
+        <v>1462</v>
       </c>
       <c r="B383" s="15">
-        <v>44489</v>
+        <v>45279</v>
       </c>
       <c r="C383" s="17">
-        <v>0.92361111111111116</v>
+        <v>0.77399305555555553</v>
       </c>
       <c r="D383" s="17">
-        <v>0.45</v>
+        <v>0.79027777777777775</v>
       </c>
       <c r="E383" s="16" t="s">
-        <v>1296</v>
+        <v>1449</v>
       </c>
     </row>
     <row r="384" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A384" s="24" t="s">
-        <v>1294</v>
+        <v>1461</v>
       </c>
       <c r="B384" s="15">
-        <v>44489</v>
+        <v>45278</v>
       </c>
       <c r="C384" s="17">
-        <v>0.3743055555555555</v>
+        <v>0.87456018518518519</v>
       </c>
       <c r="D384" s="17">
-        <v>0.40069444444444446</v>
+        <v>0.87971064814814814</v>
       </c>
       <c r="E384" s="16" t="s">
-        <v>1295</v>
-[...2 lines deleted...]
-    <row r="385" spans="1:5" ht="14.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+        <v>1449</v>
+      </c>
+    </row>
+    <row r="385" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A385" s="24" t="s">
-        <v>1292</v>
+        <v>1461</v>
       </c>
       <c r="B385" s="15">
-        <v>44488</v>
+        <v>45278</v>
       </c>
       <c r="C385" s="17">
-        <v>0.8930555555555556</v>
+        <v>0.5597685185185185</v>
       </c>
       <c r="D385" s="17">
-        <v>0.92083333333333339</v>
+        <v>0.56019675925925927</v>
       </c>
       <c r="E385" s="16" t="s">
-        <v>1293</v>
+        <v>1449</v>
       </c>
     </row>
     <row r="386" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A386" s="24" t="s">
-        <v>1292</v>
+        <v>1460</v>
       </c>
       <c r="B386" s="15">
-        <v>44488</v>
+        <v>45273</v>
       </c>
       <c r="C386" s="17">
-        <v>0.3430555555555555</v>
+        <v>0.80584490740740744</v>
       </c>
       <c r="D386" s="17">
-        <v>0.37083333333333335</v>
+        <v>0.80884259259259261</v>
       </c>
       <c r="E386" s="16" t="s">
-        <v>1180</v>
-[...2 lines deleted...]
-    <row r="387" spans="1:5" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+        <v>1449</v>
+      </c>
+    </row>
+    <row r="387" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A387" s="24" t="s">
-        <v>1290</v>
+        <v>1459</v>
       </c>
       <c r="B387" s="15">
-        <v>44487</v>
+        <v>45271</v>
       </c>
       <c r="C387" s="17">
-        <v>0.93125000000000002</v>
+        <v>0.56427083333333339</v>
       </c>
       <c r="D387" s="17">
-        <v>0.9590277777777777</v>
+        <v>0.56434027777777784</v>
       </c>
       <c r="E387" s="16" t="s">
-        <v>1291</v>
-[...2 lines deleted...]
-    <row r="388" spans="1:5" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+        <v>1449</v>
+      </c>
+    </row>
+    <row r="388" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A388" s="24" t="s">
-        <v>1290</v>
+        <v>1458</v>
       </c>
       <c r="B388" s="15">
-        <v>44487</v>
+        <v>45268</v>
       </c>
       <c r="C388" s="17">
-        <v>0.38194444444444442</v>
+        <v>0.78085648148148146</v>
       </c>
       <c r="D388" s="17">
-        <v>0.40972222222222227</v>
+        <v>0.78968749999999999</v>
       </c>
       <c r="E388" s="16" t="s">
-        <v>1172</v>
-[...2 lines deleted...]
-    <row r="389" spans="1:5" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+        <v>1449</v>
+      </c>
+    </row>
+    <row r="389" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A389" s="24" t="s">
-        <v>1289</v>
+        <v>1457</v>
       </c>
       <c r="B389" s="15">
-        <v>44482</v>
+        <v>45264</v>
       </c>
       <c r="C389" s="17">
-        <v>0.92361111111111116</v>
+        <v>0.51140046296296293</v>
       </c>
       <c r="D389" s="17">
-        <v>0.94236111111111109</v>
+        <v>0.58377314814814818</v>
       </c>
       <c r="E389" s="16" t="s">
-        <v>1122</v>
-[...2 lines deleted...]
-    <row r="390" spans="1:5" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+        <v>1427</v>
+      </c>
+    </row>
+    <row r="390" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A390" s="24" t="s">
-        <v>1289</v>
+        <v>1456</v>
       </c>
       <c r="B390" s="15">
-        <v>44482</v>
+        <v>45262</v>
       </c>
       <c r="C390" s="17">
-        <v>0.37361111111111112</v>
+        <v>0.85805555555555557</v>
       </c>
       <c r="D390" s="17">
-        <v>0.3923611111111111</v>
+        <v>0.92366898148148147</v>
       </c>
       <c r="E390" s="16" t="s">
-        <v>1184</v>
-[...2 lines deleted...]
-    <row r="391" spans="1:5" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+        <v>1427</v>
+      </c>
+    </row>
+    <row r="391" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A391" s="24" t="s">
-        <v>1289</v>
+        <v>1455</v>
       </c>
       <c r="B391" s="15">
-        <v>44482</v>
+        <v>45258</v>
       </c>
       <c r="C391" s="17">
-        <v>0.17291666666666669</v>
+        <v>0.7506018518518518</v>
       </c>
       <c r="D391" s="17">
-        <v>0.19166666666666665</v>
+        <v>0.79630787037037043</v>
       </c>
       <c r="E391" s="16" t="s">
-        <v>1182</v>
-[...2 lines deleted...]
-    <row r="392" spans="1:5" ht="15.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+        <v>1449</v>
+      </c>
+    </row>
+    <row r="392" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A392" s="24" t="s">
-        <v>1288</v>
+        <v>1454</v>
       </c>
       <c r="B392" s="15">
-        <v>44481</v>
+        <v>45256</v>
       </c>
       <c r="C392" s="17">
-        <v>0.8930555555555556</v>
+        <v>0.80108796296296303</v>
       </c>
       <c r="D392" s="17">
-        <v>0.91180555555555554</v>
+        <v>0.80283564814814812</v>
       </c>
       <c r="E392" s="16" t="s">
-        <v>1190</v>
-[...2 lines deleted...]
-    <row r="393" spans="1:5" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+        <v>1449</v>
+      </c>
+    </row>
+    <row r="393" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A393" s="24" t="s">
-        <v>1288</v>
+        <v>1453</v>
       </c>
       <c r="B393" s="15">
-        <v>44481</v>
+        <v>45255</v>
       </c>
       <c r="C393" s="17">
-        <v>0.34375</v>
+        <v>0.74556712962962957</v>
       </c>
       <c r="D393" s="17">
-        <v>0.36249999999999999</v>
+        <v>0.74556712962962957</v>
       </c>
       <c r="E393" s="16" t="s">
-        <v>1179</v>
-[...2 lines deleted...]
-    <row r="394" spans="1:5" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+        <v>1449</v>
+      </c>
+    </row>
+    <row r="394" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A394" s="24" t="s">
-        <v>1288</v>
+        <v>1386</v>
       </c>
       <c r="B394" s="15">
-        <v>44481</v>
+        <v>45254</v>
       </c>
       <c r="C394" s="17">
-        <v>0.14305555555555557</v>
+        <v>0.8087847222222222</v>
       </c>
       <c r="D394" s="17">
-        <v>0.16180555555555556</v>
+        <v>0.80881944444444442</v>
       </c>
       <c r="E394" s="16" t="s">
-        <v>1174</v>
-[...2 lines deleted...]
-    <row r="395" spans="1:5" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+        <v>1449</v>
+      </c>
+    </row>
+    <row r="395" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A395" s="24" t="s">
-        <v>1287</v>
+        <v>1452</v>
       </c>
       <c r="B395" s="15">
-        <v>44480</v>
+        <v>45253</v>
       </c>
       <c r="C395" s="17">
-        <v>0.93263888888888891</v>
+        <v>0.53993055555555558</v>
       </c>
       <c r="D395" s="17">
-        <v>0.95138888888888884</v>
+        <v>0.54372685185185188</v>
       </c>
       <c r="E395" s="16" t="s">
-        <v>1187</v>
-[...2 lines deleted...]
-    <row r="396" spans="1:5" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+        <v>1449</v>
+      </c>
+    </row>
+    <row r="396" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A396" s="24" t="s">
-        <v>1287</v>
+        <v>1451</v>
       </c>
       <c r="B396" s="15">
-        <v>44480</v>
+        <v>45251</v>
       </c>
       <c r="C396" s="17">
-        <v>0.38263888888888892</v>
+        <v>0.95694444444444438</v>
       </c>
       <c r="D396" s="17">
-        <v>0.40138888888888885</v>
+        <v>0.98333333333333339</v>
       </c>
       <c r="E396" s="16" t="s">
-        <v>1175</v>
-[...2 lines deleted...]
-    <row r="397" spans="1:5" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+        <v>1296</v>
+      </c>
+    </row>
+    <row r="397" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A397" s="24" t="s">
-        <v>1287</v>
+        <v>1451</v>
       </c>
       <c r="B397" s="15">
-        <v>44480</v>
+        <v>45251</v>
       </c>
       <c r="C397" s="17">
-        <v>0.18124999999999999</v>
+        <v>0.78783564814814822</v>
       </c>
       <c r="D397" s="17">
-        <v>0.19999999999999998</v>
+        <v>0.83450231481481485</v>
       </c>
       <c r="E397" s="16" t="s">
-        <v>1168</v>
-[...2 lines deleted...]
-    <row r="398" spans="1:5" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+        <v>1449</v>
+      </c>
+    </row>
+    <row r="398" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A398" s="24" t="s">
-        <v>1286</v>
+        <v>1451</v>
       </c>
       <c r="B398" s="15">
-        <v>44475</v>
+        <v>45251</v>
       </c>
       <c r="C398" s="17">
-        <v>0.91875000000000007</v>
+        <v>0.4069444444444445</v>
       </c>
       <c r="D398" s="17">
-        <v>0.9375</v>
+        <v>0.43472222222222223</v>
       </c>
       <c r="E398" s="16" t="s">
-        <v>1191</v>
+        <v>1293</v>
       </c>
     </row>
     <row r="399" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A399" s="24" t="s">
-        <v>1286</v>
+        <v>1450</v>
       </c>
       <c r="B399" s="15">
-        <v>44475</v>
+        <v>45250</v>
       </c>
       <c r="C399" s="17">
-        <v>0.36944444444444446</v>
+        <v>0.9277777777777777</v>
       </c>
       <c r="D399" s="17">
-        <v>0.38819444444444445</v>
+        <v>0.95416666666666661</v>
       </c>
       <c r="E399" s="16" t="s">
-        <v>1183</v>
+        <v>1295</v>
       </c>
     </row>
     <row r="400" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A400" s="24" t="s">
-        <v>1286</v>
+        <v>1450</v>
       </c>
       <c r="B400" s="15">
-        <v>44475</v>
+        <v>45250</v>
       </c>
       <c r="C400" s="17">
-        <v>0.16874999999999998</v>
+        <v>0.88384259259259268</v>
       </c>
       <c r="D400" s="17">
-        <v>0.1875</v>
+        <v>0.89004629629629628</v>
       </c>
       <c r="E400" s="16" t="s">
-        <v>1178</v>
+        <v>1449</v>
       </c>
     </row>
     <row r="401" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A401" s="24" t="s">
-        <v>1285</v>
+        <v>1450</v>
       </c>
       <c r="B401" s="15">
-        <v>44474</v>
+        <v>45250</v>
       </c>
       <c r="C401" s="17">
-        <v>0.88888888888888884</v>
+        <v>0.37847222222222227</v>
       </c>
       <c r="D401" s="17">
-        <v>0.90763888888888899</v>
+        <v>0.40625</v>
       </c>
       <c r="E401" s="16" t="s">
-        <v>1188</v>
-[...2 lines deleted...]
-    <row r="402" spans="1:5" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+        <v>1180</v>
+      </c>
+    </row>
+    <row r="402" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A402" s="24" t="s">
-        <v>1285</v>
+        <v>1448</v>
       </c>
       <c r="B402" s="15">
-        <v>44474</v>
+        <v>45248</v>
       </c>
       <c r="C402" s="17">
-        <v>0.40833333333333338</v>
+        <v>4.0358796296296295E-2</v>
       </c>
       <c r="D402" s="17">
-        <v>0.42708333333333331</v>
+        <v>4.0520833333333332E-2</v>
       </c>
       <c r="E402" s="16" t="s">
-        <v>1176</v>
+        <v>1449</v>
       </c>
     </row>
     <row r="403" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A403" s="24" t="s">
-        <v>1285</v>
+        <v>1444</v>
       </c>
       <c r="B403" s="15">
-        <v>44474</v>
+        <v>45245</v>
       </c>
       <c r="C403" s="17">
-        <v>0.1388888888888889</v>
+        <v>0.68263888888888891</v>
       </c>
       <c r="D403" s="17">
-        <v>0.15763888888888888</v>
+        <v>0.70138888888888884</v>
       </c>
       <c r="E403" s="16" t="s">
-        <v>1170</v>
+        <v>1447</v>
       </c>
     </row>
     <row r="404" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A404" s="24" t="s">
-        <v>1284</v>
+        <v>1444</v>
       </c>
       <c r="B404" s="15">
-        <v>44473</v>
+        <v>45245</v>
       </c>
       <c r="C404" s="17">
-        <v>0.92847222222222225</v>
+        <v>0.30208333333333331</v>
       </c>
       <c r="D404" s="17">
-        <v>0.9472222222222223</v>
+        <v>0.3298611111111111</v>
       </c>
       <c r="E404" s="16" t="s">
-        <v>1186</v>
+        <v>1446</v>
       </c>
     </row>
     <row r="405" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A405" s="24" t="s">
-        <v>1284</v>
+        <v>1444</v>
       </c>
       <c r="B405" s="15">
-        <v>44473</v>
+        <v>45245</v>
       </c>
       <c r="C405" s="17">
-        <v>0.37986111111111115</v>
+        <v>0.17777777777777778</v>
       </c>
       <c r="D405" s="17">
-        <v>0.39861111111111108</v>
+        <v>0.19652777777777777</v>
       </c>
       <c r="E405" s="16" t="s">
-        <v>1171</v>
-[...2 lines deleted...]
-    <row r="406" spans="1:5" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+        <v>1445</v>
+      </c>
+    </row>
+    <row r="406" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A406" s="24" t="s">
-        <v>1284</v>
+        <v>1436</v>
       </c>
       <c r="B406" s="15">
-        <v>44473</v>
+        <v>45244</v>
       </c>
       <c r="C406" s="17">
-        <v>0.17708333333333334</v>
+        <v>0.8222222222222223</v>
       </c>
       <c r="D406" s="17">
-        <v>0.19583333333333333</v>
+        <v>0.85</v>
       </c>
       <c r="E406" s="16" t="s">
-        <v>1166</v>
-[...2 lines deleted...]
-    <row r="407" spans="1:5" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+        <v>1443</v>
+      </c>
+    </row>
+    <row r="407" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A407" s="24" t="s">
-        <v>1199</v>
+        <v>1436</v>
       </c>
       <c r="B407" s="15">
-        <v>44076</v>
+        <v>45244</v>
       </c>
       <c r="C407" s="17">
-        <v>0.71592592592592597</v>
+        <v>0.72152777777777777</v>
       </c>
       <c r="D407" s="17">
-        <v>0.81778935185185186</v>
+        <v>0.7402777777777777</v>
       </c>
       <c r="E407" s="16" t="s">
-        <v>1200</v>
-[...2 lines deleted...]
-    <row r="408" spans="1:5" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+        <v>1442</v>
+      </c>
+    </row>
+    <row r="408" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A408" s="24" t="s">
-        <v>1197</v>
+        <v>1436</v>
       </c>
       <c r="B408" s="15">
-        <v>43788</v>
+        <v>45244</v>
       </c>
       <c r="C408" s="17">
-        <v>0.87569444444444444</v>
+        <v>0.48402777777777778</v>
       </c>
       <c r="D408" s="17">
-        <v>0.90277777777777779</v>
+        <v>0.50277777777777777</v>
       </c>
       <c r="E408" s="16" t="s">
-        <v>1198</v>
-[...2 lines deleted...]
-    <row r="409" spans="1:5" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+        <v>1441</v>
+      </c>
+    </row>
+    <row r="409" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A409" s="24" t="s">
-        <v>1195</v>
+        <v>1436</v>
       </c>
       <c r="B409" s="15">
-        <v>43725</v>
+        <v>45244</v>
       </c>
       <c r="C409" s="17">
-        <v>0.84861111111111109</v>
+        <v>0.4152777777777778</v>
       </c>
       <c r="D409" s="17">
-        <v>0.88680555555555562</v>
+        <v>0.43402777777777773</v>
       </c>
       <c r="E409" s="16" t="s">
-        <v>1196</v>
-[...2 lines deleted...]
-    <row r="410" spans="1:5" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+        <v>1440</v>
+      </c>
+    </row>
+    <row r="410" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A410" s="24" t="s">
-        <v>1192</v>
+        <v>1436</v>
       </c>
       <c r="B410" s="15">
-        <v>43724</v>
+        <v>45244</v>
       </c>
       <c r="C410" s="17">
-        <v>0.94374999999999998</v>
+        <v>0.34652777777777777</v>
       </c>
       <c r="D410" s="17">
-        <v>0.97083333333333333</v>
+        <v>0.36527777777777781</v>
       </c>
       <c r="E410" s="16" t="s">
-        <v>1194</v>
-[...2 lines deleted...]
-    <row r="411" spans="1:5" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+        <v>1439</v>
+      </c>
+    </row>
+    <row r="411" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A411" s="24" t="s">
-        <v>1192</v>
+        <v>1436</v>
       </c>
       <c r="B411" s="15">
-        <v>43724</v>
+        <v>45244</v>
       </c>
       <c r="C411" s="17">
-        <v>0.84097222222222223</v>
+        <v>0.27777777777777779</v>
       </c>
       <c r="D411" s="17">
-        <v>0.86805555555555547</v>
+        <v>0.29652777777777778</v>
       </c>
       <c r="E411" s="16" t="s">
-        <v>1193</v>
+        <v>1438</v>
       </c>
     </row>
     <row r="412" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A412" s="24" t="s">
-        <v>1189</v>
+        <v>1436</v>
       </c>
       <c r="B412" s="15">
-        <v>43313</v>
+        <v>45244</v>
       </c>
       <c r="C412" s="17">
-        <v>0.8979166666666667</v>
+        <v>0.14861111111111111</v>
       </c>
       <c r="D412" s="17">
-        <v>0.91666666666666663</v>
+        <v>0.1673611111111111</v>
       </c>
       <c r="E412" s="16" t="s">
-        <v>1122</v>
+        <v>1437</v>
       </c>
     </row>
     <row r="413" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A413" s="24" t="s">
-        <v>1189</v>
+        <v>1424</v>
       </c>
       <c r="B413" s="15">
-        <v>43313</v>
+        <v>45243</v>
       </c>
       <c r="C413" s="17">
-        <v>0.82916666666666661</v>
+        <v>0.93472222222222223</v>
       </c>
       <c r="D413" s="17">
-        <v>0.84791666666666676</v>
+        <v>0.95347222222222217</v>
       </c>
       <c r="E413" s="16" t="s">
-        <v>1191</v>
+        <v>1435</v>
       </c>
     </row>
     <row r="414" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A414" s="24" t="s">
-        <v>1189</v>
+        <v>1424</v>
       </c>
       <c r="B414" s="15">
-        <v>43313</v>
+        <v>45243</v>
       </c>
       <c r="C414" s="17">
-        <v>0.34861111111111115</v>
+        <v>0.8666666666666667</v>
       </c>
       <c r="D414" s="17">
-        <v>0.36736111111111108</v>
+        <v>0.88541666666666663</v>
       </c>
       <c r="E414" s="16" t="s">
-        <v>1190</v>
+        <v>1434</v>
       </c>
     </row>
     <row r="415" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A415" s="24" t="s">
-        <v>1185</v>
+        <v>1424</v>
       </c>
       <c r="B415" s="15">
-        <v>43312</v>
+        <v>45243</v>
       </c>
       <c r="C415" s="17">
-        <v>0.93680555555555556</v>
+        <v>0.79791666666666661</v>
       </c>
       <c r="D415" s="17">
-        <v>0.9555555555555556</v>
+        <v>0.81666666666666676</v>
       </c>
       <c r="E415" s="16" t="s">
-        <v>1188</v>
-[...2 lines deleted...]
-    <row r="416" spans="1:5" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+        <v>1433</v>
+      </c>
+    </row>
+    <row r="416" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A416" s="24" t="s">
-        <v>1185</v>
+        <v>1424</v>
       </c>
       <c r="B416" s="15">
-        <v>43312</v>
+        <v>45243</v>
       </c>
       <c r="C416" s="17">
-        <v>0.38750000000000001</v>
+        <v>0.69305555555555554</v>
       </c>
       <c r="D416" s="17">
-        <v>0.40625</v>
+        <v>0.71180555555555547</v>
       </c>
       <c r="E416" s="16" t="s">
-        <v>1187</v>
-[...2 lines deleted...]
-    <row r="417" spans="1:5" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+        <v>1432</v>
+      </c>
+    </row>
+    <row r="417" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A417" s="24" t="s">
-        <v>1185</v>
+        <v>1424</v>
       </c>
       <c r="B417" s="15">
-        <v>43312</v>
+        <v>45243</v>
       </c>
       <c r="C417" s="17">
-        <v>0.31875000000000003</v>
+        <v>0.59236111111111112</v>
       </c>
       <c r="D417" s="17">
-        <v>0.33749999999999997</v>
+        <v>0.61111111111111105</v>
       </c>
       <c r="E417" s="16" t="s">
-        <v>1186</v>
-[...2 lines deleted...]
-    <row r="418" spans="1:5" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+        <v>1431</v>
+      </c>
+    </row>
+    <row r="418" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A418" s="24" t="s">
-        <v>1181</v>
+        <v>1424</v>
       </c>
       <c r="B418" s="15">
-        <v>43311</v>
+        <v>45243</v>
       </c>
       <c r="C418" s="17">
-        <v>0.90694444444444444</v>
+        <v>0.52361111111111114</v>
       </c>
       <c r="D418" s="17">
-        <v>0.92569444444444438</v>
+        <v>0.54236111111111118</v>
       </c>
       <c r="E418" s="16" t="s">
-        <v>1184</v>
+        <v>1430</v>
       </c>
     </row>
     <row r="419" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A419" s="24" t="s">
-        <v>1181</v>
+        <v>1424</v>
       </c>
       <c r="B419" s="15">
-        <v>43311</v>
+        <v>45243</v>
       </c>
       <c r="C419" s="17">
-        <v>0.3576388888888889</v>
+        <v>0.50440972222222225</v>
       </c>
       <c r="D419" s="17">
-        <v>0.37638888888888888</v>
+        <v>0.50445601851851851</v>
       </c>
       <c r="E419" s="16" t="s">
-        <v>1183</v>
-[...2 lines deleted...]
-    <row r="420" spans="1:5" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+        <v>1427</v>
+      </c>
+    </row>
+    <row r="420" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A420" s="24" t="s">
-        <v>1181</v>
+        <v>1424</v>
       </c>
       <c r="B420" s="15">
-        <v>43311</v>
+        <v>45243</v>
       </c>
       <c r="C420" s="17">
-        <v>0.15208333333333332</v>
+        <v>0.4548611111111111</v>
       </c>
       <c r="D420" s="17">
-        <v>0.17083333333333331</v>
+        <v>0.47361111111111115</v>
       </c>
       <c r="E420" s="16" t="s">
-        <v>1182</v>
-[...2 lines deleted...]
-    <row r="421" spans="1:5" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+        <v>1429</v>
+      </c>
+    </row>
+    <row r="421" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A421" s="24" t="s">
-        <v>1177</v>
+        <v>1424</v>
       </c>
       <c r="B421" s="15">
-        <v>43306</v>
+        <v>45243</v>
       </c>
       <c r="C421" s="17">
-        <v>0.88888888888888884</v>
+        <v>0.38611111111111113</v>
       </c>
       <c r="D421" s="17">
-        <v>0.91666666666666663</v>
+        <v>0.40486111111111112</v>
       </c>
       <c r="E421" s="16" t="s">
-        <v>1180</v>
-[...2 lines deleted...]
-    <row r="422" spans="1:5" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+        <v>1428</v>
+      </c>
+    </row>
+    <row r="422" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A422" s="24" t="s">
-        <v>1177</v>
+        <v>1424</v>
       </c>
       <c r="B422" s="15">
-        <v>43306</v>
+        <v>45243</v>
       </c>
       <c r="C422" s="17">
-        <v>0.41319444444444442</v>
+        <v>0.37631944444444443</v>
       </c>
       <c r="D422" s="17">
-        <v>0.43194444444444446</v>
+        <v>0.45674768518518521</v>
       </c>
       <c r="E422" s="16" t="s">
-        <v>1179</v>
-[...2 lines deleted...]
-    <row r="423" spans="1:5" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+        <v>1427</v>
+      </c>
+    </row>
+    <row r="423" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A423" s="24" t="s">
-        <v>1177</v>
+        <v>1424</v>
       </c>
       <c r="B423" s="15">
-        <v>43306</v>
+        <v>45243</v>
       </c>
       <c r="C423" s="17">
-        <v>0.13958333333333334</v>
+        <v>0.31736111111111115</v>
       </c>
       <c r="D423" s="17">
-        <v>0.15833333333333333</v>
+        <v>0.33611111111111108</v>
       </c>
       <c r="E423" s="16" t="s">
-        <v>1178</v>
-[...2 lines deleted...]
-    <row r="424" spans="1:5" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+        <v>1426</v>
+      </c>
+    </row>
+    <row r="424" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A424" s="24" t="s">
-        <v>1173</v>
+        <v>1424</v>
       </c>
       <c r="B424" s="15">
-        <v>43305</v>
+        <v>45243</v>
       </c>
       <c r="C424" s="17">
-        <v>0.93263888888888891</v>
+        <v>0.18819444444444444</v>
       </c>
       <c r="D424" s="17">
-        <v>0.95138888888888884</v>
+        <v>0.20694444444444446</v>
       </c>
       <c r="E424" s="16" t="s">
-        <v>1176</v>
-[...2 lines deleted...]
-    <row r="425" spans="1:5" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+        <v>1425</v>
+      </c>
+    </row>
+    <row r="425" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A425" s="24" t="s">
-        <v>1173</v>
+        <v>1422</v>
       </c>
       <c r="B425" s="15">
-        <v>43305</v>
+        <v>45195</v>
       </c>
       <c r="C425" s="17">
-        <v>0.3833333333333333</v>
+        <v>0.56821759259259264</v>
       </c>
       <c r="D425" s="17">
-        <v>0.40208333333333335</v>
+        <v>0.58062500000000006</v>
       </c>
       <c r="E425" s="16" t="s">
-        <v>1175</v>
-[...2 lines deleted...]
-    <row r="426" spans="1:5" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+        <v>1423</v>
+      </c>
+    </row>
+    <row r="426" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A426" s="24" t="s">
-        <v>1173</v>
+        <v>1420</v>
       </c>
       <c r="B426" s="15">
-        <v>43305</v>
+        <v>45136</v>
       </c>
       <c r="C426" s="17">
-        <v>0.17777777777777778</v>
+        <v>0.4039699074074074</v>
       </c>
       <c r="D426" s="17">
-        <v>0.19652777777777777</v>
+        <v>0.41261574074074076</v>
       </c>
       <c r="E426" s="16" t="s">
-        <v>1174</v>
-[...2 lines deleted...]
-    <row r="427" spans="1:5" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+        <v>1421</v>
+      </c>
+    </row>
+    <row r="427" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A427" s="24" t="s">
-        <v>1169</v>
+        <v>1294</v>
       </c>
       <c r="B427" s="15">
-        <v>43304</v>
+        <v>44489</v>
       </c>
       <c r="C427" s="17">
-        <v>0.82916666666666661</v>
+        <v>0.92361111111111116</v>
       </c>
       <c r="D427" s="17">
-        <v>0.8569444444444444</v>
+        <v>0.45</v>
       </c>
       <c r="E427" s="16" t="s">
-        <v>1172</v>
+        <v>1296</v>
       </c>
     </row>
     <row r="428" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A428" s="24" t="s">
-        <v>1169</v>
+        <v>1294</v>
       </c>
       <c r="B428" s="15">
-        <v>43304</v>
+        <v>44489</v>
       </c>
       <c r="C428" s="17">
-        <v>0.3527777777777778</v>
+        <v>0.3743055555555555</v>
       </c>
       <c r="D428" s="17">
-        <v>0.37152777777777773</v>
+        <v>0.40069444444444446</v>
       </c>
       <c r="E428" s="16" t="s">
-        <v>1171</v>
-[...2 lines deleted...]
-    <row r="429" spans="1:5" ht="15.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+        <v>1295</v>
+      </c>
+    </row>
+    <row r="429" spans="1:5" ht="14.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A429" s="24" t="s">
-        <v>1169</v>
+        <v>1292</v>
       </c>
       <c r="B429" s="15">
-        <v>43304</v>
+        <v>44488</v>
       </c>
       <c r="C429" s="17">
-        <v>0.14791666666666667</v>
+        <v>0.8930555555555556</v>
       </c>
       <c r="D429" s="17">
-        <v>0.16666666666666666</v>
+        <v>0.92083333333333339</v>
       </c>
       <c r="E429" s="16" t="s">
-        <v>1170</v>
-[...2 lines deleted...]
-    <row r="430" spans="1:5" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+        <v>1293</v>
+      </c>
+    </row>
+    <row r="430" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A430" s="24" t="s">
-        <v>1167</v>
+        <v>1292</v>
       </c>
       <c r="B430" s="15">
-        <v>43297</v>
+        <v>44488</v>
       </c>
       <c r="C430" s="17">
-        <v>0.1423611111111111</v>
+        <v>0.3430555555555555</v>
       </c>
       <c r="D430" s="17">
-        <v>0.16180555555555556</v>
+        <v>0.37083333333333335</v>
       </c>
       <c r="E430" s="16" t="s">
-        <v>1168</v>
+        <v>1180</v>
       </c>
     </row>
     <row r="431" spans="1:5" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A431" s="24" t="s">
-        <v>1165</v>
+        <v>1290</v>
       </c>
       <c r="B431" s="15">
-        <v>43291</v>
+        <v>44487</v>
       </c>
       <c r="C431" s="17">
-        <v>0.16805555555555554</v>
+        <v>0.93125000000000002</v>
       </c>
       <c r="D431" s="17">
-        <v>0.1875</v>
+        <v>0.9590277777777777</v>
       </c>
       <c r="E431" s="16" t="s">
-        <v>1166</v>
+        <v>1291</v>
       </c>
     </row>
     <row r="432" spans="1:5" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A432" s="24" t="s">
-        <v>1164</v>
+        <v>1290</v>
       </c>
       <c r="B432" s="15">
-        <v>42644</v>
-[...5 lines deleted...]
-        <v>0.86458333333333337</v>
+        <v>44487</v>
+      </c>
+      <c r="C432" s="17">
+        <v>0.38194444444444442</v>
+      </c>
+      <c r="D432" s="17">
+        <v>0.40972222222222227</v>
       </c>
       <c r="E432" s="16" t="s">
-        <v>1102</v>
+        <v>1172</v>
       </c>
     </row>
     <row r="433" spans="1:5" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A433" s="24" t="s">
-        <v>1162</v>
+        <v>1289</v>
       </c>
       <c r="B433" s="15">
-        <v>42086</v>
-[...5 lines deleted...]
-        <v>0.80833333333333324</v>
+        <v>44482</v>
+      </c>
+      <c r="C433" s="17">
+        <v>0.92361111111111116</v>
+      </c>
+      <c r="D433" s="17">
+        <v>0.94236111111111109</v>
       </c>
       <c r="E433" s="16" t="s">
-        <v>1163</v>
+        <v>1122</v>
       </c>
     </row>
     <row r="434" spans="1:5" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A434" s="24" t="s">
-        <v>1161</v>
+        <v>1289</v>
       </c>
       <c r="B434" s="15">
-        <v>42042</v>
+        <v>44482</v>
       </c>
       <c r="C434" s="17">
-        <v>0.8930555555555556</v>
+        <v>0.37361111111111112</v>
       </c>
       <c r="D434" s="17">
-        <v>0.91249999999999998</v>
+        <v>0.3923611111111111</v>
       </c>
       <c r="E434" s="16" t="s">
-        <v>1127</v>
+        <v>1184</v>
       </c>
     </row>
     <row r="435" spans="1:5" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A435" s="24" t="s">
-        <v>1161</v>
+        <v>1289</v>
       </c>
       <c r="B435" s="15">
-        <v>42042</v>
+        <v>44482</v>
       </c>
       <c r="C435" s="17">
-        <v>0.82500000000000007</v>
+        <v>0.17291666666666669</v>
       </c>
       <c r="D435" s="17">
-        <v>0.84444444444444444</v>
+        <v>0.19166666666666665</v>
       </c>
       <c r="E435" s="16" t="s">
-        <v>1158</v>
-[...2 lines deleted...]
-    <row r="436" spans="1:5" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+        <v>1182</v>
+      </c>
+    </row>
+    <row r="436" spans="1:5" ht="15.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A436" s="24" t="s">
-        <v>1160</v>
+        <v>1288</v>
       </c>
       <c r="B436" s="15">
-        <v>42042</v>
+        <v>44481</v>
       </c>
       <c r="C436" s="17">
-        <v>0.75763888888888886</v>
+        <v>0.8930555555555556</v>
       </c>
       <c r="D436" s="17">
-        <v>0.77708333333333324</v>
+        <v>0.91180555555555554</v>
       </c>
       <c r="E436" s="16" t="s">
-        <v>1157</v>
+        <v>1190</v>
       </c>
     </row>
     <row r="437" spans="1:5" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A437" s="24" t="s">
-        <v>1159</v>
+        <v>1288</v>
       </c>
       <c r="B437" s="15">
-        <v>41435</v>
+        <v>44481</v>
       </c>
       <c r="C437" s="17">
-        <v>0.87337962962962967</v>
+        <v>0.34375</v>
       </c>
       <c r="D437" s="17">
-        <v>0.87494212962962958</v>
+        <v>0.36249999999999999</v>
       </c>
       <c r="E437" s="16" t="s">
-        <v>1155</v>
+        <v>1179</v>
       </c>
     </row>
     <row r="438" spans="1:5" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A438" s="24" t="s">
-        <v>854</v>
+        <v>1288</v>
       </c>
       <c r="B438" s="15">
-        <v>41236</v>
+        <v>44481</v>
       </c>
       <c r="C438" s="17">
-        <v>0.38688657407407406</v>
+        <v>0.14305555555555557</v>
       </c>
       <c r="D438" s="17">
-        <v>0.40625</v>
+        <v>0.16180555555555556</v>
       </c>
       <c r="E438" s="16" t="s">
-        <v>1127</v>
+        <v>1174</v>
       </c>
     </row>
     <row r="439" spans="1:5" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A439" s="24" t="s">
-        <v>854</v>
+        <v>1287</v>
       </c>
       <c r="B439" s="15">
-        <v>41236</v>
+        <v>44480</v>
       </c>
       <c r="C439" s="17">
-        <v>0.34035879629629634</v>
+        <v>0.93263888888888891</v>
       </c>
       <c r="D439" s="17">
-        <v>0.35972222222222222</v>
+        <v>0.95138888888888884</v>
       </c>
       <c r="E439" s="16" t="s">
-        <v>1158</v>
+        <v>1187</v>
       </c>
     </row>
     <row r="440" spans="1:5" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A440" s="24" t="s">
-        <v>854</v>
+        <v>1287</v>
       </c>
       <c r="B440" s="15">
-        <v>41236</v>
+        <v>44480</v>
       </c>
       <c r="C440" s="17">
-        <v>0.29383101851851851</v>
+        <v>0.38263888888888892</v>
       </c>
       <c r="D440" s="17">
-        <v>0.31319444444444444</v>
+        <v>0.40138888888888885</v>
       </c>
       <c r="E440" s="16" t="s">
-        <v>1157</v>
+        <v>1175</v>
       </c>
     </row>
     <row r="441" spans="1:5" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A441" s="24" t="s">
-        <v>1156</v>
+        <v>1287</v>
       </c>
       <c r="B441" s="15">
-        <v>41144</v>
-[...5 lines deleted...]
-        <v>0.84791666666666676</v>
+        <v>44480</v>
+      </c>
+      <c r="C441" s="17">
+        <v>0.18124999999999999</v>
+      </c>
+      <c r="D441" s="17">
+        <v>0.19999999999999998</v>
       </c>
       <c r="E441" s="16" t="s">
-        <v>1102</v>
+        <v>1168</v>
       </c>
     </row>
     <row r="442" spans="1:5" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A442" s="24" t="s">
-        <v>1154</v>
+        <v>1286</v>
       </c>
       <c r="B442" s="15">
-        <v>40929</v>
+        <v>44475</v>
       </c>
       <c r="C442" s="17">
-        <v>2.4305555555555556E-3</v>
+        <v>0.91875000000000007</v>
       </c>
       <c r="D442" s="17">
-        <v>3.7037037037037034E-3</v>
+        <v>0.9375</v>
       </c>
       <c r="E442" s="16" t="s">
-        <v>1155</v>
-[...2 lines deleted...]
-    <row r="443" spans="1:5" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+        <v>1191</v>
+      </c>
+    </row>
+    <row r="443" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A443" s="24" t="s">
-        <v>1152</v>
+        <v>1286</v>
       </c>
       <c r="B443" s="15">
-        <v>40826</v>
+        <v>44475</v>
       </c>
       <c r="C443" s="17">
-        <v>3.0555555555555557E-3</v>
+        <v>0.36944444444444446</v>
       </c>
       <c r="D443" s="17">
-        <v>3.7500000000000003E-3</v>
+        <v>0.38819444444444445</v>
       </c>
       <c r="E443" s="16" t="s">
-        <v>1153</v>
-[...2 lines deleted...]
-    <row r="444" spans="1:5" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+        <v>1183</v>
+      </c>
+    </row>
+    <row r="444" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A444" s="24" t="s">
-        <v>1150</v>
+        <v>1286</v>
       </c>
       <c r="B444" s="15">
-        <v>40825</v>
+        <v>44475</v>
       </c>
       <c r="C444" s="17">
-        <v>3.0555555555555557E-3</v>
+        <v>0.16874999999999998</v>
       </c>
       <c r="D444" s="17">
-        <v>3.7500000000000003E-3</v>
+        <v>0.1875</v>
       </c>
       <c r="E444" s="16" t="s">
-        <v>1151</v>
-[...2 lines deleted...]
-    <row r="445" spans="1:5" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+        <v>1178</v>
+      </c>
+    </row>
+    <row r="445" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A445" s="24" t="s">
-        <v>1149</v>
+        <v>1285</v>
       </c>
       <c r="B445" s="15">
-        <v>40805</v>
-[...5 lines deleted...]
-        <v>0.89513888888888893</v>
+        <v>44474</v>
+      </c>
+      <c r="C445" s="17">
+        <v>0.88888888888888884</v>
+      </c>
+      <c r="D445" s="17">
+        <v>0.90763888888888899</v>
       </c>
       <c r="E445" s="16" t="s">
-        <v>1102</v>
+        <v>1188</v>
       </c>
     </row>
     <row r="446" spans="1:5" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A446" s="24" t="s">
-        <v>1148</v>
+        <v>1285</v>
       </c>
       <c r="B446" s="15">
-        <v>40786</v>
-[...5 lines deleted...]
-        <v>0.48680555555555555</v>
+        <v>44474</v>
+      </c>
+      <c r="C446" s="17">
+        <v>0.40833333333333338</v>
+      </c>
+      <c r="D446" s="17">
+        <v>0.42708333333333331</v>
       </c>
       <c r="E446" s="16" t="s">
-        <v>1102</v>
-[...2 lines deleted...]
-    <row r="447" spans="1:5" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+        <v>1176</v>
+      </c>
+    </row>
+    <row r="447" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A447" s="24" t="s">
-        <v>1147</v>
+        <v>1285</v>
       </c>
       <c r="B447" s="15">
-        <v>40413</v>
-[...5 lines deleted...]
-        <v>0.86111111111111116</v>
+        <v>44474</v>
+      </c>
+      <c r="C447" s="17">
+        <v>0.1388888888888889</v>
+      </c>
+      <c r="D447" s="17">
+        <v>0.15763888888888888</v>
       </c>
       <c r="E447" s="16" t="s">
-        <v>1102</v>
-[...2 lines deleted...]
-    <row r="448" spans="1:5" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+        <v>1170</v>
+      </c>
+    </row>
+    <row r="448" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A448" s="24" t="s">
-        <v>1146</v>
+        <v>1284</v>
       </c>
       <c r="B448" s="15">
-        <v>40206</v>
-[...5 lines deleted...]
-        <v>0.27499999999999997</v>
+        <v>44473</v>
+      </c>
+      <c r="C448" s="17">
+        <v>0.92847222222222225</v>
+      </c>
+      <c r="D448" s="17">
+        <v>0.9472222222222223</v>
       </c>
       <c r="E448" s="16" t="s">
-        <v>1102</v>
-[...2 lines deleted...]
-    <row r="449" spans="1:5" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+        <v>1186</v>
+      </c>
+    </row>
+    <row r="449" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A449" s="24" t="s">
-        <v>1144</v>
+        <v>1284</v>
       </c>
       <c r="B449" s="15">
-        <v>38875</v>
-[...4 lines deleted...]
-      <c r="D449" s="16"/>
+        <v>44473</v>
+      </c>
+      <c r="C449" s="17">
+        <v>0.37986111111111115</v>
+      </c>
+      <c r="D449" s="17">
+        <v>0.39861111111111108</v>
+      </c>
       <c r="E449" s="16" t="s">
-        <v>1145</v>
+        <v>1171</v>
       </c>
     </row>
     <row r="450" spans="1:5" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A450" s="24" t="s">
-        <v>1142</v>
+        <v>1284</v>
       </c>
       <c r="B450" s="15">
-        <v>38543</v>
-[...4 lines deleted...]
-      <c r="D450" s="16"/>
+        <v>44473</v>
+      </c>
+      <c r="C450" s="17">
+        <v>0.17708333333333334</v>
+      </c>
+      <c r="D450" s="17">
+        <v>0.19583333333333333</v>
+      </c>
       <c r="E450" s="16" t="s">
-        <v>1143</v>
+        <v>1166</v>
       </c>
     </row>
     <row r="451" spans="1:5" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A451" s="24" t="s">
-        <v>1140</v>
+        <v>1199</v>
       </c>
       <c r="B451" s="15">
-        <v>38498</v>
-[...4 lines deleted...]
-      <c r="D451" s="16"/>
+        <v>44076</v>
+      </c>
+      <c r="C451" s="17">
+        <v>0.71592592592592597</v>
+      </c>
+      <c r="D451" s="17">
+        <v>0.81778935185185186</v>
+      </c>
       <c r="E451" s="16" t="s">
-        <v>1141</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="452" spans="1:5" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A452" s="24" t="s">
-        <v>1138</v>
+        <v>1197</v>
       </c>
       <c r="B452" s="15">
-        <v>38402</v>
-[...4 lines deleted...]
-      <c r="D452" s="16"/>
+        <v>43788</v>
+      </c>
+      <c r="C452" s="17">
+        <v>0.87569444444444444</v>
+      </c>
+      <c r="D452" s="17">
+        <v>0.90277777777777779</v>
+      </c>
       <c r="E452" s="16" t="s">
-        <v>1139</v>
+        <v>1198</v>
       </c>
     </row>
     <row r="453" spans="1:5" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A453" s="24" t="s">
-        <v>1136</v>
+        <v>1195</v>
       </c>
       <c r="B453" s="15">
-        <v>38171</v>
-[...4 lines deleted...]
-      <c r="D453" s="16"/>
+        <v>43725</v>
+      </c>
+      <c r="C453" s="17">
+        <v>0.84861111111111109</v>
+      </c>
+      <c r="D453" s="17">
+        <v>0.88680555555555562</v>
+      </c>
       <c r="E453" s="16" t="s">
-        <v>1137</v>
-[...2 lines deleted...]
-    <row r="454" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
+        <v>1196</v>
+      </c>
+    </row>
+    <row r="454" spans="1:5" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A454" s="24" t="s">
-        <v>1135</v>
+        <v>1192</v>
       </c>
       <c r="B454" s="15">
-        <v>37944</v>
-[...5 lines deleted...]
-        <v>0.26250000000000001</v>
+        <v>43724</v>
+      </c>
+      <c r="C454" s="17">
+        <v>0.94374999999999998</v>
+      </c>
+      <c r="D454" s="17">
+        <v>0.97083333333333333</v>
       </c>
       <c r="E454" s="16" t="s">
-        <v>1119</v>
-[...2 lines deleted...]
-    <row r="455" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
+        <v>1194</v>
+      </c>
+    </row>
+    <row r="455" spans="1:5" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A455" s="24" t="s">
-        <v>1134</v>
+        <v>1192</v>
       </c>
       <c r="B455" s="15">
-        <v>37943</v>
-[...5 lines deleted...]
-        <v>0.26666666666666666</v>
+        <v>43724</v>
+      </c>
+      <c r="C455" s="17">
+        <v>0.84097222222222223</v>
+      </c>
+      <c r="D455" s="17">
+        <v>0.86805555555555547</v>
       </c>
       <c r="E455" s="16" t="s">
-        <v>1102</v>
+        <v>1193</v>
       </c>
     </row>
     <row r="456" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A456" s="24" t="s">
-        <v>1133</v>
+        <v>1189</v>
       </c>
       <c r="B456" s="15">
-        <v>37942</v>
-[...5 lines deleted...]
-        <v>0.30486111111111108</v>
+        <v>43313</v>
+      </c>
+      <c r="C456" s="17">
+        <v>0.8979166666666667</v>
+      </c>
+      <c r="D456" s="17">
+        <v>0.91666666666666663</v>
       </c>
       <c r="E456" s="16" t="s">
-        <v>1102</v>
+        <v>1122</v>
       </c>
     </row>
     <row r="457" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A457" s="24" t="s">
-        <v>1132</v>
+        <v>1189</v>
       </c>
       <c r="B457" s="15">
-        <v>37941</v>
-[...5 lines deleted...]
-        <v>0.27499999999999997</v>
+        <v>43313</v>
+      </c>
+      <c r="C457" s="17">
+        <v>0.82916666666666661</v>
+      </c>
+      <c r="D457" s="17">
+        <v>0.84791666666666676</v>
       </c>
       <c r="E457" s="16" t="s">
-        <v>1102</v>
+        <v>1191</v>
       </c>
     </row>
     <row r="458" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A458" s="24" t="s">
-        <v>1130</v>
+        <v>1189</v>
       </c>
       <c r="B458" s="15">
-        <v>37939</v>
-[...2 lines deleted...]
-        <v>0.78125</v>
+        <v>43313</v>
+      </c>
+      <c r="C458" s="17">
+        <v>0.34861111111111115</v>
       </c>
       <c r="D458" s="17">
-        <v>0.87523148148148155</v>
+        <v>0.36736111111111108</v>
       </c>
       <c r="E458" s="16" t="s">
-        <v>1131</v>
+        <v>1190</v>
       </c>
     </row>
     <row r="459" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A459" s="24" t="s">
-        <v>1129</v>
+        <v>1185</v>
       </c>
       <c r="B459" s="15">
-        <v>37934</v>
-[...5 lines deleted...]
-        <v>0.30486111111111108</v>
+        <v>43312</v>
+      </c>
+      <c r="C459" s="17">
+        <v>0.93680555555555556</v>
+      </c>
+      <c r="D459" s="17">
+        <v>0.9555555555555556</v>
       </c>
       <c r="E459" s="16" t="s">
-        <v>1102</v>
-[...2 lines deleted...]
-    <row r="460" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
+        <v>1188</v>
+      </c>
+    </row>
+    <row r="460" spans="1:5" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A460" s="24" t="s">
-        <v>1128</v>
+        <v>1185</v>
       </c>
       <c r="B460" s="15">
-        <v>37933</v>
-[...5 lines deleted...]
-        <v>0.30902777777777779</v>
+        <v>43312</v>
+      </c>
+      <c r="C460" s="17">
+        <v>0.38750000000000001</v>
+      </c>
+      <c r="D460" s="17">
+        <v>0.40625</v>
       </c>
       <c r="E460" s="16" t="s">
-        <v>1102</v>
-[...2 lines deleted...]
-    <row r="461" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
+        <v>1187</v>
+      </c>
+    </row>
+    <row r="461" spans="1:5" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A461" s="24" t="s">
-        <v>1126</v>
+        <v>1185</v>
       </c>
       <c r="B461" s="15">
-        <v>37932</v>
-[...5 lines deleted...]
-        <v>0.38194444444444442</v>
+        <v>43312</v>
+      </c>
+      <c r="C461" s="17">
+        <v>0.31875000000000003</v>
+      </c>
+      <c r="D461" s="17">
+        <v>0.33749999999999997</v>
       </c>
       <c r="E461" s="16" t="s">
-        <v>1102</v>
-[...2 lines deleted...]
-    <row r="462" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
+        <v>1186</v>
+      </c>
+    </row>
+    <row r="462" spans="1:5" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A462" s="24" t="s">
-        <v>1126</v>
+        <v>1181</v>
       </c>
       <c r="B462" s="15">
-        <v>37932</v>
-[...5 lines deleted...]
-        <v>0.31597222222222221</v>
+        <v>43311</v>
+      </c>
+      <c r="C462" s="17">
+        <v>0.90694444444444444</v>
+      </c>
+      <c r="D462" s="17">
+        <v>0.92569444444444438</v>
       </c>
       <c r="E462" s="16" t="s">
-        <v>1127</v>
+        <v>1184</v>
       </c>
     </row>
     <row r="463" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A463" s="24" t="s">
-        <v>1123</v>
+        <v>1181</v>
       </c>
       <c r="B463" s="15">
-        <v>37932</v>
-[...5 lines deleted...]
-        <v>0.27430555555555552</v>
+        <v>43311</v>
+      </c>
+      <c r="C463" s="17">
+        <v>0.3576388888888889</v>
+      </c>
+      <c r="D463" s="17">
+        <v>0.37638888888888888</v>
       </c>
       <c r="E463" s="16" t="s">
-        <v>1125</v>
-[...2 lines deleted...]
-    <row r="464" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
+        <v>1183</v>
+      </c>
+    </row>
+    <row r="464" spans="1:5" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A464" s="24" t="s">
-        <v>1123</v>
+        <v>1181</v>
       </c>
       <c r="B464" s="15">
-        <v>37932</v>
-[...5 lines deleted...]
-        <v>0.24583333333333335</v>
+        <v>43311</v>
+      </c>
+      <c r="C464" s="17">
+        <v>0.15208333333333332</v>
+      </c>
+      <c r="D464" s="17">
+        <v>0.17083333333333331</v>
       </c>
       <c r="E464" s="16" t="s">
-        <v>1124</v>
-[...2 lines deleted...]
-    <row r="465" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
+        <v>1182</v>
+      </c>
+    </row>
+    <row r="465" spans="1:5" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A465" s="24" t="s">
-        <v>1121</v>
+        <v>1177</v>
       </c>
       <c r="B465" s="15">
-        <v>37631</v>
+        <v>43306</v>
       </c>
       <c r="C465" s="17">
-        <v>0.34965277777777781</v>
-[...2 lines deleted...]
-        <v>0.37013888888888885</v>
+        <v>0.88888888888888884</v>
+      </c>
+      <c r="D465" s="17">
+        <v>0.91666666666666663</v>
       </c>
       <c r="E465" s="16" t="s">
-        <v>1122</v>
-[...2 lines deleted...]
-    <row r="466" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
+        <v>1180</v>
+      </c>
+    </row>
+    <row r="466" spans="1:5" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A466" s="24" t="s">
-        <v>1118</v>
+        <v>1177</v>
       </c>
       <c r="B466" s="15">
-        <v>37631</v>
-[...5 lines deleted...]
-        <v>0.33611111111111108</v>
+        <v>43306</v>
+      </c>
+      <c r="C466" s="17">
+        <v>0.41319444444444442</v>
+      </c>
+      <c r="D466" s="17">
+        <v>0.43194444444444446</v>
       </c>
       <c r="E466" s="16" t="s">
-        <v>1120</v>
-[...2 lines deleted...]
-    <row r="467" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
+        <v>1179</v>
+      </c>
+    </row>
+    <row r="467" spans="1:5" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A467" s="24" t="s">
-        <v>1118</v>
+        <v>1177</v>
       </c>
       <c r="B467" s="15">
-        <v>37631</v>
-[...5 lines deleted...]
-        <v>0.2986111111111111</v>
+        <v>43306</v>
+      </c>
+      <c r="C467" s="17">
+        <v>0.13958333333333334</v>
+      </c>
+      <c r="D467" s="17">
+        <v>0.15833333333333333</v>
       </c>
       <c r="E467" s="16" t="s">
-        <v>1119</v>
-[...2 lines deleted...]
-    <row r="468" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
+        <v>1178</v>
+      </c>
+    </row>
+    <row r="468" spans="1:5" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A468" s="24" t="s">
-        <v>1116</v>
+        <v>1173</v>
       </c>
       <c r="B468" s="15">
-        <v>37582</v>
-[...5 lines deleted...]
-        <v>0.94791666666666663</v>
+        <v>43305</v>
+      </c>
+      <c r="C468" s="17">
+        <v>0.93263888888888891</v>
+      </c>
+      <c r="D468" s="17">
+        <v>0.95138888888888884</v>
       </c>
       <c r="E468" s="16" t="s">
-        <v>1117</v>
-[...2 lines deleted...]
-    <row r="469" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
+        <v>1176</v>
+      </c>
+    </row>
+    <row r="469" spans="1:5" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A469" s="24" t="s">
-        <v>1114</v>
+        <v>1173</v>
       </c>
       <c r="B469" s="15">
-        <v>37581</v>
+        <v>43305</v>
       </c>
       <c r="C469" s="17">
-        <v>0.91810185185185178</v>
+        <v>0.3833333333333333</v>
       </c>
       <c r="D469" s="17">
-        <v>0.96368055555555554</v>
+        <v>0.40208333333333335</v>
       </c>
       <c r="E469" s="16" t="s">
-        <v>1115</v>
-[...2 lines deleted...]
-    <row r="470" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
+        <v>1175</v>
+      </c>
+    </row>
+    <row r="470" spans="1:5" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A470" s="24" t="s">
-        <v>1111</v>
-[...2 lines deleted...]
-        <v>1112</v>
+        <v>1173</v>
+      </c>
+      <c r="B470" s="15">
+        <v>43305</v>
       </c>
       <c r="C470" s="17">
-        <v>0.9390856481481481</v>
+        <v>0.17777777777777778</v>
       </c>
       <c r="D470" s="17">
-        <v>5.3090277777777778E-2</v>
+        <v>0.19652777777777777</v>
       </c>
       <c r="E470" s="16" t="s">
-        <v>1113</v>
-[...2 lines deleted...]
-    <row r="471" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
+        <v>1174</v>
+      </c>
+    </row>
+    <row r="471" spans="1:5" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A471" s="24" t="s">
-        <v>1108</v>
+        <v>1169</v>
       </c>
       <c r="B471" s="15">
-        <v>37552</v>
-[...5 lines deleted...]
-        <v>0.43541666666666662</v>
+        <v>43304</v>
+      </c>
+      <c r="C471" s="17">
+        <v>0.82916666666666661</v>
+      </c>
+      <c r="D471" s="17">
+        <v>0.8569444444444444</v>
       </c>
       <c r="E471" s="16" t="s">
-        <v>1110</v>
+        <v>1172</v>
       </c>
     </row>
     <row r="472" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A472" s="24" t="s">
-        <v>1108</v>
+        <v>1169</v>
       </c>
       <c r="B472" s="15">
-        <v>37552</v>
-[...5 lines deleted...]
-        <v>0.36736111111111108</v>
+        <v>43304</v>
+      </c>
+      <c r="C472" s="17">
+        <v>0.3527777777777778</v>
+      </c>
+      <c r="D472" s="17">
+        <v>0.37152777777777773</v>
       </c>
       <c r="E472" s="16" t="s">
-        <v>1109</v>
-[...2 lines deleted...]
-    <row r="473" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
+        <v>1171</v>
+      </c>
+    </row>
+    <row r="473" spans="1:5" ht="15.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A473" s="24" t="s">
-        <v>1106</v>
+        <v>1169</v>
       </c>
       <c r="B473" s="15">
-        <v>37552</v>
-[...5 lines deleted...]
-        <v>0.29791666666666666</v>
+        <v>43304</v>
+      </c>
+      <c r="C473" s="17">
+        <v>0.14791666666666667</v>
+      </c>
+      <c r="D473" s="17">
+        <v>0.16666666666666666</v>
       </c>
       <c r="E473" s="16" t="s">
-        <v>1107</v>
-[...2 lines deleted...]
-    <row r="474" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
+        <v>1170</v>
+      </c>
+    </row>
+    <row r="474" spans="1:5" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A474" s="24" t="s">
-        <v>1106</v>
+        <v>1167</v>
       </c>
       <c r="B474" s="15">
-        <v>37552</v>
-[...5 lines deleted...]
-        <v>0.24444444444444446</v>
+        <v>43297</v>
+      </c>
+      <c r="C474" s="17">
+        <v>0.1423611111111111</v>
+      </c>
+      <c r="D474" s="17">
+        <v>0.16180555555555556</v>
       </c>
       <c r="E474" s="16" t="s">
-        <v>1102</v>
-[...2 lines deleted...]
-    <row r="475" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
+        <v>1168</v>
+      </c>
+    </row>
+    <row r="475" spans="1:5" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A475" s="24" t="s">
-        <v>1104</v>
+        <v>1165</v>
       </c>
       <c r="B475" s="15">
-        <v>37545</v>
+        <v>43291</v>
       </c>
       <c r="C475" s="17">
-        <v>0.4304398148148148</v>
+        <v>0.16805555555555554</v>
       </c>
       <c r="D475" s="17">
-        <v>0.50105324074074076</v>
+        <v>0.1875</v>
       </c>
       <c r="E475" s="16" t="s">
-        <v>1105</v>
-[...2 lines deleted...]
-    <row r="476" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
+        <v>1166</v>
+      </c>
+    </row>
+    <row r="476" spans="1:5" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A476" s="24" t="s">
-        <v>1103</v>
+        <v>1164</v>
       </c>
       <c r="B476" s="15">
-        <v>37466</v>
+        <v>42644</v>
       </c>
       <c r="C476" s="33">
-        <v>0.32222222222222224</v>
+        <v>0.84583333333333333</v>
       </c>
       <c r="D476" s="33">
-        <v>0.34097222222222223</v>
+        <v>0.86458333333333337</v>
       </c>
       <c r="E476" s="16" t="s">
         <v>1102</v>
       </c>
     </row>
-    <row r="477" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="477" spans="1:5" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A477" s="24" t="s">
+        <v>1162</v>
+      </c>
+      <c r="B477" s="15">
+        <v>42086</v>
+      </c>
+      <c r="C477" s="33">
+        <v>0.8041666666666667</v>
+      </c>
+      <c r="D477" s="33">
+        <v>0.80833333333333324</v>
+      </c>
+      <c r="E477" s="16" t="s">
+        <v>1163</v>
+      </c>
+    </row>
+    <row r="478" spans="1:5" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A478" s="24" t="s">
+        <v>1161</v>
+      </c>
+      <c r="B478" s="15">
+        <v>42042</v>
+      </c>
+      <c r="C478" s="17">
+        <v>0.8930555555555556</v>
+      </c>
+      <c r="D478" s="17">
+        <v>0.91249999999999998</v>
+      </c>
+      <c r="E478" s="16" t="s">
+        <v>1127</v>
+      </c>
+    </row>
+    <row r="479" spans="1:5" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A479" s="24" t="s">
+        <v>1161</v>
+      </c>
+      <c r="B479" s="15">
+        <v>42042</v>
+      </c>
+      <c r="C479" s="17">
+        <v>0.82500000000000007</v>
+      </c>
+      <c r="D479" s="17">
+        <v>0.84444444444444444</v>
+      </c>
+      <c r="E479" s="16" t="s">
+        <v>1158</v>
+      </c>
+    </row>
+    <row r="480" spans="1:5" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A480" s="24" t="s">
+        <v>1160</v>
+      </c>
+      <c r="B480" s="15">
+        <v>42042</v>
+      </c>
+      <c r="C480" s="17">
+        <v>0.75763888888888886</v>
+      </c>
+      <c r="D480" s="17">
+        <v>0.77708333333333324</v>
+      </c>
+      <c r="E480" s="16" t="s">
+        <v>1157</v>
+      </c>
+    </row>
+    <row r="481" spans="1:5" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A481" s="24" t="s">
+        <v>1159</v>
+      </c>
+      <c r="B481" s="15">
+        <v>41435</v>
+      </c>
+      <c r="C481" s="17">
+        <v>0.87337962962962967</v>
+      </c>
+      <c r="D481" s="17">
+        <v>0.87494212962962958</v>
+      </c>
+      <c r="E481" s="16" t="s">
+        <v>1155</v>
+      </c>
+    </row>
+    <row r="482" spans="1:5" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A482" s="24" t="s">
+        <v>854</v>
+      </c>
+      <c r="B482" s="15">
+        <v>41236</v>
+      </c>
+      <c r="C482" s="17">
+        <v>0.38688657407407406</v>
+      </c>
+      <c r="D482" s="17">
+        <v>0.40625</v>
+      </c>
+      <c r="E482" s="16" t="s">
+        <v>1127</v>
+      </c>
+    </row>
+    <row r="483" spans="1:5" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A483" s="24" t="s">
+        <v>854</v>
+      </c>
+      <c r="B483" s="15">
+        <v>41236</v>
+      </c>
+      <c r="C483" s="17">
+        <v>0.34035879629629634</v>
+      </c>
+      <c r="D483" s="17">
+        <v>0.35972222222222222</v>
+      </c>
+      <c r="E483" s="16" t="s">
+        <v>1158</v>
+      </c>
+    </row>
+    <row r="484" spans="1:5" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A484" s="24" t="s">
+        <v>854</v>
+      </c>
+      <c r="B484" s="15">
+        <v>41236</v>
+      </c>
+      <c r="C484" s="17">
+        <v>0.29383101851851851</v>
+      </c>
+      <c r="D484" s="17">
+        <v>0.31319444444444444</v>
+      </c>
+      <c r="E484" s="16" t="s">
+        <v>1157</v>
+      </c>
+    </row>
+    <row r="485" spans="1:5" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A485" s="24" t="s">
+        <v>1156</v>
+      </c>
+      <c r="B485" s="15">
+        <v>41144</v>
+      </c>
+      <c r="C485" s="33">
+        <v>0.82916666666666661</v>
+      </c>
+      <c r="D485" s="33">
+        <v>0.84791666666666676</v>
+      </c>
+      <c r="E485" s="16" t="s">
+        <v>1102</v>
+      </c>
+    </row>
+    <row r="486" spans="1:5" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A486" s="24" t="s">
+        <v>1154</v>
+      </c>
+      <c r="B486" s="15">
+        <v>40929</v>
+      </c>
+      <c r="C486" s="17">
+        <v>2.4305555555555556E-3</v>
+      </c>
+      <c r="D486" s="17">
+        <v>3.7037037037037034E-3</v>
+      </c>
+      <c r="E486" s="16" t="s">
+        <v>1155</v>
+      </c>
+    </row>
+    <row r="487" spans="1:5" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A487" s="24" t="s">
+        <v>1152</v>
+      </c>
+      <c r="B487" s="15">
+        <v>40826</v>
+      </c>
+      <c r="C487" s="17">
+        <v>3.0555555555555557E-3</v>
+      </c>
+      <c r="D487" s="17">
+        <v>3.7500000000000003E-3</v>
+      </c>
+      <c r="E487" s="16" t="s">
+        <v>1153</v>
+      </c>
+    </row>
+    <row r="488" spans="1:5" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A488" s="24" t="s">
+        <v>1150</v>
+      </c>
+      <c r="B488" s="15">
+        <v>40825</v>
+      </c>
+      <c r="C488" s="17">
+        <v>3.0555555555555557E-3</v>
+      </c>
+      <c r="D488" s="17">
+        <v>3.7500000000000003E-3</v>
+      </c>
+      <c r="E488" s="16" t="s">
+        <v>1151</v>
+      </c>
+    </row>
+    <row r="489" spans="1:5" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A489" s="24" t="s">
+        <v>1149</v>
+      </c>
+      <c r="B489" s="15">
+        <v>40805</v>
+      </c>
+      <c r="C489" s="33">
+        <v>0.87638888888888899</v>
+      </c>
+      <c r="D489" s="33">
+        <v>0.89513888888888893</v>
+      </c>
+      <c r="E489" s="16" t="s">
+        <v>1102</v>
+      </c>
+    </row>
+    <row r="490" spans="1:5" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A490" s="24" t="s">
+        <v>1148</v>
+      </c>
+      <c r="B490" s="15">
+        <v>40786</v>
+      </c>
+      <c r="C490" s="33">
+        <v>0.4680555555555555</v>
+      </c>
+      <c r="D490" s="33">
+        <v>0.48680555555555555</v>
+      </c>
+      <c r="E490" s="16" t="s">
+        <v>1102</v>
+      </c>
+    </row>
+    <row r="491" spans="1:5" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A491" s="24" t="s">
+        <v>1147</v>
+      </c>
+      <c r="B491" s="15">
+        <v>40413</v>
+      </c>
+      <c r="C491" s="33">
+        <v>0.84236111111111101</v>
+      </c>
+      <c r="D491" s="33">
+        <v>0.86111111111111116</v>
+      </c>
+      <c r="E491" s="16" t="s">
+        <v>1102</v>
+      </c>
+    </row>
+    <row r="492" spans="1:5" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A492" s="24" t="s">
+        <v>1146</v>
+      </c>
+      <c r="B492" s="15">
+        <v>40206</v>
+      </c>
+      <c r="C492" s="33">
+        <v>0.25625000000000003</v>
+      </c>
+      <c r="D492" s="33">
+        <v>0.27499999999999997</v>
+      </c>
+      <c r="E492" s="16" t="s">
+        <v>1102</v>
+      </c>
+    </row>
+    <row r="493" spans="1:5" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A493" s="24" t="s">
+        <v>1144</v>
+      </c>
+      <c r="B493" s="15">
+        <v>38875</v>
+      </c>
+      <c r="C493" s="33">
+        <v>0.14583333333333334</v>
+      </c>
+      <c r="D493" s="16"/>
+      <c r="E493" s="16" t="s">
+        <v>1145</v>
+      </c>
+    </row>
+    <row r="494" spans="1:5" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A494" s="24" t="s">
+        <v>1142</v>
+      </c>
+      <c r="B494" s="15">
+        <v>38543</v>
+      </c>
+      <c r="C494" s="33">
+        <v>0.68333333333333324</v>
+      </c>
+      <c r="D494" s="16"/>
+      <c r="E494" s="16" t="s">
+        <v>1143</v>
+      </c>
+    </row>
+    <row r="495" spans="1:5" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A495" s="24" t="s">
+        <v>1140</v>
+      </c>
+      <c r="B495" s="15">
+        <v>38498</v>
+      </c>
+      <c r="C495" s="33">
+        <v>0.68958333333333333</v>
+      </c>
+      <c r="D495" s="16"/>
+      <c r="E495" s="16" t="s">
+        <v>1141</v>
+      </c>
+    </row>
+    <row r="496" spans="1:5" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A496" s="24" t="s">
+        <v>1138</v>
+      </c>
+      <c r="B496" s="15">
+        <v>38402</v>
+      </c>
+      <c r="C496" s="33">
+        <v>0.15347222222222223</v>
+      </c>
+      <c r="D496" s="16"/>
+      <c r="E496" s="16" t="s">
+        <v>1139</v>
+      </c>
+    </row>
+    <row r="497" spans="1:5" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A497" s="24" t="s">
+        <v>1136</v>
+      </c>
+      <c r="B497" s="15">
+        <v>38171</v>
+      </c>
+      <c r="C497" s="33">
+        <v>0.76041666666666663</v>
+      </c>
+      <c r="D497" s="16"/>
+      <c r="E497" s="16" t="s">
+        <v>1137</v>
+      </c>
+    </row>
+    <row r="498" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A498" s="24" t="s">
+        <v>1135</v>
+      </c>
+      <c r="B498" s="15">
+        <v>37944</v>
+      </c>
+      <c r="C498" s="33">
+        <v>0.24236111111111111</v>
+      </c>
+      <c r="D498" s="33">
+        <v>0.26250000000000001</v>
+      </c>
+      <c r="E498" s="16" t="s">
+        <v>1119</v>
+      </c>
+    </row>
+    <row r="499" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A499" s="24" t="s">
+        <v>1134</v>
+      </c>
+      <c r="B499" s="15">
+        <v>37943</v>
+      </c>
+      <c r="C499" s="33">
+        <v>0.24652777777777779</v>
+      </c>
+      <c r="D499" s="33">
+        <v>0.26666666666666666</v>
+      </c>
+      <c r="E499" s="16" t="s">
+        <v>1102</v>
+      </c>
+    </row>
+    <row r="500" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A500" s="24" t="s">
+        <v>1133</v>
+      </c>
+      <c r="B500" s="15">
+        <v>37942</v>
+      </c>
+      <c r="C500" s="33">
+        <v>0.28472222222222221</v>
+      </c>
+      <c r="D500" s="33">
+        <v>0.30486111111111108</v>
+      </c>
+      <c r="E500" s="16" t="s">
+        <v>1102</v>
+      </c>
+    </row>
+    <row r="501" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A501" s="24" t="s">
+        <v>1132</v>
+      </c>
+      <c r="B501" s="15">
+        <v>37941</v>
+      </c>
+      <c r="C501" s="33">
+        <v>0.25555555555555559</v>
+      </c>
+      <c r="D501" s="33">
+        <v>0.27499999999999997</v>
+      </c>
+      <c r="E501" s="16" t="s">
+        <v>1102</v>
+      </c>
+    </row>
+    <row r="502" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A502" s="24" t="s">
+        <v>1130</v>
+      </c>
+      <c r="B502" s="15">
+        <v>37939</v>
+      </c>
+      <c r="C502" s="33">
+        <v>0.78125</v>
+      </c>
+      <c r="D502" s="17">
+        <v>0.87523148148148155</v>
+      </c>
+      <c r="E502" s="16" t="s">
+        <v>1131</v>
+      </c>
+    </row>
+    <row r="503" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A503" s="24" t="s">
+        <v>1129</v>
+      </c>
+      <c r="B503" s="15">
+        <v>37934</v>
+      </c>
+      <c r="C503" s="33">
+        <v>0.28472222222222221</v>
+      </c>
+      <c r="D503" s="33">
+        <v>0.30486111111111108</v>
+      </c>
+      <c r="E503" s="16" t="s">
+        <v>1102</v>
+      </c>
+    </row>
+    <row r="504" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A504" s="24" t="s">
+        <v>1128</v>
+      </c>
+      <c r="B504" s="15">
+        <v>37933</v>
+      </c>
+      <c r="C504" s="33">
+        <v>0.28888888888888892</v>
+      </c>
+      <c r="D504" s="33">
+        <v>0.30902777777777779</v>
+      </c>
+      <c r="E504" s="16" t="s">
+        <v>1102</v>
+      </c>
+    </row>
+    <row r="505" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A505" s="24" t="s">
+        <v>1126</v>
+      </c>
+      <c r="B505" s="15">
+        <v>37932</v>
+      </c>
+      <c r="C505" s="33">
+        <v>0.36180555555555555</v>
+      </c>
+      <c r="D505" s="33">
+        <v>0.38194444444444442</v>
+      </c>
+      <c r="E505" s="16" t="s">
+        <v>1102</v>
+      </c>
+    </row>
+    <row r="506" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A506" s="24" t="s">
+        <v>1126</v>
+      </c>
+      <c r="B506" s="15">
+        <v>37932</v>
+      </c>
+      <c r="C506" s="33">
+        <v>0.2951388888888889</v>
+      </c>
+      <c r="D506" s="33">
+        <v>0.31597222222222221</v>
+      </c>
+      <c r="E506" s="16" t="s">
+        <v>1127</v>
+      </c>
+    </row>
+    <row r="507" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A507" s="24" t="s">
+        <v>1123</v>
+      </c>
+      <c r="B507" s="15">
+        <v>37932</v>
+      </c>
+      <c r="C507" s="33">
+        <v>0.25347222222222221</v>
+      </c>
+      <c r="D507" s="33">
+        <v>0.27430555555555552</v>
+      </c>
+      <c r="E507" s="16" t="s">
+        <v>1125</v>
+      </c>
+    </row>
+    <row r="508" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A508" s="24" t="s">
+        <v>1123</v>
+      </c>
+      <c r="B508" s="15">
+        <v>37932</v>
+      </c>
+      <c r="C508" s="33">
+        <v>0.22500000000000001</v>
+      </c>
+      <c r="D508" s="33">
+        <v>0.24583333333333335</v>
+      </c>
+      <c r="E508" s="16" t="s">
+        <v>1124</v>
+      </c>
+    </row>
+    <row r="509" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A509" s="24" t="s">
+        <v>1121</v>
+      </c>
+      <c r="B509" s="15">
+        <v>37631</v>
+      </c>
+      <c r="C509" s="17">
+        <v>0.34965277777777781</v>
+      </c>
+      <c r="D509" s="33">
+        <v>0.37013888888888885</v>
+      </c>
+      <c r="E509" s="16" t="s">
+        <v>1122</v>
+      </c>
+    </row>
+    <row r="510" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A510" s="24" t="s">
+        <v>1118</v>
+      </c>
+      <c r="B510" s="15">
+        <v>37631</v>
+      </c>
+      <c r="C510" s="33">
+        <v>0.31527777777777777</v>
+      </c>
+      <c r="D510" s="33">
+        <v>0.33611111111111108</v>
+      </c>
+      <c r="E510" s="16" t="s">
+        <v>1120</v>
+      </c>
+    </row>
+    <row r="511" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A511" s="24" t="s">
+        <v>1118</v>
+      </c>
+      <c r="B511" s="15">
+        <v>37631</v>
+      </c>
+      <c r="C511" s="33">
+        <v>0.27986111111111112</v>
+      </c>
+      <c r="D511" s="33">
+        <v>0.2986111111111111</v>
+      </c>
+      <c r="E511" s="16" t="s">
+        <v>1119</v>
+      </c>
+    </row>
+    <row r="512" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A512" s="24" t="s">
+        <v>1116</v>
+      </c>
+      <c r="B512" s="15">
+        <v>37582</v>
+      </c>
+      <c r="C512" s="33">
+        <v>0.94166666666666676</v>
+      </c>
+      <c r="D512" s="33">
+        <v>0.94791666666666663</v>
+      </c>
+      <c r="E512" s="16" t="s">
+        <v>1117</v>
+      </c>
+    </row>
+    <row r="513" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A513" s="24" t="s">
+        <v>1114</v>
+      </c>
+      <c r="B513" s="15">
+        <v>37581</v>
+      </c>
+      <c r="C513" s="17">
+        <v>0.91810185185185178</v>
+      </c>
+      <c r="D513" s="17">
+        <v>0.96368055555555554</v>
+      </c>
+      <c r="E513" s="16" t="s">
+        <v>1115</v>
+      </c>
+    </row>
+    <row r="514" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A514" s="24" t="s">
+        <v>1111</v>
+      </c>
+      <c r="B514" s="16" t="s">
+        <v>1112</v>
+      </c>
+      <c r="C514" s="17">
+        <v>0.9390856481481481</v>
+      </c>
+      <c r="D514" s="17">
+        <v>5.3090277777777778E-2</v>
+      </c>
+      <c r="E514" s="16" t="s">
+        <v>1113</v>
+      </c>
+    </row>
+    <row r="515" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A515" s="24" t="s">
+        <v>1108</v>
+      </c>
+      <c r="B515" s="15">
+        <v>37552</v>
+      </c>
+      <c r="C515" s="33">
+        <v>0.4145833333333333</v>
+      </c>
+      <c r="D515" s="33">
+        <v>0.43541666666666662</v>
+      </c>
+      <c r="E515" s="16" t="s">
+        <v>1110</v>
+      </c>
+    </row>
+    <row r="516" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A516" s="24" t="s">
+        <v>1108</v>
+      </c>
+      <c r="B516" s="15">
+        <v>37552</v>
+      </c>
+      <c r="C516" s="33">
+        <v>0.34652777777777777</v>
+      </c>
+      <c r="D516" s="33">
+        <v>0.36736111111111108</v>
+      </c>
+      <c r="E516" s="16" t="s">
+        <v>1109</v>
+      </c>
+    </row>
+    <row r="517" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A517" s="24" t="s">
+        <v>1106</v>
+      </c>
+      <c r="B517" s="15">
+        <v>37552</v>
+      </c>
+      <c r="C517" s="33">
+        <v>0.27708333333333335</v>
+      </c>
+      <c r="D517" s="33">
+        <v>0.29791666666666666</v>
+      </c>
+      <c r="E517" s="16" t="s">
+        <v>1107</v>
+      </c>
+    </row>
+    <row r="518" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A518" s="24" t="s">
+        <v>1106</v>
+      </c>
+      <c r="B518" s="15">
+        <v>37552</v>
+      </c>
+      <c r="C518" s="33">
+        <v>0.22569444444444445</v>
+      </c>
+      <c r="D518" s="33">
+        <v>0.24444444444444446</v>
+      </c>
+      <c r="E518" s="16" t="s">
+        <v>1102</v>
+      </c>
+    </row>
+    <row r="519" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A519" s="24" t="s">
+        <v>1104</v>
+      </c>
+      <c r="B519" s="15">
+        <v>37545</v>
+      </c>
+      <c r="C519" s="17">
+        <v>0.4304398148148148</v>
+      </c>
+      <c r="D519" s="17">
+        <v>0.50105324074074076</v>
+      </c>
+      <c r="E519" s="16" t="s">
+        <v>1105</v>
+      </c>
+    </row>
+    <row r="520" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A520" s="24" t="s">
+        <v>1103</v>
+      </c>
+      <c r="B520" s="15">
+        <v>37466</v>
+      </c>
+      <c r="C520" s="33">
+        <v>0.32222222222222224</v>
+      </c>
+      <c r="D520" s="33">
+        <v>0.34097222222222223</v>
+      </c>
+      <c r="E520" s="16" t="s">
+        <v>1102</v>
+      </c>
+    </row>
+    <row r="521" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A521" s="24" t="s">
         <v>1101</v>
       </c>
-      <c r="B477" s="15">
+      <c r="B521" s="15">
         <v>37455</v>
       </c>
-      <c r="C477" s="33">
+      <c r="C521" s="33">
         <v>0.26527777777777778</v>
       </c>
-      <c r="D477" s="33">
+      <c r="D521" s="33">
         <v>0.28402777777777777</v>
       </c>
-      <c r="E477" s="16" t="s">
+      <c r="E521" s="16" t="s">
         <v>1102</v>
       </c>
     </row>
-    <row r="478" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
-      <c r="A478" s="24" t="s">
+    <row r="522" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A522" s="24" t="s">
         <v>1395</v>
       </c>
-      <c r="B478" s="15">
+      <c r="B522" s="15">
         <v>37454</v>
       </c>
-      <c r="C478" s="16"/>
-      <c r="D478" s="33">
+      <c r="C522" s="16"/>
+      <c r="D522" s="33">
         <v>0.87361111111111101</v>
       </c>
-      <c r="E478" s="16" t="s">
+      <c r="E522" s="16" t="s">
         <v>1396</v>
       </c>
     </row>
-    <row r="479" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
-      <c r="A479" s="24" t="s">
+    <row r="523" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A523" s="24" t="s">
         <v>1395</v>
       </c>
-      <c r="B479" s="15">
+      <c r="B523" s="15">
         <v>37454</v>
       </c>
-      <c r="C479" s="33">
+      <c r="C523" s="33">
         <v>0.84097222222222223</v>
       </c>
-      <c r="D479" s="33">
+      <c r="D523" s="33">
         <v>0.86875000000000002</v>
       </c>
-      <c r="E479" s="16" t="s">
+      <c r="E523" s="16" t="s">
         <v>1397</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A1:E1"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>4</vt:i4>
       </vt:variant>